--- v0 (2025-10-19)
+++ v1 (2026-01-13)
@@ -1,4129 +1,4249 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7ADE00EE" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="7ADE00EE" w14:textId="328761A1" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="TOCHeading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>International Personnel Services Agreement (IPSA)</w:t>
       </w:r>
     </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="1269515236"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:p w14:paraId="6402B699" w14:textId="77777777" w:rsidR="001607FA" w:rsidRPr="00C75F9E" w:rsidRDefault="001607FA" w:rsidP="001607FA">
+          <w:pPr>
+            <w:pStyle w:val="TOCHeading"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="3BA1E571" w14:textId="0F6C3FF2" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="001607FA">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="480"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C75F9E">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00C75F9E">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00C75F9E">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:hyperlink w:anchor="_Toc199406921" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>I.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Introduction and Background</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406921 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4CEBF4A5" w14:textId="579A40E2" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="480"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406922" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>II.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Use of IPSA</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406922 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="13153A8E" w14:textId="208B7E7B" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9" w:rsidP="00F07BDD">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406923" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>III.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Legal Status of the IPSA holder</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406923 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3074208B" w14:textId="45D7EEE9" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406924" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>IV.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>General Rights and Obligations of the IPSA holders</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406924 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="72114EDB" w14:textId="3E1BEF52" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="480"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406925" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>V.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Standards of Conduct</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406925 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1D0B2A03" w14:textId="077E18B7" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406926" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>VI.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Title Rights</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406926 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="505771B5" w14:textId="0FA54C50" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406927" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>VII.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Nature of relationship between UNDP and the IPSA holder</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406927 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="45B20492" w14:textId="0863657E" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406928" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>VIII.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Duration of an IPSA</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406928 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="59662A62" w14:textId="65F8F769" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406930" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>IX.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Types of IPSAs: Regular and Short-term Agreements; Office- and Home-based</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406930 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3F74C72C" w14:textId="2875BEFE" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="480"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406931" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>X.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Engagement of Former and Retired UN Staff Members, and other Non-Staff Personnel</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406931 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7E09A717" w14:textId="2CC5A0D5" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406932" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XI.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Engaging Close Relatives of UNDP Personnel</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406932 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="535C21D4" w14:textId="4D346994" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406933" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XII.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Authority for the Issuance of IPSA </w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406933 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="108AA141" w14:textId="1C37BF59" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406934" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XIII.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Responsibility and Accountability</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406934 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3158E8EC" w14:textId="29B66DB7" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406935" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XIV.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Classification &amp; Established Scales</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406935 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3AEC62F4" w14:textId="57904DB1" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406936" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XV.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Selection of IPSAs</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406936 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="199CED7B" w14:textId="643C2647" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406937" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XVI.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Medical Clearance</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406937 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="344F3C0F" w14:textId="03545CBF" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406938" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XVII.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Part-time work</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406938 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5EBFE403" w14:textId="1FC98DA2" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406939" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XIX.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>IPSA Extension, Expiration and Termination:</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406939 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="029B3BC2" w14:textId="63FAF632" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406940" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XX.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Remuneration Scales, Bands, and Remuneration setting for IPSAs</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406940 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="18502DD6" w14:textId="6204FD6A" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406941" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XXI.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Recourse/Settlement of disputes</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406941 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="56FB329A" w14:textId="31302F8A" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406942" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XXII.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Overtime</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406942 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7DD10FD7" w14:textId="00345FAE" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406943" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XXIII.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Hardship and Danger Allowance</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406943 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="58599966" w14:textId="2E00DAE0" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406944" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XXIV.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>IPSA Remuneration Advances</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406944 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="005EC649" w14:textId="02BF0A18" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406945" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XXV.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Mandatory subsidized coverage not commutable to cash</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406945 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4EE98508" w14:textId="7CD9B03D" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406949" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XXVI.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Mandatory partially subsidized (lump sum) coverage not commutable to cash (applicable to regular IPSAs only)</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406949 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6FA16BAE" w14:textId="242DBACB" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406950" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XXVII.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Mandatory subsidized coverage that is commutable to cash in lieu of coverage (applicable to Regular IPSAs only)</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406950 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1EACF064" w14:textId="55FDF614" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406951" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XXVIII.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Non subsidized coverages</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406951 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6B8F01AB" w14:textId="2A563339" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406952" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XXIX.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Working Hours</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406952 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="683FF90D" w14:textId="20FB6C73" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406953" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XXX.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Leave</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406953 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="79425258" w14:textId="4E7CD027" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406954" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XXXI.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Security Arrangements</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406954 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="005DE605" w14:textId="78778AC6" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406955" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XXXII.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Travel for Work</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406955 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2D4DFE99" w14:textId="37940966" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406956" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XXXIII.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Performance Evaluation</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406956 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="242CF094" w14:textId="1A5BFD7D" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406957" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XXXIV.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Learning Opportunities</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406957 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6B161A15" w14:textId="6CDFD01F" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406958" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XXXV.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Career Paths</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406958 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="49F379EF" w14:textId="1231604C" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406959" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XXXVI.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Roles and Responsibilities</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406959 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1C99ABA7" w14:textId="1212C678" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406960" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Annex 1: Recruitment standards and procedures for IPSAs</w:t>
+            </w:r>
+            <w:r w:rsidR="006B1C3E" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:t>sa</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406960 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4E5AF9BD" w14:textId="7DBA2D97" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406961" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Annex 2: Overview of IPSA benefits</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406961 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="132B99DC" w14:textId="5CD7E9C0" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406962" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Annex 3: Definition of functions of inherent  nature </w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406962 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0ABA4A5E" w14:textId="035BE703" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406963" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Annex 4: IPSA pay ranges and identifying the right level</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406963 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="27C3A987" w14:textId="108C0690" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406964" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Annex 5: Performance Evaluation</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406964 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="184B6E6C" w14:textId="0A027618" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406965" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Annex 6: To be included in IPSA file, where applicable – Checklist</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406965 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="20D7D890" w14:textId="1C9C2D20" w:rsidR="006E51B1" w:rsidRPr="00C75F9E" w:rsidRDefault="00DF01B9">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406966" w:history="1">
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Annex 7: Equipment &amp; Supplies</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406966 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008E2E45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0E63DF80" w14:textId="139BD00D" w:rsidR="001607FA" w:rsidRDefault="001607FA" w:rsidP="001607FA">
+          <w:r w:rsidRPr="00C75F9E">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
     <w:p w14:paraId="31D69C94" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0"/>
-    <w:p w14:paraId="0A1634E8" w14:textId="7FFFE14E" w:rsidR="00D46637" w:rsidRPr="00D46637" w:rsidRDefault="009A47D6">
-[...4050 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2CB5A1DF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRPr="00D46637" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="345"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F0FC05A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRPr="00D46637" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="345"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -4145,387 +4265,141 @@
       <w:pPr>
         <w:ind w:left="345"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DA610CD" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRPr="00D46637" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="345"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16DF744C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRPr="00D46637" w:rsidRDefault="00804AF0">
-[...1 lines deleted...]
-        <w:ind w:left="345"/>
+    <w:p w14:paraId="1B1A41B8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRPr="00D46637" w:rsidRDefault="00804AF0" w:rsidP="006C0617">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="157D49C6" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRPr="00D46637" w:rsidRDefault="00804AF0">
+    <w:p w14:paraId="285533F1" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="345"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:eastAsia="en-GB"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0283F352" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRPr="00D46637" w:rsidRDefault="00804AF0">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67B65EB1" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="345"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:eastAsia="en-GB"/>
-[...274 lines deleted...]
-    <w:p w14:paraId="58CF4DC8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FD3BD8E" w14:textId="77777777" w:rsidR="006C0617" w:rsidRDefault="006C0617">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc163827496"/>
+      <w:bookmarkStart w:id="1" w:name="OLE_LINK10"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58CF4DC8" w14:textId="29C82F85" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc161312409"/>
-      <w:bookmarkStart w:id="1" w:name="OLE_LINK10"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc199406921"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Introduction and Background</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="23E7DD41" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="111FDA29" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="363" w:hanging="363"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -4538,110 +4412,150 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Overview </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E011EAE" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C02AD23" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="5C02AD23" w14:textId="51AE9805" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>The International Personnel Services Agreement (“IPSA”) is a legal instrument established by the United Nations Development Programme (UNDP) in order to engage the services of individuals to provide a time-limited service to UNDP under a services-based contract modality. </w:t>
+        <w:t xml:space="preserve">The International Personnel Services Agreement (“IPSA”) is a legal instrument established by the United Nations Development </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (UNDP) in order to engage the services of individuals to provide service to UNDP under a services-based contract modality. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DB8ECD5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A628E67" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>This modality has two key objectives: On the one hand, the IPSA aims to provide UNDP with a comprehensive, flexible and cost-effective contractual framework which responds to project- and programme-based, as well as operational and administrative, requirements. On the other, the IPSA will at the same time provide for attractive, stable and fair conditions of employment which ensure that UNDP is able to attract, select and retain the services of high-quality individuals.</w:t>
+        <w:t xml:space="preserve">This modality has two key objectives: On the one hand, the IPSA aims to provide UNDP with a comprehensive, flexible and cost-effective contractual framework which responds to project- and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>-based, as well as operational and administrative, requirements. On the other, the IPSA will at the same time provide for attractive, stable and fair conditions of employment which ensure that UNDP is able to attract, select and retain the services of high-quality individuals.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61FDFC54" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67C60678" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -4704,75 +4618,75 @@
         </w:rPr>
         <w:t>supervised by</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> such partners. Such contracts are administered by UNDP. This facility is provided for in the related policy on Partner Personnel Service Agreement (“PPSA”).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A718CC1" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="413184CE" w14:textId="11CFAF50" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="413184CE" w14:textId="72B2FD2D" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The IPSA is governed solely by its expressed terms and conditions, including the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Terms of Reference (“TOR”)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23C0B19F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -4780,248 +4694,425 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="326AF1FC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="363" w:hanging="363"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="OLE_LINK5"/>
+      <w:bookmarkStart w:id="3" w:name="OLE_LINK5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Applicability</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="4BD2267D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="581B705C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk57880060"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk57880060"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The following policy shall apply to International Personnel Services Agreements concluded by UNDP to perform services for UNDP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FB2694B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A7E1CFD" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>UNV and UNCDF can hire IPSAs in accordance with this Policy under the same conditions applicable to UNDP.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="032AFF57" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23924F86" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="23924F86" w14:textId="443436EE" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="OLE_LINK11"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">However, IPSA holders may undertake an assignment in their home country provided they have multi-country responsibilities as per the terms of reference and is expected to travel on official business </w:t>
+      <w:bookmarkStart w:id="5" w:name="OLE_LINK11"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An IPSA holder is a person engaged to perform specialist functions </w:t>
+      </w:r>
+      <w:r w:rsidR="00822756">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of global or multi-country responsibilities, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E33F1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">normally </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in a country other than their home country or place of permanent residence. In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> countries, </w:t>
+      </w:r>
+      <w:r w:rsidR="00383C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an IPSA position may be filled by a national or a permanent resident of the duty station only </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk213310404"/>
+      <w:r w:rsidR="00383C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>if the position has multi-country responsibilities as per the terms of reference and is expected to travel on official business outside the home country for more than one-third of the service period</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00383C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uch cases should be cleared by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>outside the home country for more than one-third of the service period, such cases should be cleared by BMS/OHR.</w:t>
+        <w:t>BMS/OHR.</w:t>
+      </w:r>
+      <w:r w:rsidR="009C77B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C77B3" w:rsidRPr="00B81E44">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>In HQ duty stations</w:t>
+      </w:r>
+      <w:r w:rsidR="009C77B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2576D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>and regional hubs</w:t>
+      </w:r>
+      <w:r w:rsidR="009C77B3" w:rsidRPr="00B81E44">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009C77B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="009C77B3" w:rsidRPr="00B81E44">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSAs may be issued to nationals of </w:t>
+      </w:r>
+      <w:r w:rsidR="009C77B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the country of the duty station</w:t>
+      </w:r>
+      <w:r w:rsidR="009C77B3" w:rsidRPr="00B81E44">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F0193E2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A932B87" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="3A932B87" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00BF1D5E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc161312410"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc163827497"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc199406922"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Use of IPSA</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="3AF9BF7F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A3442BB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
@@ -5147,154 +5238,202 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">When undertaking the performance of specific task(s) or delivery of work for the implementation of project(s) or other activities of a business unit which is funded by a project (or projects) or a non-continuous source of funding, and required for a defined </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (for example, for the duration of the active project(s) carried out by UNDP or its funding);</w:t>
+        <w:t>When undertaking the performance of specific task(s) or delivery of work for the implementation of project(s) or other activities of a business unit which is funded by a project (or projects) or a non-continuous source of funding, and required for a defined period of time (for example, for the duration of the active project(s) carried out by UNDP or its funding);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="634558A0" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7665D673" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>When undertaking the performance of specific task(s) that is/are needed because of the variable business volume due to the nature of UNDP’s business model;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BE1024C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+    <w:p w14:paraId="2053FB19" w14:textId="77777777" w:rsidR="003B1C74" w:rsidRPr="00253843" w:rsidRDefault="003B1C74" w:rsidP="00253843">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4221F5A6" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="1A50943F" w14:textId="189B482B" w:rsidR="003B1C74" w:rsidRDefault="00AE3945">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>When the services require specialized technical, peculiar or unique skills, that are not part of UNDP’s staff capability or may not be needed long-term by UNDP;</w:t>
+      <w:r w:rsidRPr="00AE3945">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Professional roles in functions, within an office/bureau/project or as a shared service, which may otherwise be outsourced to a company</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2F4F">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidR="00E03735">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE1024C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4221F5A6" w14:textId="58CD7888" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>When the services require specialized technical, peculiar or unique skills, that are not part of UNDP’s staff capability or may not be needed long-term by UNDP</w:t>
+      </w:r>
+      <w:r w:rsidR="002842D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BD9CB8E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D62CFCA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -5303,149 +5442,83 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The IPSA may not be used in the following cases:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32CA63FB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="196A67BB" w14:textId="35AB3BC4" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="196A67BB" w14:textId="1F20B2B0" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">When the functions are of both, inherent </w:t>
-[...74 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+        <w:t>When the functions are inherent in nature (as defined in</w:t>
+      </w:r>
+      <w:r w:rsidR="001E32A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Annex 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="221A38B8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62FE9EC4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
@@ -5505,208 +5578,358 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>As a means of applying a probationary period to candidates prior to offering them a staff appointment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A36446C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EEB99DC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="0AD9D207" w14:textId="77777777" w:rsidR="00907B51" w:rsidRDefault="00907B51" w:rsidP="00907B51">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Where the services required based on specific deliverables and payments are </w:t>
-[...33 lines deleted...]
-    <w:p w14:paraId="011CAD62" w14:textId="77777777" w:rsidR="007B6FA2" w:rsidRDefault="007B6FA2" w:rsidP="007B6FA2">
+        <w:lastRenderedPageBreak/>
+        <w:t>When the functions involve supervising responsibilities over staff members (not including PSAs and other personnel on non-staff modalities, such as UNVs or interns)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D20BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>provid</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D20BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oversight of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>an office or its</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D20BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> development projects</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="637190E6" w14:textId="6FFE5398" w:rsidR="00907B51" w:rsidRDefault="00907B51" w:rsidP="00253843">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EEB99DC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Where the services required based on specific deliverables and payments are lump-sum based. In such cases, the Individual Contract (IC) modality of UNDP should be used, governed by its own set of procurement guidelines. Automatic conversions from IC to IPSA are not possible given that the two modalities follow two very different purposes and assessments, except during the transition period indicated above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A45F24" w14:textId="77777777" w:rsidR="005B789D" w:rsidRPr="00253843" w:rsidRDefault="005B789D" w:rsidP="00253843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2425290B" w14:textId="4DD2135B" w:rsidR="005B789D" w:rsidRPr="00253843" w:rsidRDefault="001866C2" w:rsidP="00253843">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An IPSA holder may supervise the technical functions of, and/or provide inputs to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00647CA9" w:rsidRPr="00647CA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">staff member’s supervisor on the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">performance evaluation of a staff member if the staff member’s </w:t>
+      </w:r>
+      <w:r w:rsidR="001B5115">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>job description includes functions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of technical nature, as may be determined by the Head of the Business Unit, or delegate.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1F7A505C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32699F2E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="32699F2E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00BF1D5E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc161312411"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc163827498"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc199406923"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Legal Status of the IPSA holder</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="190C85AC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1070E8C9" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>A holder of an IPSA is known as an IPSA holder and is engaged pursuant to the express terms and conditions of the IPSA.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Hlk59871576"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk59871576"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> IPSA holders are not recruited under United Nations Staff Regulations and Rules and </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>UNDP business units must ensure that the treatment of IPSAs is consistent with the IPSA Policy, their IPSA and their status.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="569F1D91" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="313E2682" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
@@ -5724,154 +5947,156 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA holders have the legal status of a contractor vis-à-vis UNDP, and are not staff members of UNDP or any other entity of the United Nations (“UN”) under the Staff Regulations and Rules of the UN, or “officials” of UNDP or any other entity of the UN for the purposes of the Convention on the Privileges and Immunities of the United Nations, adopted by the General Assembly of the UN on 13 February 1946 (“General Convention”).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3858131B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25E1D065" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="25E1D065" w14:textId="1E519279" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="OLE_LINK12"/>
+      <w:bookmarkStart w:id="12" w:name="OLE_LINK12"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>IPSA holders may have the status of “expert on mission for the United Nations” under Section 22, Article VI, of the General Convention, and may perform official duties for the United Nations. Whether or not an IPSA holder can be recognized as an expert within the framework of the General Convention is an issue that, if the need arises, will be conclusively determined by the Secretary-General of the United Nations or his/her delegate, the UN Legal Counsel, through the Legal Office of UNDP.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+        <w:t>IPSA holders may have the status of “expert on mission for the United Nations” under Section 22, Article VI, of the General Convention, and may perform official duties for the United Nations. Whether or not an IPSA holder can be recognized as an expert within the framework of the General Convention is an issue that, if the need arises, will be conclusively determined by the Secretary-General of the United Nations or delegate, the UN Legal Counsel, through the Legal Office of UNDP.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p w14:paraId="63048782" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FCF77BE" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Hlk59871700"/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk59871700"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA holders have no authority or any other right to incur any legal or financial obligations on behalf of UNDP. The IPSA holder may not expressly or implicitly represent to any person authority that the IPSA holder does not have.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="153194FC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A2D3CAC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc161312412"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc163827499"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc199406924"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>General Rights and Obligations of the IPSA holders</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="247D6402" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79726C2D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5939,50 +6164,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CA60302" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The terms and conditions of the IPSA differ from the terms and conditions applicable to UNDP staff members appointed under the UN Staff Regulations and Rules. IPSA holders are excluded from participation in the United Nations Joint Staff Pension Fund and After-Service Health Insurance. Further, IPSA holders shall not be entitled to any additional benefit, payment, subsidy, compensation or entitlement, except those expressly stated in the IPSA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37CE5BB0" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02A04170" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -5994,134 +6220,383 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA holders may neither seek nor accept any instructions in connection with UNDP from any authority external to UNDP. Should any authority external to UNDP seek to impose any instructions on IPSA holders in connection with UNDP, they must promptly notify UNDP and provide all reasonable assistance required by UNDP to address this matter. An IPSA holder must not take any action that may adversely affect the interests of UNDP and must perform their obligations under the IPSA with the fullest regard to the interests of UNDP. During the period of service with UNDP, an IPSA holder must refrain from any conduct that would reflect adversely on UNDP or the rest of the UN system (or both), and must not engage in any activity that is incompatible with their performance of services for UNDP under the IPSA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FB18A3" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33ED12D7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="33ED12D7" w14:textId="74AC647A" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="OLE_LINK13"/>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkStart w:id="16" w:name="OLE_LINK13"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>UNDP arrange</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="001075F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003262D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>the travel of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the IPSA holder to reach their duty station of assignment. The class of travel will be economy class, and no daily subsistence allowance (DSA) is paid for the assignment travel.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidR="001075F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6FC0" w:rsidRPr="00966502">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cost of </w:t>
+      </w:r>
+      <w:r w:rsidR="00876C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ticket </w:t>
+      </w:r>
+      <w:r w:rsidR="00876C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for one-way travel </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6FC0" w:rsidRPr="00966502">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>is less than $1,000 (for international travel) or $300 (for domestic travel</w:t>
+      </w:r>
+      <w:r w:rsidR="008C6FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>), and i</w:t>
+      </w:r>
+      <w:r w:rsidR="001075F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n exceptional cases where it is not possible for UNDP to arrange the travel, the Head of </w:t>
+      </w:r>
+      <w:r w:rsidR="00191B01">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Business Unit may approve self-ticketing, </w:t>
+      </w:r>
+      <w:r w:rsidR="007329C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>for reimbursement</w:t>
+      </w:r>
+      <w:r w:rsidR="0057513C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with conditions </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7091A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to be </w:t>
+      </w:r>
+      <w:r w:rsidR="0057513C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">set </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7091A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">out </w:t>
+      </w:r>
+      <w:r w:rsidR="0057513C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>in the approval.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B62472">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UNDP also arranges the return travel of the IPSA</w:t>
+      </w:r>
+      <w:r w:rsidR="00677643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> holder</w:t>
+      </w:r>
+      <w:r w:rsidR="00B62472">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00677643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the place of recruitment if </w:t>
+      </w:r>
+      <w:r w:rsidR="00675D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">they have </w:t>
+      </w:r>
+      <w:r w:rsidR="002617A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">completed the full period of their </w:t>
+      </w:r>
+      <w:r w:rsidR="002617A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>initial</w:t>
+      </w:r>
+      <w:r w:rsidR="002617A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contract</w:t>
+      </w:r>
+      <w:r w:rsidR="004F35BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or if they are terminated without cause by UNDP. </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="28F8829F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60B7D04C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">During the term of the IPSA and even after the expiration or termination of an IPSA, IPSA holders must assist UNDP in any disputes with third </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> cooperate with audits conducted by the Office of Audit and Investigations or the Board of Auditors and/or investigations relating to matters on which the IPSA holders worked or have knowledge. Such assistance may include providing UNDP or its lawyers (or both) with information regarding an IPSA holder’s service under the IPSA, and serving as a witness in arbitration, conciliation, mediation and/or similar proceedings. Whether or not UNDP exercises such an option, an IPSA holder may not voluntarily or at the request of a third party, without being compelled to do so by relevant authorities, provide any assistance (other than serving, subject to the provisions of the IPSA regarding confidentiality, as an unremunerated fact witness) to the other party or parties to the dispute without the prior written consent of, or in the case of a request of relevant authorities, without notifying, UNDP.</w:t>
+        <w:t>During the term of the IPSA and even after the expiration or termination of an IPSA, IPSA holders must assist UNDP in any disputes with third parties, and cooperate with audits conducted by the Office of Audit and Investigations or the Board of Auditors and/or investigations relating to matters on which the IPSA holders worked or have knowledge. Such assistance may include providing UNDP or its lawyers (or both) with information regarding an IPSA holder’s service under the IPSA, and serving as a witness in arbitration, conciliation, mediation and/or similar proceedings. Whether or not UNDP exercises such an option, an IPSA holder may not voluntarily or at the request of a third party, without being compelled to do so by relevant authorities, provide any assistance (other than serving, subject to the provisions of the IPSA regarding confidentiality, as an unremunerated fact witness) to the other party or parties to the dispute without the prior written consent of, or in the case of a request of relevant authorities, without notifying, UNDP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06BED8D7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="629172CA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6190,50 +6665,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EC261B7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>All IPSA holders must obtain professional liability insurance when requested by UNDP. In such cases, proof of purchase and maintenance of the professional liability insurance must be provided to UNDP upon request.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="522B6C2A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66E17A6C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -6380,283 +6856,500 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E12F7DF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">IPSA holders must comply with all legislation, ordinances, rules, regulations, instruments, and other applicable laws in all relevant jurisdictions (e.g., country of origin, country of residence, country(ies) where services are performed), including but not limited to those relating to taxation, licenses, work permits and visas. Under no circumstances will UNDP be responsible </w:t>
-[...9 lines deleted...]
-        <w:t>for paying or reimbursing such taxes. IPSA holders must provide periodic proof of payment of taxes when requested to provide such proof by UNDP.</w:t>
+        <w:t>IPSA holders must comply with all legislation, ordinances, rules, regulations, instruments, and other applicable laws in all relevant jurisdictions (e.g., country of origin, country of residence, country(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>) where services are performed), including but not limited to those relating to taxation, licenses, work permits and visas. Under no circumstances will UNDP be responsible for paying or reimbursing such taxes. IPSA holders must provide periodic proof of payment of taxes when requested to provide such proof by UNDP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08BBD140" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2857304F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="2857304F" w14:textId="4F9396C9" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="OLE_LINK14"/>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkStart w:id="17" w:name="OLE_LINK14"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>IPSA holders are responsible for and must arrange for any necessary visa(s) and/or work permit(s) prior to starting the IPSA</w:t>
+      </w:r>
+      <w:r w:rsidR="008D644D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UNDP will provide support for the applicant’s request</w:t>
+      </w:r>
+      <w:r w:rsidR="00B56FE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for a visa</w:t>
+      </w:r>
+      <w:r w:rsidR="002E26C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required to reside in and work at the duty station</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> All costs related to visas and work permits, if any, are to be fully borne by the IPSA holder. UNDP will not reimburse IPSA holders for visa and/or work permit fees unless the IPSA holder is (subsequent to arrival in the duty station to commence assignment) requested to undertake travel to other locations for UNDP, in which case any visa and/or work permit fees necessary for other locations may be claimed through submission of a travel/expense claim and supporting documents.</w:t>
       </w:r>
+      <w:r w:rsidR="00A74B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0018053C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>UNDP will not provide any support for visa or other arrangements of the family members</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC771E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the IPSA holders</w:t>
+      </w:r>
+      <w:r w:rsidR="00A870AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, or of the home-based IPSAs</w:t>
+      </w:r>
+      <w:r w:rsidR="0018053C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="33E5190C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76FEACBC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="76FEACBC" w14:textId="5A314285" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Hlk57933315"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk57933315"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">IPSA </w:t>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="_Hlk56981012"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk56981012"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>holders may serve on corporate committees (such as interview panels, contracts and property committee, vendor review committee, etc.), however, IPSA holders may not serve as chair,</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-[...10 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alternate chair or be the majority voting members on corporate committees</w:t>
+      </w:r>
+      <w:r w:rsidR="007559DD" w:rsidRPr="007559DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, except as chair of an interview panel for PSA positions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EF1B97C" w14:textId="77777777" w:rsidR="0007293A" w:rsidRDefault="0007293A" w:rsidP="0007293A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ED1D33E" w14:textId="77777777" w:rsidR="0007293A" w:rsidRDefault="0007293A" w:rsidP="0007293A">
+      <w:pPr>
+        <w:ind w:left="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p w14:paraId="23359E29" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B015A18" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc161312413"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc163827500"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc199406925"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Standards of Conduct</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="5DEA2455" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A80B401" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA holders must comply with the standards of conduct set forth in the UN Secretary General’s Bulletin of 9 October 2003 entitled “Special Measures for Protection from Sexual Exploitation and Sexual Abuse” (ST/SGB/2003/13) and the UN Secretary-General’s Bulletin of 18 June 2002 entitled “Regulations Governing the Status, Basic Rights and Duties of Officials other than Secretariat Officials, and Experts on Mission” (ST/SGB/2002/9) as they may be amended from time to time. Furthermore, IPSA holders must comply with all applicable UNDP administrative issuances.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3686967B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6447B9EF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="6447B9EF" w14:textId="6878A0A9" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">In the performance of services under the IPSA, IPSA holders must comply with the standards of conduct set in the Secretary General’s Bulletin ST/SGB/2002/9 of 18 June 2002, entitled “Regulations Governing the Status, Basic Rights and Duties of Officials other than Secretariat Officials, and Expert on Mission”. IPSA holders must comply with all security directives issued by UNDP. </w:t>
+        <w:t xml:space="preserve">In the performance of services under the IPSA, IPSA holders must comply with the standards of conduct set in the Secretary General’s Bulletin ST/SGB/2002/9 of 18 June 2002, entitled “Regulations Governing the Status, Basic Rights and Duties of Officials other than Secretariat Officials, and Expert on Mission”. IPSA holders must </w:t>
+      </w:r>
+      <w:r w:rsidR="0036263B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fully </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">comply with all </w:t>
+      </w:r>
+      <w:r w:rsidR="0036263B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNSMS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">security </w:t>
+      </w:r>
+      <w:r w:rsidR="0036263B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">policies, </w:t>
+      </w:r>
+      <w:r w:rsidR="0036263B" w:rsidRPr="0036263B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as well as any other security </w:t>
+      </w:r>
+      <w:r w:rsidR="0036263B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">procedures and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">directives issued by UNDP. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EB4EA14" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D84DC73" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -6760,263 +7453,302 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="504EE0A9" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">IPSA holders are bound by the terms of their IPSA to respect the impartiality and independence of the United Nations and UNDP and to exercise the utmost discretion in all </w:t>
-[...9 lines deleted...]
-        <w:t>matters relating to the performance of their assignment. During the period of service with UNDP, IPSA holders may not engage in any activity that is incompatible with the discharge of their duties with the organization. They should exercise utmost discretion in all matters of official activities of the organization.</w:t>
+        <w:t>IPSA holders are bound by the terms of their IPSA to respect the impartiality and independence of the United Nations and UNDP and to exercise the utmost discretion in all matters relating to the performance of their assignment. During the period of service with UNDP, IPSA holders may not engage in any activity that is incompatible with the discharge of their duties with the organization. They should exercise utmost discretion in all matters of official activities of the organization.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D0DA43C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F6280C5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="0F6280C5" w14:textId="208B548F" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Unless specifically set out in their IPSA and/or authorized in writing by the UNDP Administrator or his/her designate, IPSA holders should not communicate at any time to the media, or to any institution, person, government, or other external entity/authority any information that has not been made public and which has become known to them by reason of their association with UNDP, nor should they use such information for private advantage. These obligations will survive the expiration or termination of the IPSA.</w:t>
+        <w:t xml:space="preserve">Unless specifically set out in their IPSA and/or authorized in writing by the UNDP Administrator or </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2C14">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>delegate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, IPSA holders should not communicate at any time to the media, or to any institution, person, government, or other external entity/authority any information that has not been made public and which has become known to them by reason of their association with UNDP, nor should they use such information for private advantage. These obligations will survive the expiration or termination of the IPSA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50F2B97E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AC2EBE5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="72E070DA" w14:textId="0E0C9E42" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="009A47D6" w:rsidP="0007293A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="OLE_LINK15"/>
-[...21 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="OLE_LINK15"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>An individual on IPSA may not engage in an outside professional activity (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>i.e.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not for UNDP) whether remunerated or not, unless and only if the individual has received prior approval of UNDP to do so from the Head of the Business Unit.  </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="27565209" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc161312414"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc163827501"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc199406926"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Title Rights</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3595DA0B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50DAA95E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="50DAA95E" w14:textId="1C37C80B" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>UNDP will be entitled to all intellectual property and other proprietary rights, including, but not limited to, patents, copyrights and trademarks, with regard to products, processes, inventions, ideas, know-how or documents and other materials which the IPSA holder has developed for UNDP under the IPSA and which bear a direct relation to or are produced or prepared or collected in consequence of, or during the course of, the performance of the IPSA. The IPSA holder must acknowledge and agree that such products, documents and other materials constitute works made for hire for UNDP in the IPSA. However, to the extent that any such intellectual property or other proprietary rights consist of any intellectual property or other proprietary rights of the IPSA holder: (a) that pre-existed the performance by the IPSA holder of his/her obligations under the IPSA, or (b) that the IPSA holder may develop or acquire, or may have developed or acquired, independently of the performance of their obligations under the IPSA, UNDP does not and will not claim any ownership interest thereto, and the IPSA holder must grant to UNDP a perpetual license to use such intellectual property or other proprietary right solely for the purposes of and in accordance with the requirements of the IPSA. At the request of UNDP, the IPSA holder must take all necessary steps, execute all necessary documents and generally assist in securing such proprietary rights and transferring or licensing them to UNDP in compliance with the requirements of the applicable law and of the IPSA. Subject to the foregoing provisions, all maps, drawings, photographs, plans, reports, estimates, recommendations, documents and all data compiled by or received by the IPSA holder under the IPSA will be the property of UNDP, must be made available for use or inspection by UNDP, must be treated as confidential and must be delivered only to UNDP authorized officials on completion of work under the IPSA.</w:t>
+        <w:t xml:space="preserve">UNDP will be entitled to all intellectual property and other proprietary rights, including, but not limited to, patents, copyrights and trademarks, with regard to products, processes, inventions, ideas, know-how or documents and other materials which the IPSA holder has developed for UNDP under the IPSA and which bear a direct relation to or are produced or prepared or collected in consequence of, or during the course of, the performance of the IPSA. The IPSA holder must acknowledge and agree that such products, documents and other materials constitute works made for hire for UNDP in the IPSA. However, to the extent that any such intellectual property or other proprietary rights consist of any intellectual property or other proprietary rights of the IPSA holder: (a) that pre-existed the performance by the IPSA holder of </w:t>
+      </w:r>
+      <w:r w:rsidR="00E25A60">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> obligations under the IPSA, or (b) that the IPSA holder may develop or acquire, or may have developed or acquired, independently of the performance of their obligations under the IPSA, UNDP does not and will not claim any ownership interest thereto, and the IPSA holder must grant to UNDP a perpetual license to use such intellectual property or other proprietary right solely for the purposes of and in accordance with the requirements of the IPSA. At the request of UNDP, the IPSA holder must take all necessary steps, execute all necessary documents and generally assist in securing such proprietary rights and transferring or licensing them to UNDP in compliance with the requirements of the applicable law and of the IPSA. Subject to the foregoing provisions, all maps, drawings, photographs, plans, reports, estimates, recommendations, documents and all data compiled by or received by the IPSA holder under the IPSA will be the property of UNDP, must be made available for use or inspection by UNDP, must be treated as confidential and must be delivered only to UNDP authorized officials on completion of work under the IPSA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FA05F06" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="766A6E40" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc161312415"/>
-      <w:bookmarkStart w:id="20" w:name="_Hlk59872810"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc163827502"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc199406927"/>
+      <w:bookmarkStart w:id="27" w:name="_Hlk59872810"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Nature of relationship between UNDP and the IPSA holder</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="6C147DDD" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="692D87C9" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7045,297 +7777,315 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47FABE74" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Any disputes between the IPSA holder and UNDP will be subject to the dispute resolution mechanism in the IPSA.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p w14:paraId="796933BD" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53F2E46D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc161312416"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc163827503"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc199406928"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Duration of an IPSA</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="283212B9" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="240516FB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="67F6B626" w14:textId="1FD7A0B1" w:rsidR="00804AF0" w:rsidRDefault="00D41A9B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Hlk56978417"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="67F6B626" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An IPSA may be issued for up to 12 months at a time. </w:t>
+      </w:r>
+      <w:r w:rsidR="009A47D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Due to its nature and purpose, the duration of the agreement has implications on the benefits and entitlements package of each agreement category. While regular IPSAs are expected to be of at least 6 months in duration and provide for the set of benefits and entitlements, </w:t>
+      </w:r>
+      <w:r w:rsidR="0012166D" w:rsidRPr="0012166D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the short-term </w:t>
+      </w:r>
+      <w:r w:rsidR="0012166D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="0012166D" w:rsidRPr="0012166D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSAs of less than 6 months in duration (130 working days or less) will not have </w:t>
+      </w:r>
+      <w:r w:rsidR="00237871">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">most </w:t>
+      </w:r>
+      <w:r w:rsidR="0012166D" w:rsidRPr="0012166D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>benefits and entitlements</w:t>
+      </w:r>
+      <w:r w:rsidR="009A47D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB6CC68" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45CCB49B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Due to its nature and purpose, the duration of the agreement has implications on the benefits and entitlements package of each agreement category. While regular IPSAs are expected to be of at least 6 months in duration and provide for the set of benefits and entitlements, other agreement categories under the IPSA such as the retainer agreement will not have these benefits.</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="45CCB49B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t>Subject to the provisions of this policy, an IPSA may be extended on an annual basis if the IPSA holder has performed satisfactorily and continues working with the identical TOR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59397DD7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D9D91A7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Subject to the provisions of this policy, an IPSA may be extended on an annual basis if the IPSA holder has performed satisfactorily and continues working with the identical TOR.</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="0D9D91A7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t>The IPSA carries no expectation of any future or other engagement with UNDP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E96066" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="442413C1" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...41 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="30" w:name="_Ref163122203"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>here may be specific instances where the need and intention are to issue a regular IPSA, but the current approved-budget periods are shorter than the minimum permissible duration of six months. In order to allow individuals to benefit from the Regular IPSA package and to facilitate the operational needs of the office, the policy provides the following options to the hiring units, provided the budget is expected to be extended beyond that:</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="37169FC4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79FBF512" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -7361,290 +8111,136 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="596218C1" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Issue a Regular IPSA for a duration of six months or more, with the expectation to foreshorten the IPSA should the budget not be sufficiently approved at the later stage (expectations are for both UNDP and the IPSA holder, including the potential bearing of the termination indemnity by the hiring unit).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="235C7CD5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w14:paraId="6FBE52C1" w14:textId="41A6EF61" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E2DAD41" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="7379AC92" w14:textId="3C3A3747" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc161312417"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc163827505"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc199406930"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Functions: Specialist Functions</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Types of IPSAs: Regular and </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3B77">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t> </w:t>
-[...12 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Short-term </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t> </w:t>
-[...144 lines deleted...]
-      <w:bookmarkEnd w:id="24"/>
+        <w:t>Agreements; Office- and Home-based</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DDE63FD" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7960,70 +8556,80 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Regular</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26A0DC1B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="26A0DC1B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="0007293A">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Regular functions and  duration</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Regular functions </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>and  duration</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0428C237" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -8060,85 +8666,84 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Office- or Home-based </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00804AF0" w14:paraId="4C5E73DD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B2C7A13" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="3B2C7A13" w14:textId="4C3A55AC" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Retainer or Short-term</w:t>
+              <w:t>Short-term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3453F336" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="3453F336" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="0007293A">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Used as needed, based on daily rate </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -8191,193 +8796,547 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5E8FC378" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C4AB8CC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="4C4AB8CC" w14:textId="74F5764F" w:rsidR="00804AF0" w:rsidRPr="00C60A96" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>IPSA agreements other than retainer or short-term agreements are referred to as “Regular” agreements. Regular IPSAs are to be used when services are required on a more continuous basis throughout the project periods. Payments are made at the end of each calendar month.</w:t>
+        <w:t>IPSA agreements other than short-term agreements are referred to as “Regular</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C60A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>” agreements. Regular IPSAs are to be used when services are required on a more continuous basis throughout the project periods. Payments are made at the end of each calendar month.</w:t>
+      </w:r>
+      <w:r w:rsidR="005C5E79" w:rsidRPr="00C60A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Short-term agreements should </w:t>
+      </w:r>
+      <w:r w:rsidR="00454D7B" w:rsidRPr="00C60A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be avoided when it is </w:t>
+      </w:r>
+      <w:r w:rsidR="00530B23">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>likely</w:t>
+      </w:r>
+      <w:r w:rsidR="00454D7B" w:rsidRPr="00C60A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that the services required by the hiring office </w:t>
+      </w:r>
+      <w:r w:rsidR="004B63DA" w:rsidRPr="00C60A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within the calendar year will </w:t>
+      </w:r>
+      <w:r w:rsidR="00B01EFB" w:rsidRPr="00C60A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>exceed 130 days</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3794">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (see paragraph</w:t>
+      </w:r>
+      <w:r w:rsidR="00F34B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F34B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00F34B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref163122203 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00F34B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00F34B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00CB52B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>42</w:t>
+      </w:r>
+      <w:r w:rsidR="00F34B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="007057B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E527A4" w:rsidRPr="00C60A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69A03AA8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42F722FC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="42F722FC" w14:textId="6AADD5AF" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>IPSA agreements may be issued as a retainer which is considered a short-term agreement. A retainer agreement is issued for a period of time during which the services of the IPSA holder are required intermittently. The IPSA agreement on a retainer basis will specify a “unit price” (e.g. amount per hour, amount per translated page, etc.). For budgetary purposes, a monetary cap will be determined when the agreement is issued. Retainers may also be used for immediate assignments, for example, in response to project proposals within very specific timeframes, and is issued based on an extended time span rather than intermittently.</w:t>
+        <w:t xml:space="preserve">IPSA agreements may be issued </w:t>
+      </w:r>
+      <w:r w:rsidR="00237751" w:rsidRPr="00237751">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>for up to a year at a time and used continuously or intermittently for up to a total of six months (130 working days) per calendar year and are considered a “</w:t>
+      </w:r>
+      <w:r w:rsidR="00E972ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00237751" w:rsidRPr="00237751">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>hort-term” agreement.</w:t>
+      </w:r>
+      <w:r w:rsidR="0065205E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The IPSA </w:t>
+      </w:r>
+      <w:r w:rsidR="0065205E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">recruited under </w:t>
+      </w:r>
+      <w:r w:rsidR="00E972ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a short-term agreement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will specify a “unit price” (e.g. amount per hour, amount per translated page, etc.). For budgetary purposes, a monetary cap will be determined when the agreement is issued. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E06033A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67B68E33" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="67B68E33" w14:textId="4C6FEF0E" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="33" w:name="_Ref180399461"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Additionally, any of the IPSA modalities may be used to engage someone on a home-based IPSA when they are not expected to work in any UNDP office or work location, or work is expected to be done on an intermittent basis only (i.e. the IPSA holder will mainly work away from a UNDP work location). The home-based status may also be applied to regular IPSAs with a daily or monthly remuneration and to IPSAs issued as </w:t>
+      </w:r>
+      <w:r w:rsidR="003279D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>short-term</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agreements, depending on the exigencies of the hiring business unit.</w:t>
+      </w:r>
+      <w:r w:rsidR="000A4E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Office-based IPSA holders are expected to work </w:t>
+      </w:r>
+      <w:r w:rsidR="008B6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>at the office in the duty station. They may request for flexible working arrangements in accordance with UNDP’s flexible working arrangements policy</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3BB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC3152">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Home-based IPSA</w:t>
+      </w:r>
+      <w:r w:rsidR="0020715C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> holder</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC3152">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s are only entitled to hardship element of the remuneration if </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4130">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="0020715C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4130">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> position was advertised for home-based work only, without the possibility of </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0D48">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>working office-based</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4130">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r w:rsidR="0020715C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the duty station.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="617A3B54" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2942E893" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="2942E893" w14:textId="0F2AE664" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc161312419"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc163827506"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc199406931"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Engagement of Former and Retired UN Staff Members, and other Non-Staff Personnel</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="06E107D4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01F5FAE1" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
@@ -8393,156 +9352,142 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>In the selection and engagement of IPSA holders, it is important to note that the engagement of candidates that currently work or have previously worked as UN staff members, or are retired UN staff members, is subject to special rules.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54A63951" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07F1BF62" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
-      <w:pPr>
+    <w:p w14:paraId="07F1BF62" w14:textId="3595C3C8" w:rsidR="00804AF0" w:rsidRPr="00253843" w:rsidRDefault="00384669" w:rsidP="00253843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...59 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Hlk56981153"/>
+      <w:r w:rsidRPr="00384669">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>When a staff member on a permanent or fixed-term appointment is selected for an NPSA position, a two-week break in service must occur between separation from the existing staff appointment and the commencement of the NPSA</w:t>
+      </w:r>
+      <w:r w:rsidR="009A47D6" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p w14:paraId="6047CCBF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D86936E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="3D86936E" w14:textId="35DEFF94" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Hlk56981310"/>
-[...10 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkStart w:id="37" w:name="_Hlk56981310"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A United Nations staff member who has separated may only enter into an IPSA with an effective starting date at least </w:t>
+      </w:r>
+      <w:r w:rsidR="00C365C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>two weeks</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after the effective separation date.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p w14:paraId="6ED2A6D8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22579C0A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -8709,62 +9654,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DC482CF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="OLE_LINK19"/>
+      <w:bookmarkStart w:id="38" w:name="OLE_LINK19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Former staff members in receipt of a UN pension benefit, may be engaged under IPSA only if:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p w14:paraId="46DB07A8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="60"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BC1844F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -8784,272 +9729,312 @@
     <w:p w14:paraId="29FDA118" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>A competitive process was carried out and is properly documented;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0219D9C2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="0219D9C2" w14:textId="4C414AC1" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="OLE_LINK20"/>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkStart w:id="39" w:name="OLE_LINK20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00B43C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>two-week</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> break in service requirement is met (not applicable to temporary appointments);</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="34C39842" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The former staff member in receipt of a UN pension benefit was not separated on grounds of disciplinary action or unsatisfactory performance; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EB4D8F8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The individual is medically certified as fit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AF48D65" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="60"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62E1135C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>The Head of the Business Unit (as the term is defined below) must ensure that the remuneration of a UNDP (or UN and its funds and programmes) retiree does not exceed the limits set for those receiving a UNJSPF pension benefit.</w:t>
+        <w:t xml:space="preserve">The Head of the Business Unit (as the term is defined below) must ensure that the remuneration of a UNDP (or UN and its funds and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>programmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>) retiree does not exceed the limits set for those receiving a UNJSPF pension benefit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FB0AF0C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68385E83" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="OLE_LINK21"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="40" w:name="OLE_LINK21"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve">Engagements of former staff in receipt of a UNJSPF pension benefit must not exceed the total duration of 6 months, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or total UN derived remuneration of USD 50,000 within one calendar year, whichever comes first, and are non-renewable</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> within one calendar year. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p w14:paraId="558EAADE" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D3DFA56" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc161312420"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc163827507"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc199406932"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Engaging Close Relatives of UNDP Personnel</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DB9A077" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -9064,349 +10049,364 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="454DCC4C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="OLE_LINK22"/>
+      <w:bookmarkStart w:id="43" w:name="OLE_LINK22"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA holders are subject to UNDP’s policy on Family Relationships. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="54A35BFF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A0D1E0E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="OLE_LINK23"/>
+      <w:bookmarkStart w:id="44" w:name="OLE_LINK23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Notwithstanding the foregoing, the Head of the Business Unit must at all times ensure adherence to the requirements in the Staff Regulations and Rules relating to conflict of interest (refer to Staff Regulations and Rules 1.2 g m). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If in doubt, the Ethics Office should be consulted for support.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p w14:paraId="0446BF74" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="292B79BE" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc161312421"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc163827508"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc199406933"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Authority for the Issuance of IPSA</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p w14:paraId="03EA3522" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B051B4A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="4B051B4A" w14:textId="67B95D9B" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>The authority to create any IPSA position classified as up to and including the IPSA 11 category, as well as the decision to award such an agreement to the selected individual, is delegated to the Resident Representative in Country Offices, and to the Bureau Director or his/her Deputy for non-country office duty stations (HQ, liaison offices, RSCs, policy centers, etc.), as well as UNV/UNCDF Executive Coordinator, and UNOSSC Director, or his/her deputy.</w:t>
+        <w:t xml:space="preserve">The authority to create any IPSA position, as well as the decision to award such an agreement to the selected individual, is delegated to the Resident Representative in Country Offices, and to the Bureau Director or </w:t>
+      </w:r>
+      <w:r w:rsidR="00A43693">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deputy for non-country office duty stations (HQ, liaison offices, RSCs, policy centers, etc.), as well as UNV/UNCDF Executive Coordinator, and UNOSSC Director, or  </w:t>
+      </w:r>
+      <w:r w:rsidR="00752BF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>deputy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DF4B9BB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...23 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="3E9092E0" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>                       </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B5F71FE" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc161312422"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc163827509"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc199406934"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Responsibility and Accountability</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:p w14:paraId="27A4F637" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E8666C1" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Hlk59873385"/>
+      <w:bookmarkStart w:id="49" w:name="_Hlk59873385"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA holders like all other UNDP personnel are accountable to the Administrator for the regularity of actions undertaken by them in the course of official duties. IPSA holders involved in any action that is contrary to the Financial Regulations and Rules, or to organizational policies, or other prescriptive guidance (i.e., the POPP) may be held personally responsible and financially liable for the consequences arising therefrom.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p w14:paraId="052104F6" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EC7F4CF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -9452,91 +10452,71 @@
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12BF4DDE" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">UNDP, as the steward and utilization of public funds in its operations and administration, must use due care to ensure funds are utilized only for their intended purpose. Individuals holding a Delegation of Authority must be particularly careful to ensure actions undertaken by themselves or </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> the Financial Regulations and Rules, Programme and Operations Policies and Procedures (POPP), organizational directives, policies and prescriptive guidance applicable to UNDP.</w:t>
+        <w:t xml:space="preserve">UNDP, as the steward and utilization of public funds in its operations and administration, must use due care to ensure funds are utilized only for their intended purpose. Individuals holding a Delegation of Authority must be particularly careful to ensure actions undertaken by themselves or persons under their supervision are in compliance with the Financial Regulations and Rules, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Operations Policies and Procedures (POPP), organizational directives, policies and prescriptive guidance applicable to UNDP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="501B086D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="381F2214" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -9561,126 +10541,128 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="322A6049" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Toc161312423"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc163827510"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc199406935"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Classification &amp; Established Scales</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
     </w:p>
     <w:p w14:paraId="1EBCAD95" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="475BF788" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Hlk56981627"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="40" w:name="OLE_LINK46"/>
+      <w:bookmarkStart w:id="52" w:name="_Hlk56981627"/>
+      <w:bookmarkStart w:id="53" w:name="OLE_LINK24"/>
+      <w:bookmarkStart w:id="54" w:name="OLE_LINK46"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The IPSA (Regular and Short-term) consists of a number of levels at which IPSA holders are recruited. The levels are established with broad reference to the International Professional grades and correspond to them in terms of methodology of classification. All IPSA Terms of Reference use UNDP’s competency framework, and positions are classified using standards and frames of reference used within the UN system</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p w14:paraId="2E340468" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C99E81E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -9868,583 +10850,280 @@
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA13 (equivalent to D1)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58A2A534" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>IPSA14 (equivalent to D2)*</w:t>
-      </w:r>
+        <w:t>IPSA14 (equivalent to D</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>2)*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="72A8B353" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CF46585" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="4CF46585" w14:textId="37A05A35" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>* Specific senior technical roles, not for functions of a representative or authoritative nature</w:t>
       </w:r>
+      <w:r w:rsidR="00EB5BFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47DFF05A" w14:textId="77777777" w:rsidR="00EB5BFD" w:rsidRDefault="00EB5BFD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="56E78E95" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="2160"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C55E038" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc161312424"/>
-      <w:bookmarkStart w:id="42" w:name="OLE_LINK25"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc163827511"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc199406936"/>
+      <w:bookmarkStart w:id="57" w:name="OLE_LINK25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Selection of IPSAs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
     <w:p w14:paraId="55878202" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A93735F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="4A93735F" w14:textId="232288CB" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="OLE_LINK26"/>
-[...7 lines deleted...]
-        <w:t>UNDP Offices must comply with the principles of UNDP’s recruitment and selection framework, which include transparency and competitive selection, regardless of contract modality.</w:t>
+      <w:bookmarkStart w:id="58" w:name="OLE_LINK26"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>UNDP Offices must comply with the principles of UNDP’s recruitment and selection framework</w:t>
+      </w:r>
+      <w:r w:rsidR="00974641">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and provisions in Annex 1 to this policy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15BDEBE4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...354 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="5029C19D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CF58B82" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Toc161312425"/>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc163827512"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc199406937"/>
+      <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Medical Clearance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22F5F483" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10471,177 +11150,190 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Individuals are responsible to ensure that their medical state is suitable and adequate to perform the functions they have applied for or have agreed to perform.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5930B5E1" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CBE4FBB" w14:textId="7F64B7E9" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="3CBE4FBB" w14:textId="79FE981C" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="0007293A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>medical certificate</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> from a physician certifying the mental and physical health of the individual is suitable for the performance of the duties and responsibilities, as well as the working environment in terms of location, are required, and should be submitted by the individual prior to any contractual engagement. The cost of the medical examination should be charged to the same source of funding as the IPSA itself, and the medical certification should be placed in the relevant file of the IPSA holder.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C058E59" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C32EF3C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>IPSA holders may be required, at any time, to undergo a medical examination when requested to do so to protect their health and safety, to follow-up on chronic health conditions, or to assess how a change in health circumstances since a prior certification might affect an IPSA holder’s capability to fulfill the functions for which they were contracted.</w:t>
+        <w:t xml:space="preserve">IPSA holders may be required, at any time, to undergo a medical examination when requested to do so to protect their health and safety, to follow-up on chronic health </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>conditions, or to assess how a change in health circumstances since a prior certification might affect an IPSA holder’s capability to fulfill the functions for which they were contracted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="391090DC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B922D60" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Toc161312426"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc163827513"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc199406938"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Part-time work</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
     </w:p>
     <w:p w14:paraId="41E39377" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="529D2308" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -10686,80 +11378,360 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The precise working arrangements of the part-time work must be clearly specified in the agreement and understood by the IPSA holder and the immediate supervisor. Any change to the hours of work and pay must be made by an amendment to the agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FE4ED2D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C6BDBF9" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="39121188" w14:textId="77777777" w:rsidR="00A42FB1" w:rsidRPr="00C4270E" w:rsidRDefault="00A42FB1" w:rsidP="00A42FB1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C4270E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Simultaneous contracts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091F673D" w14:textId="77777777" w:rsidR="00836006" w:rsidRPr="00C4270E" w:rsidRDefault="00836006" w:rsidP="00253843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30C68E8E" w14:textId="77777777" w:rsidR="00E80BBA" w:rsidRDefault="00FA14DD" w:rsidP="00D564C0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Holding multiple PSA contracts </w:t>
+      </w:r>
+      <w:r w:rsidR="00E80BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>simultaneously is permitted under the following conditions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C7A4EC" w14:textId="51C150A8" w:rsidR="000749E3" w:rsidRDefault="000749E3" w:rsidP="00E80BBA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3282C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>An IPSA holder may not be simultaneously contracted on a National PSA (NPSA)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B370CE8" w14:textId="79191A2D" w:rsidR="000749E3" w:rsidRDefault="000749E3" w:rsidP="000749E3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>A regular IPSA holder may not be simultaneously contracted on a short-term IPSA;</w:t>
+      </w:r>
+      <w:r w:rsidR="003039A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="315A1771" w14:textId="07A3FF9A" w:rsidR="000701EA" w:rsidRDefault="00A642E7" w:rsidP="00E80BBA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00D564C0" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regular IPSA holder on a full-time basis may not </w:t>
+      </w:r>
+      <w:r w:rsidR="00625B55" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">normally be simultaneously employed on another contract (including as an individual contractor) by UNDP or another employer, unless exceptionally approved by </w:t>
+      </w:r>
+      <w:r w:rsidR="004F6A52" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>both hiring offices</w:t>
+      </w:r>
+      <w:r w:rsidR="000749E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>; but</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47159617" w14:textId="3832C4CC" w:rsidR="000749E3" w:rsidRPr="00C4270E" w:rsidRDefault="000749E3" w:rsidP="00253843">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>A r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C4270E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egular IPSA holder on a part-time basis may hold multiple simultaneous </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">regular </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C4270E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>IPSAs, so long as the sum of employment percentages for all IPSAs does not exceed 100% at any time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6436D2B8" w14:textId="08149C6F" w:rsidR="00A42FB1" w:rsidRPr="00253843" w:rsidRDefault="003E5151" w:rsidP="00253843">
+      <w:pPr>
+        <w:ind w:left="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6BDBF9" w14:textId="741EFF58" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Toc161312427"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc163827514"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc199406939"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA Extension, Expiration and Termination:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
     </w:p>
     <w:p w14:paraId="10E2A66B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62170ADF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -10779,61 +11751,61 @@
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55E346FD" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="OLE_LINK28"/>
+      <w:bookmarkStart w:id="65" w:name="OLE_LINK28"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>If a decision is taken to extend an IPSA, it is an opportunity to discuss and review the terms of reference, and whether any modifications are needed, bearing in mind that significant modification may require a new agreement altogether. Changes of more than two main functions are considered significant modifications and require a new hiring process.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="65"/>
     </w:p>
     <w:p w14:paraId="0B2728C3" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="1080" w:firstLine="60"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="785373F0" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -10907,708 +11879,863 @@
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="080510E0" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="49" w:name="_Hlk56978970"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> expiration date. Should the supervisor wish to extend the IPSA beyond its expiration date, a request for extension should be made, </w:t>
+      <w:bookmarkStart w:id="66" w:name="_Hlk56978970"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IPSAs carry no expectation of renewal beyond its expiration date. Should the supervisor wish to extend the IPSA beyond its expiration date, a request for extension should be made, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>following communication with the IPSA holder and as early as possible before the expiration date of the IPSA.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p w14:paraId="456521BD" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53CC2A9F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In the event that a regular IPSA is not renewed, the supervisor must inform the operational units (HR/Finance/IT) to ensure that necessary actions are taken, e.g. recovery of any indebtedness to the organization, return of UNDP property such as computers/laptops, building access ID cards, keys, badges, etc. and release of final pay. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8C033B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
-[...12 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="305D317D" w14:textId="77777777" w:rsidR="0075799A" w:rsidRDefault="0075799A" w:rsidP="00253843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CB487A1" w14:textId="404A300C" w:rsidR="0075799A" w:rsidRPr="0075799A" w:rsidRDefault="0075799A" w:rsidP="0075799A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...71 lines deleted...]
-    <w:p w14:paraId="02325812" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075799A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Former </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075799A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSAs with satisfactory performance are eligible for direct hire in accordance with Annex 1 of this policy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A8C033B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4864D6BC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Either party may terminate the IPSA before the expiry date of the agreement by giving a minimum period of 30 calendar days’ notice in writing to the other party (IPSA holder and Hiring Manager).</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="42D8CD31" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t>The UNDP Office may provide a letter of service upon request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F8EBE24" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02214EBD" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="OLE_LINK30"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Termination of Agreement &amp; Termination indemnity</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p w14:paraId="52D64C1A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02325812" w14:textId="29957F83" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="51" w:name="OLE_LINK33"/>
-[...34 lines deleted...]
-    <w:p w14:paraId="6EBDADF9" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Either party may terminate the IPSA before the expiry date of the agreement by giving a minimum period of 30 calendar days’ notice in writing to the other party (IPSA holder and Hiring Manager).</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BEC" w:rsidRPr="001E7BEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In lieu of the notice period, UNDP may terminate </w:t>
+      </w:r>
+      <w:r w:rsidR="001A36E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BEC" w:rsidRPr="001E7BEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A36E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BEC" w:rsidRPr="001E7BEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA with immediate effect by paying to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6772">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BEC" w:rsidRPr="001E7BEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA holder the remuneration and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6772">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">other </w:t>
+      </w:r>
+      <w:r w:rsidR="007C0780">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>entitlements</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BEC" w:rsidRPr="001E7BEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that would have </w:t>
+      </w:r>
+      <w:r w:rsidR="00761E8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>been payable</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BEC" w:rsidRPr="001E7BEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> during the notice period at the rate in effect on the last day of service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60694DC1" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D8CD31" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-    <w:p w14:paraId="00806657" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:bookmarkStart w:id="68" w:name="OLE_LINK33"/>
+      <w:bookmarkStart w:id="69" w:name="OLE_LINK29"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>BMS/OLS must be consulted prior to the termination of an IPSA by UNDP</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, unless the separation is mutually agreed to in writing by both the IPSA holder and the UNDP Office involved.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p w14:paraId="1244A6BF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EBDADF9" w14:textId="28D7A319" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">If UNDP terminates the IPSA for cause (i.e., </w:t>
-[...55 lines deleted...]
-    <w:p w14:paraId="0D3A1177" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t>In the event that the IPSA is foreshortened by UNDP without cause (i.e., through no fault of the IPSA holder), an IPSA holder</w:t>
+      </w:r>
+      <w:r w:rsidR="002D303E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may receive </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>a termination indemnity equivalent to one month</w:t>
+      </w:r>
+      <w:r w:rsidR="001304ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (for regular IPSA holders) or two weeks (for short-term IPSA holders)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of net pay</w:t>
+      </w:r>
+      <w:r w:rsidR="001304ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D303E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>agreeing</w:t>
+      </w:r>
+      <w:r w:rsidR="002D303E" w:rsidRPr="002D303E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in writing not to contest the action.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DC81952" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00806657" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Hlk56979219"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="6CB09CA4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If UNDP terminates the IPSA for cause (i.e., as a result of violation of the standards of conduct or breach of other material terms of the IPSA), the IPSA holder will not be entitled to either a period of notice or other compensation, and will not be eligible for any future contract of engagement of any type. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E2BB58" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:ind w:left="360" w:firstLine="60"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D3A1177" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...135 lines deleted...]
-    <w:p w14:paraId="4A05CCC0" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:bookmarkStart w:id="70" w:name="_Hlk56979219"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>No compensation or termination indemnity payment shall be made in the event that the IPSA holder terminates the IPSA, or upon its natural expiration.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p w14:paraId="07BCAFCA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CB09CA4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">There is zero tolerance for acts of fraud and violations of the standards of conduct, and any such suspicions must be referred to OAI for review, and if the IPSA holder is found to have engaged in these acts, the Business Unit after consultation with the Legal </w:t>
-[...20 lines deleted...]
-      </w:r>
+        <w:t>The Head of the Business Unit must terminate the IPSA in the following circumstances:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E762BA0" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:ind w:left="1800" w:firstLine="60"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26747045" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Abandonment of functions, i.e., when the IPSA holder is absent from duty without approval for more than five consecutive days;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C03C40F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="60"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="178547BF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Violation of the standards of conduct or other material terms of the IPSA, including, but not limited to, acts of fraud or misrepresentation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F1E2B1F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:ind w:firstLine="60"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73694210" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>to terminate the agreement. Advice must be sought from the Legal Office prior to taking any decision on such an action.</w:t>
+        <w:t>In event of unsatisfactory performance, where the Head of the Business Unit should consult with BMS/OHR and BMS/OLS before deciding whether to terminate the agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28185F1E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="60"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A05CCC0" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>There is zero tolerance for acts of fraud and violations of the standards of conduct, and any such suspicions must be referred to OAI for review, and if the IPSA holder is found to have engaged in these acts, the Business Unit after consultation with the Legal Office, is expected to terminate the agreement. Advice must be sought from the Legal Office prior to taking any decision on such an action.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B8CCD32" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43A8E323" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="_Toc161312428"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc163827515"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc199406940"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Remuneration Scales, Bands, and Remuneration setting for IPSAs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
     </w:p>
     <w:p w14:paraId="411E85BD" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AFD7D33" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -12322,165 +13449,166 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA holders’ remuneration is set following pay ranges, and the pay is determined by the hiring manager based on contingencies of service including budget, availability of technical expertise in the market, and based on the special skills the individual brings with him/her to the position and to the organization. The remuneration may be anywhere between the minimum and maximum for each band range.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77696870" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21D89217" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="21D89217" w14:textId="21AABBAA" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>pay-setting system</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> is provided to assist hiring managers in setting the approximate remuneration range, using the following parameters:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C694A82" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E5C2203" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="3E5C2203" w14:textId="66F1ADEA" w:rsidR="00804AF0" w:rsidRDefault="00EB5BFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Basic remuneration</w:t>
+        <w:t>Base remuneration</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F919D30" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Cost of living (COL) component</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40481AF2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -12505,689 +13633,973 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Additional fixed lumpsum to subsidize medical insurance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FD8B3E3" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1779FB09" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="007D4CE2" w14:textId="60A9DF6B" w:rsidR="00E04D98" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="49CA2168" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5BFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>base remuneration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> represents the basis of the calculation and is relevant to the classified level of the position.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Each band comprises a range to allow hiring managers to determine the applicable remuneration depending on budget availability, level of skills of the individual, availability of skills in the market, complexity, qualifications and experience, and any other considerations the hiring manager may have.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61FB2CD4" w14:textId="77777777" w:rsidR="00E04D98" w:rsidRDefault="00E04D98" w:rsidP="00E04D98">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49CA2168" w14:textId="7398C940" w:rsidR="00804AF0" w:rsidRPr="00E04D98" w:rsidRDefault="009A47D6" w:rsidP="00E04D98">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> component is based on the UN post adjustment as a reference to the applicable post adjustment rate applicable to the duty station where the functions are expected to be performed. The maximum payable COL component is set at 50%. While the UN post adjustment may fluctuate on a monthly basis, it remains static for the duration of the agreement unless it increases or decreases by more than 20% compared to the rate applicable at the start of the IPSA. In this case, the agreement may be amended, and the increase or decrease will be applied from that point onwards and for the remaining period of the agreement. For home-based IPSA holders, the home of the individual is also the duty station.</w:t>
+        <w:t xml:space="preserve">The cost of living </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(COL) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>component is based on the UN post adjustment</w:t>
+      </w:r>
+      <w:r w:rsidR="0007450A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and equal to the post adjustment multiplier (PAM) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>applicable to the duty station where the functions are expected to be performed</w:t>
+      </w:r>
+      <w:r w:rsidR="0007450A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, as of </w:t>
+      </w:r>
+      <w:r w:rsidR="00811522">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the most recent </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15636">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>February</w:t>
+      </w:r>
+      <w:r w:rsidR="00811522">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> preceding the agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and capped at 50 points</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98" w:rsidRPr="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>One point of</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98" w:rsidRPr="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>COL component</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98" w:rsidRPr="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> corresponds to one percent of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>IPSA holder</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98" w:rsidRPr="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">'s </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>base remuneration</w:t>
+      </w:r>
+      <w:r w:rsidR="004D0867">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and COL component </w:t>
+      </w:r>
+      <w:r w:rsidR="004D0867">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>is applied equally for all IPSAs issued throughout that year</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98" w:rsidRPr="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>While the UN</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>’s PAM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may fluctuate on a monthly basis, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the COL component</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> remains static for the duration of the agreement unless </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the corresponding PAM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> increases or decreases by more than </w:t>
+      </w:r>
+      <w:r w:rsidR="00974AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> points</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> compared to the rate applicable at the start of the IPSA. In this case, the agreement may be amended</w:t>
+      </w:r>
+      <w:r w:rsidR="008E787C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00180967">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to match the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D05F81">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">first PAM which has </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>resulted in the discrepancy over 10 points</w:t>
+      </w:r>
+      <w:r w:rsidR="00776641">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E787C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if the PAM is higher than the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF537E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">original </w:t>
+      </w:r>
+      <w:r w:rsidR="008E787C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>COL component, and to</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> decrease it by 10 points</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA38BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if it is a decrease</w:t>
+      </w:r>
+      <w:r w:rsidR="008E787C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00776641">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(except that the reduction of the COL component </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, and the increase or decrease will be applied from that point onwards and for the remaining period of the agreement.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> For home-based IPSA holders, the home of the individual is also the duty station</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, based on which the COL component is calculated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A7080EC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="790EDE62" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="624BEDFF" w14:textId="48357087" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The hardship element component adds any costs associated with the level of hardship and danger of the duty station.</w:t>
       </w:r>
-    </w:p>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="0078702B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Base remuneration:</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">The hardship element consists of a hardship and/or a danger allowance, where applicable. The </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>h</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Each band comprises a range to allow hiring managers to determine the applicable remuneration depending on budget availability, level of skills of the individual, availability of skills in the market, complexity, qualifications and experience, and any other considerations the hiring manager may have.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">ardship </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>llowance is only applicable whe</w:t>
+      </w:r>
+      <w:r w:rsidR="00707EC7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Deviations from the above (below the minimum or above the maximum) may be authorized by the Bureau Director or </w:t>
+        <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the IPSA holders will perform their functions </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">UNOSSC Director, </w:t>
+        <w:t xml:space="preserve">at a duty station </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>classified as D or E. Danger Allowance is applicable in duty stations where Danger Pay is receivable by staff.</w:t>
+      </w:r>
+      <w:r w:rsidR="003344AD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or his/her delegated authority.</w:t>
-[...26 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> The hardship element is only payable to IPSA holders who are office-based, or</w:t>
+      </w:r>
+      <w:r w:rsidR="00F3192F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00763915">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Cost of Living Component:</w:t>
-[...19 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">required to work </w:t>
+      </w:r>
+      <w:r w:rsidR="00F3192F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">home-based by the organization (see paragraph </w:t>
+      </w:r>
+      <w:r w:rsidR="00F3192F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>The cost of living component represents a mirror of the post adjustment for the duty station of the month of January of each year, and is applied equally for all IPSAs issued throughout that year. The cost of living component is capped and may only reach a maximum of 50%.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00F3192F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:instrText xml:space="preserve"> REF _Ref180399461 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00F3192F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+      </w:r>
+      <w:r w:rsidR="00F3192F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>It is fixed for the duration of the agreement regardless of fluctuations during the IPSA period. Only in case where the post adjustment changes significantly during the period of the agreement, i.e. more than 20%, the remuneration may be re-calculated and adjusted upwards or downwards.</w:t>
-[...26 lines deleted...]
-          <w:b/>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00CB52B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidR="00F3192F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Hardship Element:</w:t>
-[...19 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00F3192F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:t>The hardship element consists of a hardship and/or a danger allowance, where applicable. The Hardship Allowance is only applicable in the country where the IPSA holders will perform their functions if this is classified as a duty station D or E. Danger Allowance is applicable in duty stations where Danger Pay is receivable by staff.</w:t>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15F645D2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23E1460F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="23E1460F" w14:textId="13DE6EA4" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">A chart with the IPSA pay ranges and how to identify the correct levels, as well as amounts payable under the hardship element is provided in </w:t>
       </w:r>
-      <w:bookmarkStart w:id="55" w:name="OLE_LINK1"/>
-[...62 lines deleted...]
-        <w:t xml:space="preserve"> to this policy.</w:t>
+      <w:bookmarkStart w:id="73" w:name="OLE_LINK1"/>
+      <w:r w:rsidR="00B96189">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Annex 4 </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>to this policy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14496CD7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FE14134" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="5FE14134" w14:textId="57473D81" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="OLE_LINK2"/>
-[...34 lines deleted...]
-    <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkStart w:id="74" w:name="OLE_LINK2"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IPSAs are not entitled </w:t>
+      </w:r>
+      <w:r w:rsidR="00F53F37">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Daily Subsistence Allowance (DSA) in addition to their paid fee while in their duty station.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:p w14:paraId="5F8F6492" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B121879" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -13294,50 +14706,51 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Remuneration Subject to Taxation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="149FB4EA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DEC2E41" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
@@ -13390,152 +14803,303 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The total remuneration paid to individuals engaged under an IPSA must be specified in gross terms. The remuneration paid to the IPSA holder is not exempt from national or local taxation. UNDP is not responsible for payment of tax on earnings or other taxes due on the remuneration of the IPSA holder, nor is UNDP responsible for reimbursement of taxes paid by IPSA holders in respect of earnings received under IPSA with UNDP. The IPSA holder must provide periodic proof of payment of taxes, and UNDP reserves the right to request proof of payment of taxes by the IPSA holder. Some national governments may exempt IPSA holders from payment of taxes. Such an exemption is solely within the purview of the respective national government and cannot be based on representations by UNDP that IPSA holders are exempt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="079305CA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E51C716" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="2E51C716" w14:textId="09FCF7D0" w:rsidR="00804AF0" w:rsidRPr="000E339C" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...29 lines deleted...]
-        <w:r>
+      <w:r w:rsidRPr="000E339C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>The UNDP Office must not be involved in making payroll deductions for the purpose of remitting monies to the national tax authorities, nor is it required to report the earnings of IPSA holders to the tax authorities. The UNDP Office must emphasi</w:t>
+      </w:r>
+      <w:r w:rsidR="00D752E0" w:rsidRPr="000E339C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E339C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e to the IPSA holder upon entry on duty that the IPSA holder must be in compliance with their national taxation obligations. This requirement will also be set out in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="0007293A">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
           <w:t>IPSA template</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="000E339C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61F29EF3" w14:textId="77777777" w:rsidR="00EB5BFD" w:rsidRDefault="00EB5BFD" w:rsidP="00EB5BFD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F6D90D2" w14:textId="01239B30" w:rsidR="00EB5BFD" w:rsidRPr="000D0AFA" w:rsidRDefault="00EB5BFD" w:rsidP="000D0AFA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41DE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA holders are eligible, if their performance is deemed satisfactory, to receive an increment of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">base </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41DE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">renumeration of up to 3% of their then-current </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">base </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41DE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">renumeration after continuous service of 12 consecutive months at their then-current </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41DE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA level, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="75" w:name="_Hlk56977324"/>
+      <w:r w:rsidRPr="00E41DE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provided, however, that the maximum remuneration with increments does not exceed the maximum remuneration of the band (refer to Annex </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41DE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidR="00D73839">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Upon reaching the maximum remuneration of the band, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00777BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>annual increment ceases to apply.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="124F7362" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D0A28A8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="57" w:name="_Toc161312429"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc163827516"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc199406941"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Recourse/Settlement of disputes</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
     </w:p>
     <w:p w14:paraId="59C67565" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:firstLine="60"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D927EA8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -13618,207 +15182,209 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA holders can report workplace issues as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A97F782" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="60"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72FF0CD7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="72FF0CD7" w14:textId="2BAFAA5A" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Allegations of workplace harassment, sexual harassment and abuse authority, through </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="0007293A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>harassment.support@undp.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D9C9369" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="2160" w:firstLine="60"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3ACFEE00" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="3ACFEE00" w14:textId="2DD7091C" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Allegations of fraud or mismanagement of UNDP funds, through </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="0007293A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>reportmisconduct@undp.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55EA3B15" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15E9809A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Further details and information can be found under the ‘Accountability’ section on UNDP’s website.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39F763F8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62C2FAA2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -13863,63 +15429,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E655DF6" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="_Toc161312430"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc163827517"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc199406942"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Overtime</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11D29989" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13974,245 +15542,191 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="142A7310" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="59" w:name="_Hlk56454246"/>
-      <w:bookmarkStart w:id="60" w:name="_Toc161312431"/>
+      <w:bookmarkStart w:id="80" w:name="_Hlk56454246"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc163827518"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc199406943"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Hardship and </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Danger Allowance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
     </w:p>
     <w:p w14:paraId="3B8CF7E4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A0EBFD2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="61" w:name="_Hlk56454272"/>
+      <w:bookmarkStart w:id="83" w:name="_Hlk56454272"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Hardship Allowance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E1948A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="730C1CEA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="730C1CEA" w14:textId="61999060" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In addition to the base monthly remuneration and the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>cost of living</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> component, IPSA holders who serve in locations classified as D and E are also entitled to a hardship allowance. The hardship allowance is fixed as a lump sum amount specified i</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> component, IPSA holders who serve in locations classified as D and E are also entitled to a hardship allowance. The hardship allowance is fixed as a lump sum amount </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC412F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...57 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>of USD 1,000 per month</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32BE3259" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -14231,1309 +15745,957 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Danger Allowance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63D13FDE" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D8C0408" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="6D8C0408" w14:textId="75413619" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>An additional component to the Hardship Allowance, and in duty stations where danger pay is receivable by staff, IPSA holders who serve in the same duty station are also entitled to a danger allowance. The Danger Allowance is fixed as a lump sum amount specified in</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">An additional component to the Hardship Allowance, and in duty stations where danger pay is receivable by staff, IPSA holders who serve in the same duty station are also entitled to a danger allowance. The Danger Allowance is fixed as a lump sum amount </w:t>
+      </w:r>
+      <w:r w:rsidR="00351178">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...14 lines deleted...]
-      </w:hyperlink>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>of USD 1,000 per month</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F83A5B0" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6878114C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Hardship and Danger Allowances are payable based on presence at the duty station. IPSA holders on maternity, paternity, annual or sick leave continue to be eligible </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">The Hardship and Danger Allowances are payable based on presence at the duty station. IPSA holders on maternity, paternity, annual or sick leave continue to be eligible as long as they remain in the duty station. The </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="84" w:name="_Hlk56454425"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>as long as</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Hardship and</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> they remain in the duty station. The </w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="63" w:name="_Hlk56454425"/>
+        <w:t xml:space="preserve"> Danger </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="85" w:name="_Hlk56454439"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Hardship and</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="63"/>
+        <w:t>Allowances, where applicable, are</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Danger </w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="64" w:name="_Hlk56454439"/>
+        <w:t xml:space="preserve"> also payable for time away from the designated duty station on official duty travel up to a maximum of seven consecutive calendar days including weekends and holidays falling during that period. Payment of the Danger Allowance ceases from the eighth day of official duty travel. If the IPSA holder travels on mission to another location that qualifies for </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="86" w:name="_Hlk56454490"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Allowances, where applicable, are</w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Hardship and/or </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Danger Allowance, they will continue to receive these allowances accordingly. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="613C91EF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BB76B4B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="66" w:name="_Toc161312432"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc163827519"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc199406944"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA Remuneration Advances</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="88"/>
     </w:p>
     <w:p w14:paraId="769C048B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A6742B4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="4668003F" w14:textId="49CBB6C6" w:rsidR="009F2E4F" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00442A13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">IPSA holders may request remuneration advances in emergency situations, provided the project duration, the IPSA duration and the availability of funding cover the amount and the intended period of repayment. </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">IPSA holders may request remuneration advances in emergency situations, provided the project duration, the IPSA duration and the availability of funding cover the amount and the intended period of repayment. In the event that remuneration advances are approved by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE37D7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>In the event that</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>GSSC HR manager</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00442A13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> remuneration advances are approved by the supervisor, the same conditions of request and repayment shall apply as for </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>, the same conditions of request and repayment shall apply as for staff salary advances.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B86FF5" w14:textId="77777777" w:rsidR="009F2E4F" w:rsidRDefault="009F2E4F" w:rsidP="009F2E4F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>staff  salary</w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="58279109" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F8A5256" w14:textId="77777777" w:rsidR="009F2E4F" w:rsidRPr="008E1CB9" w:rsidRDefault="009F2E4F" w:rsidP="009F2E4F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="67" w:name="_Toc161312433"/>
-      <w:r>
+      <w:bookmarkStart w:id="89" w:name="_Toc199406945"/>
+      <w:r w:rsidRPr="007C520E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t>Mandatory subsidized coverage not commutable to cash</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="89"/>
+    </w:p>
+    <w:p w14:paraId="47D62A0B" w14:textId="77777777" w:rsidR="009F2E4F" w:rsidRPr="00253843" w:rsidRDefault="009F2E4F" w:rsidP="00253843">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25CFB085" w14:textId="1CA156CD" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="_Toc180420746"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc180420791"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc191468553"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc193726584"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc199406946"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Mandatory subsidized coverage not commutable to cash</w:t>
-[...15 lines deleted...]
-    <w:p w14:paraId="25CFB085" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t>The following subsidized coverage is provided by UNDP, and is mandatory to cover possible risks against the individual or the organization. These benefits may not be commuted to cash and are mandatory and applicable as stated below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB3A593" w14:textId="714A72ED" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25E3D3C8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00316A12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The following subsidized coverage is provided by </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Group Life and Disability Insurance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3040538C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED1E050" w14:textId="4C16CA82" w:rsidR="00804AF0" w:rsidRPr="00253843" w:rsidRDefault="00D91E18" w:rsidP="00253843">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>UNDP, and</w:t>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00253843">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is mandatory to cover possible risks against the individual or the organization. These benefits may not be commuted to cash and are mandatory and applicable as stated below.</w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="25E3D3C8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t xml:space="preserve">UNDP may provide </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2195" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>group life and disability insurance</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7649" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which provides cover for death and </w:t>
+      </w:r>
+      <w:r w:rsidR="000F7649" w:rsidRPr="00316A12">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>permanent</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7649" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disability as a result of any cause,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA70C0" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to its regular IPSA holders </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">through a contract with a service provider, once a corporate arrangement is established with a provider. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C753A6" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="50"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67D83ACA" w14:textId="681E0DB5" w:rsidR="0036150E" w:rsidRPr="00253843" w:rsidRDefault="0036150E" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00253843">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Group Life and Disability Insurance</w:t>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve">Service-incurred </w:t>
+      </w:r>
+      <w:r w:rsidR="00640BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2ED1E050" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Life and Disability</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Insurance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6679E24B" w14:textId="77777777" w:rsidR="00EB3F4E" w:rsidRPr="00253843" w:rsidRDefault="00EB3F4E" w:rsidP="00253843">
+      <w:pPr>
+        <w:ind w:left="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4839295A" w14:textId="0D516343" w:rsidR="001334EE" w:rsidRPr="00253843" w:rsidRDefault="001334EE" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="59"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-[...178 lines deleted...]
-    <w:p w14:paraId="79E0B4C8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5415A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>All persons hired on an IPSA will be covered for service</w:t>
+      </w:r>
+      <w:r w:rsidR="003C3B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5415A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>incurred death</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and permanent disability</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5415A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, at no cost to the IPSA holder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01998BD6" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A963B4C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00316A12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Claims for Death or Disability </w:t>
-[...24 lines deleted...]
-    <w:p w14:paraId="3E63D031" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t>Malicious Acts Insurance Policy (MAIP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="706DD967" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="413A4778" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="58"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>In the event of death of an IPSA holder, the UNDP Office must promptly notify the insurance company. Information surrounding the death, contractual status and other documentation must be provided by the UNDP Office as requested by the insurance company.</w:t>
-[...250 lines deleted...]
-    <w:p w14:paraId="01998BD6" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+        <w:t>IPSA holders who serve at, or travel at UNDP ’s expense to, a designated hazardous duty station are automatically covered by the Malicious Acts Insurance Policy (MAIP) and must therefore be included under the safety and security measures implemented by the UNDP Country Office under the Security Plan. Failure to comply with security instructions may render the insurance coverage null and void in so far as it relates to the IPSA holder in question. Furthermore, non-compliance with security instructions is grounds for termination of the IPSA for cause. The UNDP Office must therefore ensure that the information on MAIP and the relevant security instructions are available to IPSA holders.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D49497" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A963B4C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
-[...68 lines deleted...]
-    <w:p w14:paraId="73D49497" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+    <w:p w14:paraId="10941C4E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720"/>
-        <w:jc w:val="both"/>
-[...47 lines deleted...]
-    <w:p w14:paraId="1D0E95BC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D0E95BC" w14:textId="395F8DCA" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="68" w:name="_Toc161312434"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc163827521"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc199406949"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Mandatory partially subsidized (lump sum) coverage not commutable to cash</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Mandatory partially subsidized (lump sum) coverage not commutable to cash </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r w:rsidR="000A4BFC" w:rsidRPr="0013254F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t> </w:t>
-      </w:r>
+        <w:t xml:space="preserve">(applicable to </w:t>
+      </w:r>
+      <w:r w:rsidR="0036031D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="000A4BFC" w:rsidRPr="0013254F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egular </w:t>
+      </w:r>
+      <w:r w:rsidR="000A4BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="000A4BFC" w:rsidRPr="0013254F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>PSAs only</w:t>
+      </w:r>
+      <w:r w:rsidR="000A4BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="96"/>
     </w:p>
     <w:p w14:paraId="53930604" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A5AB48C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The following </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> coverage is provided by UNDP in form of a lump sum, and is mandatory for the IPSA to ensure coverage, to cover possible risks against the individual or the organization. These benefits are mandatory and applicable as stated below.</w:t>
+        <w:t>The following partially-subsidized coverage is provided by UNDP in form of a lump sum, and is mandatory for the IPSA to ensure coverage, to cover possible risks against the individual or the organization. These benefits are mandatory and applicable as stated below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CD4AAF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22B6DDAA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
@@ -15558,878 +16720,1759 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Medical Insurance </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C627E2D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="498F5FC3" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="498F5FC3" w14:textId="2D3B336C" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="57"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Medical insurance is mandatory. IPSAs holders must have adequate medical insurance throughout their IPSA period with UNDP.</w:t>
+        <w:t>Medical insurance is mandatory. IPSA holders must have adequate medical insurance throughout their IPSA period with UNDP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C598665" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="50"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3185A044" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="3185A044" w14:textId="05B5A160" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="57"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>UNDP will provide a subsidy in the form of a fixed monthly lump sum specified in the table of entitlements (</w:t>
-[...64 lines deleted...]
-        <w:t xml:space="preserve"> 2), to subsidize part of the cost of the medical insurance.</w:t>
+        <w:t xml:space="preserve">UNDP </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may provide </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB111D" w:rsidRPr="00EB111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">medical insurance to its regular </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB111D" w:rsidRPr="00EB111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>PSA</w:t>
+      </w:r>
+      <w:r w:rsidR="00260713">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> holder</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB111D" w:rsidRPr="00EB111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>s through a contract with a service provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, once </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB266A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>a corporate arrangement is established with a provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB111D" w:rsidRPr="00EB111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB266A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6692D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Until then</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB266A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2307F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and in cases where UNDP allows IPSAs to </w:t>
+      </w:r>
+      <w:r w:rsidR="009C7820">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7820" w:rsidRPr="009C7820">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>aintain</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6692D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C7820" w:rsidRPr="009C7820">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a pre-existing medical scheme of coverage, not provided through UNDP and administered directly by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00260713">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7820" w:rsidRPr="009C7820">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>PSA holder</w:t>
+      </w:r>
+      <w:r w:rsidR="00260713">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, UNDP</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7820" w:rsidRPr="009C7820">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>will provide a subsidy in the form of a fixed monthly lump sum specified in the table of entitlements (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="97" w:name="OLE_LINK9"/>
+      <w:r w:rsidR="003E438D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Annex </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>2), to subsidize part of the cost of the medical insurance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E6226CB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="50"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46772EA2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="2BBC3A93" w14:textId="143C2120" w:rsidR="004D6E88" w:rsidRDefault="004D6E88" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="57"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-    <w:p w14:paraId="1EFDFE2E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:r w:rsidRPr="004D6E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNDP does not subsidize medical insurance for the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D6E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA holder’s dependents. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="704FD910" w14:textId="77777777" w:rsidR="00993752" w:rsidRDefault="00993752" w:rsidP="00253843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D70ED63" w14:textId="54CAB8E2" w:rsidR="00993752" w:rsidRDefault="00993752" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="57"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">IPSA holders must present proof of participation and coverage at the commencement of the </w:t>
-[...20 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">When UNDP </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>provides a subsidy in the form of a fixed monthly lump s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83DC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>m:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EC53418" w14:textId="77777777" w:rsidR="00993752" w:rsidRDefault="00993752" w:rsidP="00253843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46772EA2" w14:textId="7EF94619" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>In order to ensure that the coverage is adequate to UNDP’s global standards for personnel coverage, UNDP shall make available several schemes for the IPSA holder to select from.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6544E47A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="50"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EFDFE2E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>IPSA holders must present proof of participation and coverage at the commencement of the IPSA, and take full responsibility for their own coverage and administration of that coverage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F0F9D6B" w14:textId="77777777" w:rsidR="006B30B8" w:rsidRDefault="006B30B8" w:rsidP="00253843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="110CE6BB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36FC5A5E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="08CCAFAE" w14:textId="6BE5D03E" w:rsidR="00732F98" w:rsidRPr="00253843" w:rsidRDefault="00732F98" w:rsidP="00253843">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="70" w:name="_Toc161312435"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="98" w:name="_Toc98839845"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc163827522"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc199406950"/>
+      <w:r w:rsidRPr="00253843">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Non subsidized</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Mandatory subsidized coverage that is commutable to cash in lieu of coverage (applicable to Regular </w:t>
+      </w:r>
+      <w:r w:rsidR="006325B5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253843">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>coverages</w:t>
-[...62 lines deleted...]
-    <w:p w14:paraId="0B9AB2C8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t>PSAs only)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="100"/>
+    </w:p>
+    <w:p w14:paraId="00B423D7" w14:textId="77777777" w:rsidR="00732F98" w:rsidRPr="00732F98" w:rsidRDefault="00732F98" w:rsidP="00732F98">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="_Hlk55806307"/>
+    </w:p>
+    <w:p w14:paraId="19CF8D87" w14:textId="77777777" w:rsidR="00732F98" w:rsidRPr="00732F98" w:rsidRDefault="00732F98" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00732F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="102" w:name="_Hlk35216880"/>
+      <w:bookmarkStart w:id="103" w:name="_Hlk35216794"/>
+      <w:r w:rsidRPr="00253843">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Medical Evacuation</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="6D8A3893" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t>Social</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00732F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Security</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00732F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00732F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and Pension Fund</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00732F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00732F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Arrangements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="102"/>
+      <w:bookmarkEnd w:id="103"/>
+    </w:p>
+    <w:p w14:paraId="4A754424" w14:textId="77777777" w:rsidR="00732F98" w:rsidRPr="00732F98" w:rsidRDefault="00732F98" w:rsidP="00732F98">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C63F3E1" w14:textId="6BEBB709" w:rsidR="006325B5" w:rsidRPr="00253843" w:rsidRDefault="00732F98" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-    <w:p w14:paraId="7D446062" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IPSA holders must comply with any national social security obligations applicable to them, and UNDP takes no responsibility for ensuring that they do so. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC40517" w14:textId="472F4B2E" w:rsidR="00732F98" w:rsidRPr="00253843" w:rsidRDefault="00732F98" w:rsidP="00253843">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E0403A4" w14:textId="50ED8CAC" w:rsidR="00732F98" w:rsidRPr="00253843" w:rsidRDefault="00732F98" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...31 lines deleted...]
-    <w:p w14:paraId="0342A05A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNDP will pay </w:t>
+      </w:r>
+      <w:r w:rsidR="006325B5" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA holders a lump sum amount in addition to their remuneration equivalent to 8.33% of </w:t>
+      </w:r>
+      <w:r w:rsidR="002F64A4" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the sum of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7BD8" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>base remuneration</w:t>
+      </w:r>
+      <w:r w:rsidR="002F64A4" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and COL component</w:t>
+      </w:r>
+      <w:r w:rsidR="007E7BD8" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>in lieu of pension fund and all other social security obligations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B0CA4F0" w14:textId="77777777" w:rsidR="00732F98" w:rsidRPr="00253843" w:rsidRDefault="00732F98" w:rsidP="00253843">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F20567E" w14:textId="3757C2C5" w:rsidR="00732F98" w:rsidRPr="00253843" w:rsidRDefault="006325B5" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00732F98" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>PSA holders are responsible to ensure that they enroll themselves into any scheme of their choice, and that the monthly payments are made directly between them and the service provider.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A2E84E" w14:textId="77777777" w:rsidR="00732F98" w:rsidRPr="00253843" w:rsidRDefault="00732F98" w:rsidP="00253843">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22B6CB95" w14:textId="71FB8DE0" w:rsidR="00732F98" w:rsidRPr="00253843" w:rsidRDefault="006325B5" w:rsidP="00253843">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="56"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00732F98" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>PSA holders do not need to submit any proof or evidence of enrolment or payments.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59ACE566" w14:textId="77777777" w:rsidR="00732F98" w:rsidRPr="00253843" w:rsidRDefault="00732F98" w:rsidP="00253843">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58E964D4" w14:textId="61ADD506" w:rsidR="00732F98" w:rsidRPr="00253843" w:rsidRDefault="00732F98" w:rsidP="00253843">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="56"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00732F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>UNDP will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not engage directly with any pension scheme service provider, nor will pay any service provider directly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CCDECA4" w14:textId="77777777" w:rsidR="00732F98" w:rsidRPr="00253843" w:rsidRDefault="00732F98" w:rsidP="00253843">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52FBF7F7" w14:textId="32A0DD3C" w:rsidR="00732F98" w:rsidRPr="00253843" w:rsidRDefault="00732F98" w:rsidP="00253843">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="56"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In countries where a national social security scheme exists, individuals under </w:t>
+      </w:r>
+      <w:r w:rsidR="006325B5" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>PSA are expected to contribute directly to such a scheme. UNDP has no obligation to contribute directly to the national scheme, as it cannot be subject to any national scheme.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276494E6" w14:textId="77777777" w:rsidR="00732F98" w:rsidRPr="00253843" w:rsidRDefault="00732F98" w:rsidP="00253843">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58B1110C" w14:textId="438C6B02" w:rsidR="00732F98" w:rsidRPr="00253843" w:rsidRDefault="00732F98" w:rsidP="00253843">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="56"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By signing the </w:t>
+      </w:r>
+      <w:r w:rsidR="006325B5" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA, the </w:t>
+      </w:r>
+      <w:r w:rsidR="006325B5" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA holder agrees to a ‘No Contest’ that confirms agreement to receive the pension contribution in the form of a lump sum. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="101"/>
+    </w:p>
+    <w:p w14:paraId="27F0F219" w14:textId="77777777" w:rsidR="00201AAA" w:rsidRDefault="00201AAA" w:rsidP="00253843">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...160 lines deleted...]
-    <w:p w14:paraId="0656D1E5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36FC5A5E" w14:textId="7EA8AC8F" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="71" w:name="_Toc161312436"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc163827523"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc199406951"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Working Hours</w:t>
-[...6 lines deleted...]
-          <w:bCs/>
+        <w:t>Non subsidized coverages</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="104"/>
+      <w:bookmarkEnd w:id="105"/>
+    </w:p>
+    <w:p w14:paraId="0A23981A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="128EC9A8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>The following coverage is to be obtained by the IPSA holder independently:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ADAEBF4" w14:textId="01C27356" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BBEFA49" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
-[...11 lines deleted...]
-    <w:p w14:paraId="78948FEB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="1BCF5CAC" w14:textId="7D22EF53" w:rsidR="00DF01B9" w:rsidRDefault="00DF01B9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="404446E0" w14:textId="165FE5CE" w:rsidR="00DF01B9" w:rsidRDefault="00DF01B9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77FFCEEC" w14:textId="77777777" w:rsidR="00DF01B9" w:rsidRDefault="00DF01B9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B9AB2C8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>The working hours, UN official holidays and weekends for regular IPSA holders are aligned with those applicable to staff and other personnel in the duty station.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Medical Evacuation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C94C8A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D8A3893" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Individuals engaged under IPSA are expected to obtain their own medical evacuation insurance as they are generally not eligible for medical evacuation unless they are on official travel status outside the duty station.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA95590" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:ind w:left="1080" w:firstLine="50"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D446062" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>UNDP office shall make every effort to help facilitate the medical evacuation in cases of an emergency nature, where the service exists and is able to cater for such, and where the local health services are inadequate and the IPSA holder requests the assistance of UNDP. The cost for such medical evacuation shall be facilitated at the full cost of the IPSA holder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43327F18" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CEE9342" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="0342A05A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Social Security and Pension Fund Arrangements </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0E4E00" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75D31D68" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>UNDP does not make additional payments for social security and pension fund towards IPSAs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F1C1398" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33288EF4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Optional coverage provided but not subsidized by UNDP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3600ED39" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C998197" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>UNDP will make available a range of optional benefits and coverages to be accessed by individuals directly and at their own expense. It is understood that UNDP has entered into an agreement with each of the service providers with no corporate liability on itself, but is only availing of these services for the direct benefit and at the full cost and responsibility of the IPSA holder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="080D6E8D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0656D1E5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="72" w:name="_Toc161312437"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc163827524"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc199406952"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Leave</w:t>
-[...15 lines deleted...]
-    <w:p w14:paraId="69C8326C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t>Working Hours</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="106"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BBEFA49" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78948FEB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>The working hours, UN official holidays and weekends for regular IPSA holders are aligned with those applicable to staff and other personnel in the duty station.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76621C8F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CEE9342" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="_Toc163827525"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc199406953"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Leave</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="108"/>
+      <w:bookmarkEnd w:id="109"/>
+    </w:p>
+    <w:p w14:paraId="579427D0" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69C8326C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="73" w:name="OLE_LINK31"/>
+      <w:bookmarkStart w:id="110" w:name="OLE_LINK31"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Annual leave</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p w14:paraId="40434D99" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7104C3CA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -16437,215 +18480,483 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA holders with regular IPSAs are eligible for paid annual leave of two and a half working days per month for rest purposes, which may be accumulated during the IPSA period, as specified below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ED81B16" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2393FAD4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="3E4AAA0E" w14:textId="380227F0" w:rsidR="00F8189B" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>All annual leave is expected to be taken within the period of the IPSA agreement. If the IPSA agreement is extended for an additional period and funded from the same funding source/project, the IPSA may carry over accrued annual leave to the subsequent IPSA period. As of the annual leave cut-off date of 1 April of any given year, the annual leave balance (if any) will be re-set to a maximum of 24 days. </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="4AAD205D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t xml:space="preserve">All annual leave is expected to be taken within the period of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IPSA </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8189B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F8189B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> except under the following scenarios</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA64CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, in which the accrued annual leave may be carried over to the subsequent IPSA</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8189B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="516ABE37" w14:textId="77777777" w:rsidR="00F8189B" w:rsidRDefault="00F8189B" w:rsidP="00253843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="720B8CDB" w14:textId="45C301A6" w:rsidR="00DB60F6" w:rsidRDefault="00AA64CB" w:rsidP="00F8189B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="009A47D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>he IPSA agreement is extended for an additional period and funded from the same funding source/project</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB60F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="404A177F" w14:textId="77777777" w:rsidR="00DB60F6" w:rsidRDefault="00DB60F6" w:rsidP="00253843">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68FDD752" w14:textId="6C2A1B57" w:rsidR="003B48FE" w:rsidRDefault="00DB60F6" w:rsidP="00F8189B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The IPSA holder </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF70E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>switches without interruption to another IPSA</w:t>
+      </w:r>
+      <w:r w:rsidR="00535A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under the same funding source/project</w:t>
+      </w:r>
+      <w:r w:rsidR="003B48FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r w:rsidR="00C643A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F3E49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>under the same Head of the Business Unit</w:t>
+      </w:r>
+      <w:r w:rsidR="0092147C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C643A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="0092147C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with the exceptional agreement of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A010C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Head of the Business Unit hiring the subsequent IPSA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2668B3E2" w14:textId="1EA62105" w:rsidR="00F8189B" w:rsidRDefault="00F8189B" w:rsidP="00253843">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2393FAD4" w14:textId="31DA2376" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00F8189B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="74" w:name="OLE_LINK32"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="430710FC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>As of the annual leave cut-off date of 1 April of any given year, the annual leave balance (if any) will be re-set to a maximum of 24 days. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F0A56B3" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AAD205D" w14:textId="664D8C50" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="OLE_LINK32"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unused paid annual leave is not commutable to cash. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p w14:paraId="6EBF7C0E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="430710FC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Any absence from duty not specifically authorized, including any absence beyond the allowable time-off in accordance with this policy, will be treated as unauthorized absence and must be charged to unpaid leave.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01235C9B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44A45D9B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="75" w:name="OLE_LINK35"/>
+      <w:bookmarkStart w:id="112" w:name="OLE_LINK35"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Sick Leave</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p w14:paraId="70A7DF18" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73269493" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -16653,130 +18964,191 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Eligible individuals who are unable to perform their duties because of illness or injury or whose attendance at work is prevented by public health requirements shall be granted sick leave in accordance with the terms of their IPSA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A1ECB28" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A648BD4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="7A648BD4" w14:textId="3C20C631" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Regular IPSA holders shall accrue credits towards sick leave at the rate of two working days for each month of service up to a maximum of 31 days </w:t>
-[...19 lines deleted...]
-        <w:t>. Of those sick leave days accrued, a total of seven working days in an annual cycle starting 1 April of any year (subject to a maximum of two consecutive working days) may be taken as sick leave without providing a medical certificate from a duly recognized medical practitioner; or for family-related emergencies and/or obligations, such as in the event of a death in the IPSA holder’s immediate family or to take care of the IPSA holder’s child or an immediate family member who becomes ill.</w:t>
+        <w:t xml:space="preserve">Regular IPSA holders shall </w:t>
+      </w:r>
+      <w:r w:rsidR="006010A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>receive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sick leave </w:t>
+      </w:r>
+      <w:r w:rsidR="006010A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">credits corresponding to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00401BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">duration of the agreement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at the rate of two working days for each month of service up to a maximum of </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC235A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> days. Of those sick leave days accrued, a total of seven working days in an annual cycle starting 1 April of any year (subject to a maximum of two consecutive working days) may be taken as sick leave without providing a medical certificate from a duly recognized medical practitioner; or for family-related emergencies and/or obligations, such as in the event of a death in the IPSA holder’s immediate family or to take care of the IPSA holder’s child or an immediate family member who becomes ill.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E553D19" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2715D64E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="2715D64E" w14:textId="50601E97" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Any absence supported by a medical certificate from a certified medical practitioner shall be considered as certified sick leave. The sick leave certificate from a certified medical practitioner must state that the individual is unable to perform his or her duties indicating the probable duration of the illness. In the event that the IPSA holder fails to provide the required supporting documents, the absence shall be charged to annual leave. Should the annual leave be exhausted, the absence shall be deducted from remuneration accordingly.</w:t>
+        <w:t xml:space="preserve">Any absence supported by a medical certificate from a certified medical practitioner shall be considered as certified sick leave. The sick leave certificate from a certified medical practitioner must state that the individual is unable to perform </w:t>
+      </w:r>
+      <w:r w:rsidR="00104852">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> duties indicating the probable duration of the illness. In the event that the IPSA holder fails to provide the required supporting documents, the absence shall be charged to annual leave. Should the annual leave be exhausted, the absence shall be deducted from remuneration accordingly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BCB294F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BFC6D4E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -16900,119 +19272,155 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Certified sick leave shall be recorded in units of full days and/or half-days. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32EC4C05" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E2D36C8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="2E2D36C8" w14:textId="302BAE2C" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>In the event that the IPSA is extended for an additional period under the same position, the individual may carry over unused sick leave credits to the subsequent IPSA up to a maximum of 31 days. Sick leave credits will stop accruing when an IPSA holder has a balance of 31 unused sick leave days.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">In the event that the IPSA is extended for an additional period under the same position, the individual may carry over unused sick leave credits to the subsequent IPSA up to a maximum of </w:t>
+      </w:r>
+      <w:r w:rsidR="006A65FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> days. Sick leave credits will stop accruing when an IPSA holder has a balance of </w:t>
+      </w:r>
+      <w:r w:rsidR="006A65FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unused sick leave days.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="179B5DC4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E68EA24" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Sick leave during annual leave and/or hardship leave: An individual who is sick for more than five working days in any seven-day period while on annual leave and/or hardship leave, shall have that portion of the absence considered as sick leave upon presentation of satisfactory medical certification.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59EB3AEC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30405364" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -17148,156 +19556,278 @@
         </w:rPr>
         <w:t>The termination of an IPSA shall, from the date it is effective, terminate any possibility to claim sick leave credits.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63701064" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D31A976" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="5D31A976" w14:textId="353D586C" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>In the event that an individual surpasses the sick leave credits limit during the IPSA period, the excess period will be charged against accrued annual leave. Should the annual leave be exhausted, the IPSA holder may be played on special leave without pay, otherwise any further absence shall be deducted from the remuneration accordingly.</w:t>
+        <w:t>In the event that an individual surpasses the sick leave credits limit during the IPSA period, the excess period will be charged against accrued annual leave. Should the annual leave be exhausted, the IPSA holder may be pla</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1518">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ed on </w:t>
+      </w:r>
+      <w:r w:rsidR="008D1518">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>unpaid leave</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, otherwise any further absence shall be deducted from the remuneration accordingly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="553F0B9A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EACF6D2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="6EACF6D2" w14:textId="476D8DEB" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>If the individual is not eligible for paid sick leave, managers should exercise the highest possible degree of flexibility in accepting unpaid leave due to illness. Only in such cases where the extent or timing of absences prevents the individual from delivering the services as specified in the terms of reference may the manager consider a termination of the IPSA due to illness.</w:t>
+        <w:t xml:space="preserve">If the individual is </w:t>
+      </w:r>
+      <w:r w:rsidR="009032AC" w:rsidRPr="009032AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unable to perform their duty for an extended period due to injury or illness, and </w:t>
+      </w:r>
+      <w:r w:rsidR="009032AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">has exhausted the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>sick leave</w:t>
+      </w:r>
+      <w:r w:rsidR="009032AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cred</w:t>
+      </w:r>
+      <w:r w:rsidR="009C28E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="009032AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, managers should </w:t>
+      </w:r>
+      <w:r w:rsidR="009C28E5" w:rsidRPr="009C28E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consult with the HR Business Partner to determine the next course of action. The agreement may be terminated </w:t>
+      </w:r>
+      <w:r w:rsidR="009C28E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the extent or timing of absences prevents the individual from delivering the services as specified in the terms of reference.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C85DB5C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="363D490A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="363D490A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRPr="00253843" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:i/>
-[...10 lines deleted...]
-          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Computation of Annual and Sick Leave</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6827DEC5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C9A191C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
@@ -17454,95 +19984,96 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="200FFFBD" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>When IPSA end date falls on the 17th of the month or later, but not on the last day of the month: two days annual leave and one day sick leave.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D2A970" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CBAF4DE" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="77" w:name="OLE_LINK34"/>
+      <w:bookmarkStart w:id="113" w:name="OLE_LINK34"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Part-time IPSAs will have their starting and ending annual and sick leave totals pro-rated to reflect their part-time schedule.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p w14:paraId="3B50D7EB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27782219" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
@@ -17550,247 +20081,206 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46C0D6BF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="78" w:name="OLE_LINK36"/>
+      <w:bookmarkStart w:id="114" w:name="OLE_LINK36"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Parental Leave (for the birth parent): </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p w14:paraId="6EFB4A08" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3953FD48" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="79" w:name="OLE_LINK39"/>
+      <w:bookmarkStart w:id="115" w:name="OLE_LINK39"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA holders on regular IPSAs are eligible for 16 consecutive weeks of paid parental leave for the birth parent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66288E0B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CDE2280" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="80" w:name="OLE_LINK37"/>
+      <w:bookmarkStart w:id="116" w:name="OLE_LINK37"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Extensions of parental leave for birth parents may be granted on the basis of unpaid leave, regardless of contract durations for regular IPSAs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p w14:paraId="30DE4E8F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B78976B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Parental leave for the birth parent must fall within and be taken during the IPSA period. Where the parental leave started during the IPSA </w:t>
-[...41 lines deleted...]
-      <w:bookmarkStart w:id="81" w:name="OLE_LINK38"/>
+        <w:t>Parental leave for the birth parent must fall within and be taken during the IPSA period. Where the parental leave started during the IPSA period but the IPSA is due to expire during the period of the parental leave, the IPSA will be extended for the purpose of covering the full 16-week duration of the parental leave.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="117" w:name="OLE_LINK38"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> There is no expectation or obligation to extend beyond the above extension to accommodate the parental leave for the birth parent if the original position was not envisaged to be longer. No leave will be accumulated during the extended period.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p w14:paraId="3C55CB0C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="425B69C5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -17889,61 +20379,61 @@
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="746A23A5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="OLE_LINK40"/>
+      <w:bookmarkStart w:id="118" w:name="OLE_LINK40"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Time-off to breastfeed infants up to two years old, is in accordance with UNDP’s policy on Time Off for Breastfeeding.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkEnd w:id="118"/>
     </w:p>
     <w:p w14:paraId="26E66BE7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70C6333D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
@@ -18101,137 +20591,91 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E6A6B94" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Parental leave for non-birth parents is limited to one occurrence per 12 months, regardless of the number of children born during that 12-month period.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23ADB6F4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A506C3B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Parental leave for non-birth parents must fall within and be taken during the IPSA period. Unused parental leave is not commutable to cash. The IPSA must not be extended solely </w:t>
-[...47 lines deleted...]
-      </w:pPr>
+        <w:t>Parental leave for non-birth parents must fall within and be taken during the IPSA period. Unused parental leave is not commutable to cash. The IPSA must not be extended solely in order to exercise the unused portion of the parental leave.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5A54F91C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08E593AC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -18302,101 +20746,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16EC5208" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="83" w:name="OLE_LINK42"/>
+      <w:bookmarkStart w:id="119" w:name="OLE_LINK42"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>In conjunction with parental leave of birth parents, IPSA holders may also be eligible for unpaid leave immediately following the parental leave for up to eight additional months. The 36-month eligibility stated above does not apply in such a case.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0313AC7D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24CCF800" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Head of the Business Unit may also exercise at their own decision to apply unpaid leave to an individual on IPSA without any notice period. Such decisions should only be made in cases or serious breach or identified conflict of interest, or of similar seriousness, and only in full consultation with the Office of Legal services and/or Ethics Office. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p w14:paraId="6652E181" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14A209FA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
@@ -18792,51 +21236,71 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="464CE15C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>PSA holders serving on jury duty will be granted leave with pay by the  Head of the Business Unit up to a maximum of five working days in a calendar year, in units of full or half days as certified by the court.</w:t>
+        <w:t xml:space="preserve">PSA holders serving on jury duty will be granted leave with pay by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the  Head</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Business Unit up to a maximum of five working days in a calendar year, in units of full or half days as certified by the court.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E6E54CD" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39B7EFCD" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -18905,51 +21369,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73A84A58" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>For court appearances as a witness in the IPSA holder’s personal capacity, the heads of business units at other locations shall decide whether the absence is to be charged to annual leave or special paid or unpaid leave, according to the circumstances of the case.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A390729" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18D466AB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -19237,462 +21700,795 @@
     </w:p>
     <w:p w14:paraId="0DA18416" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
-      <w:bookmarkStart w:id="84" w:name="_Hlk56454824"/>
+      <w:bookmarkStart w:id="120" w:name="_Hlk56454824"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Regular IPSAs where the starting or ending months are </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="120"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>of less than one full calendar month, hardship leave shall be pro-rated to the nearest half day.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0854FBB7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F49460A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>When an IPSA of an initial duration of less than six months is subsequently extended to reach or exceed six months, provisions for hardship leave will apply from the effective date of the IPSA extension. Leave is not accumulated retroactively.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7910CE10" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+    <w:p w14:paraId="7910CE10" w14:textId="2BB231B1" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E2913D0" w14:textId="38E9FB76" w:rsidR="00DF01B9" w:rsidRDefault="00DF01B9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0360C319" w14:textId="77777777" w:rsidR="00DF01B9" w:rsidRDefault="00DF01B9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14BE3340" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Leave Provisions on IPSA Extension: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FC0E668" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0653FA8D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>When an IPSA of an initial duration of less than six months is subsequently extended to reach or exceed six months, provisions for annual leave and sick leave will start to apply subject to the eligibility as specified in this policy, from the effective date of the IPSA extension. Leave is not accumulated retroactively.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F1EE98" w14:textId="77777777" w:rsidR="000A158C" w:rsidRDefault="000A158C">
-[...10 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5EBFB3BC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B5F1C31" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="4B86BEA7" w14:textId="0F6AED4E" w:rsidR="00BB3643" w:rsidRDefault="00BB3643">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="85" w:name="_Toc161312438"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc163827526"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc199406954"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...16 lines deleted...]
-    <w:p w14:paraId="718ED873" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t>Security Arrangements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="121"/>
+      <w:bookmarkEnd w:id="122"/>
+    </w:p>
+    <w:p w14:paraId="0B287F02" w14:textId="77777777" w:rsidR="00BB3643" w:rsidRDefault="00BB3643" w:rsidP="00BB3643">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57993806" w14:textId="5FA9E855" w:rsidR="00C36079" w:rsidRPr="00253843" w:rsidRDefault="00030871" w:rsidP="00C36079">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>The U</w:t>
+      </w:r>
+      <w:r w:rsidR="00C36079" w:rsidRPr="00C36079">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>N Security Management System (UNSMS) policies apply to IPSA holders, including</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB371E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter IV, Section M on Residential Security Measures, as internationally deployed personnel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68465557" w14:textId="77777777" w:rsidR="00BD000E" w:rsidRPr="00253843" w:rsidRDefault="00BD000E" w:rsidP="00253843">
+      <w:pPr>
+        <w:ind w:left="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Travel for work outside the country of duty station shall always be on economy class for IPSA holders, regardless of travel time. Travel arrangements shall follow the regular procedures as established for corporate travel, and DSA is paid regularly during travel for work outside the country of the duty station as per the corporate travel policy.</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="37A6A07B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5854F950" w14:textId="63C8A952" w:rsidR="00775BBE" w:rsidRDefault="00FD3B73" w:rsidP="00C36079">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57129">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>that a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> security evacuation</w:t>
+      </w:r>
+      <w:r w:rsidR="00E57129">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is declared at the duty station of an office-based IPSA holder, as a result of which the IPSA holder is no longer able to </w:t>
+      </w:r>
+      <w:r w:rsidR="000F75A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>remain at the duty station, the IPSA may be amended to</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD03E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> designate an alternative duty station, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB481D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>convert</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD03E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ed to a home-based agreement, or terminated, </w:t>
+      </w:r>
+      <w:r w:rsidR="00775BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>based on the circumstances.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E97D24">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Security evacuation allowance </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD279C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>may be payable</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3231A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if an IPSA holder is evacuated from the duty station</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD279C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, up to one month and for the IPSA holder only, on a case-by-case basis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B25588C" w14:textId="2D16A216" w:rsidR="00EB371E" w:rsidRPr="00253843" w:rsidRDefault="00B841CB" w:rsidP="00253843">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5F1C31" w14:textId="2B147985" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="86" w:name="_Toc161312439"/>
-      <w:bookmarkStart w:id="87" w:name="OLE_LINK41"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc163827527"/>
+      <w:bookmarkStart w:id="124" w:name="_Toc199406955"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Performance Evaluation</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="306F4ADC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t>Travel for Work</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="123"/>
+      <w:bookmarkEnd w:id="124"/>
+    </w:p>
+    <w:p w14:paraId="0AC98F65" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="718ED873" w14:textId="1D2933F2" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Service monitoring and performance evaluation are mandatory for regular IPSAs as part of a process to provide regular feedback about individual performance and progress achieved against agreed terms of reference, as well as objectives and results. Performance of the IPSA holder must be communicated to the IPSA throughout the duration of the IPSA.</w:t>
-[...15 lines deleted...]
-    <w:p w14:paraId="2F596BB2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t xml:space="preserve">Travel arrangements </w:t>
+      </w:r>
+      <w:r w:rsidR="00994F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00994F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>official</w:t>
+      </w:r>
+      <w:r w:rsidR="00994F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> duty travel </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>shall follow the regular procedures as established for corporate travel</w:t>
+      </w:r>
+      <w:r w:rsidR="00350C45">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, except that </w:t>
+      </w:r>
+      <w:r w:rsidR="00350C45">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the class of travel will be economy class regardless of travel duration.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DSA is paid regularly during travel for work outside the duty station as per the corporate travel policy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1012ADEA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37A6A07B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="_Toc163827528"/>
+      <w:bookmarkStart w:id="126" w:name="_Toc199406956"/>
+      <w:bookmarkStart w:id="127" w:name="OLE_LINK41"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Performance Evaluation</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="125"/>
+      <w:bookmarkEnd w:id="126"/>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p w14:paraId="0E676A8D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="306F4ADC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t>Service monitoring and performance evaluation are mandatory for regular IPSAs as part of a process to provide regular feedback about individual performance and progress achieved against agreed terms of reference, as well as objectives and results. Performance of the IPSA holder must be communicated to the IPSA throughout the duration of the IPSA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3897B722" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:ind w:left="1080" w:firstLine="60"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F596BB2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t>In this context, the purpose of the Performance Evaluation is to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14854510" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="1800" w:firstLine="60"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57B72F88" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Review progress against </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> terms of reference and objectives;</w:t>
+        <w:t>Review progress against agreed upon terms of reference and objectives;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29A76181" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15545753" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -19740,217 +22536,220 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Make informed decisions on contractual matters (extension, non-renewal).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="693EBEF6" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:firstLine="60"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2730D449" w14:textId="44A299C3" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="2730D449" w14:textId="00D7505B" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="88" w:name="OLE_LINK43"/>
+      <w:bookmarkStart w:id="128" w:name="OLE_LINK43"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For regular IPSA holders, a full- service evaluation report must be completed, using the online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>PMD platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for any service period exceeding six months worked during that evaluation year. Where the PMD platform is not available or for short-term IPSA holders, the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Annex_5:_Performance_1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>IPSA Service Evaluation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> form in Annex 5 can be used.</w:t>
       </w:r>
-      <w:r w:rsidR="000A158C">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="174CC419" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1471D417" w14:textId="581CDE56" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="770BA2CF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:ind w:left="1080" w:firstLine="60"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1471D417" w14:textId="2B8BC7D5" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For short-term IPSAs, or for periods of service of less than six months, only section I of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>IPSA Performance Evaluation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>form is to be completed and should be documented as a note to file.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p w14:paraId="6DE2379E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="110"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A7C8A42" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="1A7C8A42" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Each Service Evaluation form must be filed for record keeping by the human resources focal point of the Business Unit, or online when available.</w:t>
       </w:r>
@@ -19970,247 +22769,238 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01B4D9D1" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="89" w:name="_Toc161312440"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc163827529"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc199406957"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Learning Opportunities</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:bookmarkEnd w:id="130"/>
     </w:p>
     <w:p w14:paraId="1214C846" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4253D264" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="4253D264" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA holders must complete any corporate mandatory training courses within the required time established by UNDP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24BB1036" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37699ED7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="37699ED7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA holders who have been on IPSA continuously for at least twelve months may have access to learning and development opportunities available to UNDP personnel, including access to formal programmes (in line with the target audiences and requirements established for such programmes), on-demand learning resources, and the UNDP learning management system/platform(s), and only if such trainings are deemed to be necessary due to the natural progression of the function and its requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69FF72EC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07E8B941" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="07E8B941" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The proforma cost of the IPSA will include a contribution to the UNDP corporate Learning Reserve to enable IPSA holders’ access to the initiatives funded from the Learning Reserve </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>The proforma cost of the IPSA will include a contribution to the UNDP corporate Learning Reserve to enable IPSA holders’ access to the initiatives funded from the Learning Reserve and resources that are offered to UNDP personnel at no cost. Any additional costs related to the participation in the UNDP corporate learning and development programmes and other relevant costs will be charged to the funding source(s) of the respective IPSA holders, as needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0617AD36" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...16 lines deleted...]
-    <w:p w14:paraId="555CA5BE" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="555CA5BE" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA holders may be requested to undergo specific trainings if found to be necessary by the hiring managers to deliver on services requiring technical skills beyond those originally identified in the TORs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E4F3B8B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20AC3550" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="20AC3550" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Regular IPSA holders are eligible for detail assignments, provided that the requirements of both the releasing and receiving offices, as well as their host countries allow for that, and that the individual is adequately covered with health insurance while on assignment.</w:t>
       </w:r>
@@ -20231,245 +23021,278 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77CE7068" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="90" w:name="_Toc161312441"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="92" w:name="_Hlk35217050"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc163827530"/>
+      <w:bookmarkStart w:id="132" w:name="_Toc199406958"/>
+      <w:bookmarkStart w:id="133" w:name="OLE_LINK45"/>
+      <w:bookmarkStart w:id="134" w:name="_Hlk35217050"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Career Paths</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="90"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:bookmarkEnd w:id="132"/>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
     <w:p w14:paraId="45BB3F2A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:p w14:paraId="3B7311FD" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:bookmarkEnd w:id="134"/>
+    <w:p w14:paraId="3B7311FD" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">IPSA holders will have access to career opportunities within UNDP as well as to the career development resources available to UNDP personnel. As such, they will be able to apply to UNDP staff positions and positions offered under other contractual modalities, in line with the UNDP recruitment and selection framework, and the requirements of the respective positions and offers. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4885E7AF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5415F712" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="5415F712" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>IPSA holders who have served a minimum of three years with UNDP and have demonstrated successful performance, as recorded in the formal performance reviews, will be eligible to participate in the corporate talent pool assessments and similar initiatives as internal candidates. All IPSA holders will be able to participate in such initiatives, when open to external candidates.</w:t>
+        <w:t xml:space="preserve">IPSA holders who have served a minimum of three years with UNDP and have demonstrated successful performance, as recorded in the formal performance reviews, will be eligible to participate in the corporate talent pool assessments and similar initiatives as internal </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>candidates. All IPSA holders will be able to participate in such initiatives, when open to external candidates.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69B446DA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="440F06D1" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="0F854FCD" w14:textId="3D6E2A54" w:rsidR="00804AF0" w:rsidRPr="00253843" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-    <w:bookmarkEnd w:id="93"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="135" w:name="OLE_LINK44"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IPSAs shall not be considered internal candidates </w:t>
+      </w:r>
+      <w:r w:rsidR="00516472" w:rsidRPr="00516472">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as defined in Staff Rule 4.10, which may not be extended to non-staff personnel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="135"/>
+    </w:p>
     <w:p w14:paraId="08533714" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B74B84E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="94" w:name="_Toc161312442"/>
+      <w:bookmarkStart w:id="136" w:name="_Toc163827531"/>
+      <w:bookmarkStart w:id="137" w:name="_Toc199406959"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Roles and Responsibilities</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="94"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:bookmarkEnd w:id="137"/>
     </w:p>
     <w:p w14:paraId="47CF7176" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C408FB5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="7C408FB5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
@@ -20520,51 +23343,51 @@
         <w:t xml:space="preserve">UNOSSC Director, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>or other individuals delegated authority hereunder) are designated as Responsible Offices, responsible for enforcing the terms of this policy and are accountable for decisions taken. Directors must consider the performance of the Responsible Officers in managing the IPSA in accordance with this policy in the annual performance review of Heads of Office e.g. Audit Reports and OHR reports may be used as a reference for evaluation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10C13FA9" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60B3E0BA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="60B3E0BA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
@@ -20633,51 +23456,50 @@
         <w:t>determining the use of IPSA as the appropriate contractual modality and adhering to the requirements of this policy;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="610B339C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ensuring availability of funds for the duration of the IPSA and extension;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05C7C3EA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -20784,209 +23606,266 @@
         <w:t>monitoring the transparency and competitive selection process for IPSAs in their respective office;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4038AC4A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>managing the conflict resolution process in accordance with the IPSA and in consultation with the Legal Office and theBMS/OHR Policy Unit as set forth in this Guide.</w:t>
+        <w:t xml:space="preserve">managing the conflict resolution process in accordance with the IPSA and in consultation with the Legal Office and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>theBMS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>/OHR Policy Unit as set forth in this Guide.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="593662FB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="168017B2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="168017B2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The HR Focal Point &amp; GSSC</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B19B957" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34E828DB" w14:textId="600834EC" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="34E828DB" w14:textId="79021FE1" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Before issuing the IPSA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">HR </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">must ensure that the policy is complied with and that the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="0007293A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>IPSA template</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>is used for contracting the services of the individual</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>. No deviations to the model IPSA template can be made without consultation with, and clearance of, the BMS/OHR Policy Unit and BMS/OLS.</w:t>
       </w:r>
+      <w:r w:rsidR="003E1AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E1AB5" w:rsidRPr="003E1AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Short-term </w:t>
+      </w:r>
+      <w:r w:rsidR="003E1AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1AB5" w:rsidRPr="003E1AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>PSAs are paid by the local BU.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="497422C3" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="1080" w:firstLine="50"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07667E71" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -20996,74 +23875,92 @@
     <w:p w14:paraId="020D623D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>GSSC Focal Points are responsible for:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="567E5F94" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="567E5F94" w14:textId="24DDDFF2" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>coordinating and administering the recruitment process;</w:t>
+        <w:t xml:space="preserve">coordinating and administering the </w:t>
+      </w:r>
+      <w:r w:rsidR="00830552" w:rsidRPr="00830552">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>selection and hiring</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> process;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49258B0E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -21073,50 +23970,51 @@
     </w:p>
     <w:p w14:paraId="40548435" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>issuing the IPSA including the applicable conditions of service and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>the non-career nature of the work;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0560C338" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -21253,117 +24151,126 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6C8ADE13" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26767A16" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="26767A16" w14:textId="6B7FCA2D" w:rsidR="00804AF0" w:rsidRDefault="00F54AD1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve">Regular </w:t>
+      </w:r>
+      <w:r w:rsidR="009A47D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t>IPSAs are paid through UNDP’s GSSC/Global Payroll</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009A47D6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A366926" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046C9167" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="046C9167" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
@@ -21435,51 +24342,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>They are also responsible for monitoring the correct and appropriate use of the IPSA and taking necessary action to prevent misuse.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B44179D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E4A8DA5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="4E4A8DA5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
@@ -21524,140 +24431,127 @@
         </w:rPr>
         <w:t>OAI will audit the use of IPSAs by the UNDP Offices and report on its findings at any time OAI deems necessary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="271C99DF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="713EF551" w14:textId="77777777" w:rsidR="000A158C" w:rsidRDefault="000A158C">
-[...11 lines deleted...]
-    <w:p w14:paraId="0F47BDE8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="0F47BDE8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Oversight, Monitoring, Evaluation and Reporting:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E4D221B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="002241D3" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="002241D3" w14:textId="1BD8A438" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Responsible Officers, Business Partners, GSSC and the respective HR Unit should use the information available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>UNDP</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> ERP database to act on their respective responsibility for oversight, monitoring and / or evaluation on the use of IPSAs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D43F13A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:tabs>
@@ -21719,3748 +24613,2546 @@
     </w:p>
     <w:p w14:paraId="1E065C2B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Annexes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="750AA8D9" w14:textId="02E51476" w:rsidR="00804AF0" w:rsidRPr="005C3CB1" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="70ACA691" w14:textId="7533B119" w:rsidR="00685BD6" w:rsidRPr="00253843" w:rsidRDefault="00685BD6" w:rsidP="00685BD6">
       <w:pPr>
         <w:ind w:left="345"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:i/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Annex 1 – </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC5D47" w:rsidRPr="00FC5D47">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Selection and hiring modalities </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>and procedures for IPSAs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7EF2DA" w14:textId="77777777" w:rsidR="00685BD6" w:rsidRPr="00253843" w:rsidRDefault="00685BD6" w:rsidP="00685BD6">
+      <w:pPr>
+        <w:ind w:left="345"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Annex 2 – Overview of IPSA benefits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63375781" w14:textId="77777777" w:rsidR="00685BD6" w:rsidRPr="00253843" w:rsidRDefault="00685BD6" w:rsidP="00685BD6">
+      <w:pPr>
+        <w:ind w:left="345"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Annex 3 - Definition of functions of inherent nature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D24E68C" w14:textId="77777777" w:rsidR="00685BD6" w:rsidRPr="00253843" w:rsidRDefault="00685BD6" w:rsidP="00685BD6">
+      <w:pPr>
+        <w:ind w:left="345"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Annex 4 - IPSA pay ranges and identifying the right level </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BAD7E45" w14:textId="77777777" w:rsidR="00685BD6" w:rsidRPr="00253843" w:rsidRDefault="00685BD6" w:rsidP="00685BD6">
+      <w:pPr>
+        <w:ind w:left="345"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Annex 5 – Performance evaluation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D20F1B" w14:textId="77777777" w:rsidR="00685BD6" w:rsidRPr="00253843" w:rsidRDefault="00685BD6" w:rsidP="00685BD6">
+      <w:pPr>
+        <w:ind w:left="345"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Annex 6 – Checklist of inclusions in IPSA personnel file </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D0F4C04" w14:textId="0A9A6A56" w:rsidR="00804AF0" w:rsidRPr="00253843" w:rsidRDefault="00685BD6" w:rsidP="00685BD6">
+      <w:pPr>
+        <w:ind w:left="345"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Annex 7 – Equipment and supplies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12EB6B5E" w14:textId="15112662" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C82A553" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="_Annex_1:_Overview"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7359F727" w14:textId="4DFA4947" w:rsidR="002B4514" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="_Annex_1:_Recruitment"/>
+      <w:bookmarkStart w:id="140" w:name="_Toc199406960"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Annex 1: </w:t>
+      </w:r>
       <w:hyperlink w:anchor="_Annex_1:_Overview" w:history="1">
-        <w:r w:rsidRPr="005C3CB1">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:i/>
-            <w:iCs/>
+            <w:b/>
+            <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
-            <w:lang w:eastAsia="en-GB"/>
-[...12 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Recruitment standards and procedures </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C3CB1">
-[...408 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>for IPSAs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="140"/>
+    </w:p>
+    <w:p w14:paraId="043AC717" w14:textId="042009BC" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF47B8B" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For the selection of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>IPSAs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the selection process must adhere to the general principles and obligations of confidentiality listed in the UNDP’s Recruitment and Selection Framework Policy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07347A90" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="034E8B7B" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Any candidate who is a government employee must disclose this relationship prior to being engaged on an IPSA. As a rule, candidates who are employed by a government or a government entity are expected to resign from said employment upon acceptance of an IPSA with UNDP. In cases where candidates continue to be employed or affiliated with a government institution or other authority external to UNDP, they must provide evidence that they have been accorded special leave without pay, or a similar status, from their employer prior to being engaged under an IPSA. Notwithstanding the disclosure, the individual engaged under an IPSA is bound by the principle of impartiality as specified in the agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F426D5C" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="126A4CE6" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...587 lines deleted...]
-          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Selection Modalities and Procedures:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB17811" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="1314CB4E" w14:textId="77777777" w:rsidR="002B4514" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AA43574" w14:textId="77777777" w:rsidR="0033245C" w:rsidRPr="00E83683" w:rsidRDefault="0033245C" w:rsidP="0033245C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The possible selection modalities and the approving authority for selection are as follows:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="362D510B" w14:textId="77777777" w:rsidR="0033245C" w:rsidRPr="00830E4F" w:rsidRDefault="0033245C" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9344" w:type="dxa"/>
+        <w:tblW w:w="8635" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1612"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4107"/>
+        <w:gridCol w:w="1735"/>
+        <w:gridCol w:w="6900"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00804AF0" w14:paraId="4B4E0988" w14:textId="77777777">
+      <w:tr w:rsidR="00CB135A" w:rsidRPr="00830E4F" w14:paraId="124D259F" w14:textId="77777777" w:rsidTr="00253843">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1735" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="144" w:type="dxa"/>
+              <w:right w:w="144" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6EDDA3EA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="6CB8CAAE" w14:textId="77777777" w:rsidR="00CB135A" w:rsidRPr="0034621F" w:rsidRDefault="00CB135A" w:rsidP="009B4300">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...8 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>IPSA</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0034621F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t>Selection modality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3625" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="144" w:type="dxa"/>
+              <w:right w:w="144" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="47E63BB2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="08445679" w14:textId="43955706" w:rsidR="00CB135A" w:rsidRPr="0034621F" w:rsidRDefault="00CB135A" w:rsidP="00253843">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="60"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0034621F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Selection by competitive process</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40B60ABE" w14:textId="53385540" w:rsidR="00CB135A" w:rsidRPr="0034621F" w:rsidRDefault="00CB135A" w:rsidP="00253843">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="60"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0034621F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Direct </w:t>
+            </w:r>
+            <w:r w:rsidR="00A042A7" w:rsidRPr="0034621F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hire </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0034621F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of a previously assessed </w:t>
+            </w:r>
+            <w:r w:rsidR="00A042A7" w:rsidRPr="0034621F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or rostered </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0034621F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>candidate</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22C6EA00" w14:textId="1ED3DB39" w:rsidR="00CB135A" w:rsidRPr="0034621F" w:rsidRDefault="00CB135A" w:rsidP="00253843">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="60"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0034621F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lateral </w:t>
+            </w:r>
+            <w:r w:rsidR="00B1031B" w:rsidRPr="0034621F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>transfer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0034621F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from another IPSA position to a similar role at the same level</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="440BC6B6" w14:textId="77777777" w:rsidR="00CB135A" w:rsidRPr="0034621F" w:rsidRDefault="00CB135A" w:rsidP="00253843">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="60"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0034621F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Direct selection of a candidate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB135A" w:rsidRPr="00830E4F" w14:paraId="7D72698F" w14:textId="77777777" w:rsidTr="00253843">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1735" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="144" w:type="dxa"/>
+              <w:right w:w="144" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B674BA6" w14:textId="77777777" w:rsidR="00CB135A" w:rsidRPr="0034621F" w:rsidRDefault="00CB135A" w:rsidP="009B4300">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...17 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>IPSA</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0034621F">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Selection decision</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0034621F">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4107" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="144" w:type="dxa"/>
+              <w:right w:w="144" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="668D06E2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="24CE1698" w14:textId="0CDB82F6" w:rsidR="00CB135A" w:rsidRPr="00253843" w:rsidRDefault="00CB135A" w:rsidP="00253843">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="360"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253843">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Head of the Business Unit for all selection modalities</w:t>
+            </w:r>
+            <w:r w:rsidR="00F3695D" w:rsidRPr="00253843">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, except</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00253843">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> direct selections</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00253843">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> (modality D. above)</w:t>
+            </w:r>
+            <w:r w:rsidR="00F3695D" w:rsidRPr="00253843">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F3695D" w:rsidRPr="00253843">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>of regular IPSAs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11457F4B" w14:textId="408DCB16" w:rsidR="00CB135A" w:rsidRPr="00253843" w:rsidRDefault="00CB135A" w:rsidP="00253843">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="360"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32310AF5" w14:textId="57C4492B" w:rsidR="00CB135A" w:rsidRPr="00253843" w:rsidRDefault="00CB135A" w:rsidP="00253843">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="360"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253843">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bureau Director for direct selections</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00253843">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> (modality D.)</w:t>
+            </w:r>
+            <w:r w:rsidR="0057278F" w:rsidRPr="00253843">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0057278F" w:rsidRPr="00253843">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>of regular IPSAs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00253843">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>, with limited delegation to Head of the Business Unit under L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00253843">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00253843">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>L2/L3 emergencies</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E7E2103" w14:textId="77777777" w:rsidR="00CB135A" w:rsidRPr="0034621F" w:rsidRDefault="00CB135A" w:rsidP="009B4300">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="0034621F">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...402 lines deleted...]
-                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="38A3CEE1" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="29487F39" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E252EFF" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A thorough verification of relevant qualifications and credentials, including thorough reference checks or annual performance reviews (APRs), must be completed in every case. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0388BF10" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="301674CC" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A. Selection by competitive process </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F4469AC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
-[...97 lines deleted...]
-    <w:p w14:paraId="62A9B2B9" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+    <w:p w14:paraId="688B817C" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="787D6E4B" w14:textId="6CCCC65E" w:rsidR="00FF5374" w:rsidRPr="00E83683" w:rsidRDefault="00FF5374" w:rsidP="00FF5374">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidRPr="21C8A264">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="660C68F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>competitive recruitment of regular</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IPSAs, the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acancy </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must be advertised based on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a budgeted and classified </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>IPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ition. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>For short-term IPSAs, applications may be solicited by other means</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3267E54E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A9D178E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>with a classified job description.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If advertised, the minimum period of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3EE56AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>advertisement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for both short-term and regular </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23EAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>PSAs is one week.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3925B618" w14:textId="77777777" w:rsidR="00FF5374" w:rsidRDefault="00FF5374" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="761D6C36" w14:textId="60C32315" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To ensure competitiveness, the shortlist must be comprised of at least two candidates, but ideally more. At least one woman should be included on the short-list. If no female candidate is included on the short-list, the hiring unit must document the efforts that have been made to identify qualified female candidates including re-advertisement. Where only one qualified candidate has </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">been identified, the hiring unit must document the efforts that have been made to identify additional candidates. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61CD3AF1" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77636B90" w14:textId="77777777" w:rsidR="00337693" w:rsidRPr="00253843" w:rsidRDefault="00337693" w:rsidP="00337693">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The selection process must include competitive, job-specific objective assessment of skills and competencies. At least one assessment method must be used; these can include, among others, panel interviews, panel desk reviews, and technical assessments. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0A041E" w14:textId="77777777" w:rsidR="00337693" w:rsidRDefault="00337693" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E105546" w14:textId="2F46DFBA" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>A. Selection by competitive process </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B. Direct </w:t>
+      </w:r>
+      <w:r w:rsidR="00D144BC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E10E6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of a previously assessed </w:t>
+      </w:r>
+      <w:r w:rsidR="00D144BC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or rostered </w:t>
+      </w:r>
+      <w:r w:rsidR="005E10E6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>candidate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A43CD8" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EBED8DA" w14:textId="577A903F" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This option allows offices to hire without a </w:t>
+      </w:r>
+      <w:r w:rsidR="00D144BC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">competitive </w:t>
+      </w:r>
+      <w:r w:rsidR="00D144BC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>process</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (“direct </w:t>
+      </w:r>
+      <w:r w:rsidR="00D144BC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>hire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>”):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A91E762" w14:textId="6F24D99C" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="55"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Previous IPSA </w:t>
+      </w:r>
+      <w:r w:rsidR="009E4AF1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or international Partner PSA (PPSA) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">holders </w:t>
+      </w:r>
+      <w:r w:rsidR="004E2844">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at the same level or higher than the position to be filled </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>with successful performance;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D62EF56" w14:textId="1441D54B" w:rsidR="004E2844" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="55"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Candidates who have been assessed through a competitive process for an IPSA (not PPSA) of the same job function and level, and recommended for the position, but not selected in a previous recruitment process completed within the previous 36 months</w:t>
+      </w:r>
+      <w:r w:rsidR="004E2844">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="737D5389" w14:textId="3CA049EE" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="006273CF" w:rsidP="002B4514">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="55"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Candidates included in a roster recognized by UNDP at the same level or higher than the position to be filled.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B4514" w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108ED5A2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="29FAAA2E" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="105F607C" w14:textId="15764780" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direct </w:t>
+      </w:r>
+      <w:r w:rsidR="006273CF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>hire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may only be used </w:t>
+      </w:r>
+      <w:r w:rsidR="00F65E65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the same contract modality, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with two or fewer </w:t>
+      </w:r>
+      <w:r w:rsidR="00F65E65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">significant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>changes to the stated functions</w:t>
+      </w:r>
+      <w:r w:rsidR="003B5B78">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and level of accountability and responsibility of the previously encumbered or rostered post</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  This means, in particular, that a previous NPSA holder/recommended candidate cannot be directly recruited to an IPSA position, and vice versa. Moreover, a previous short-term IPSA holder/recommended candidate may not be directly recruited to a regular IPSA position, although a previous regular IPSA holder/recommended candidate may be directly selected for a short-term IPSA position. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36052A3F" w14:textId="77777777" w:rsidR="002B4514" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B5E3722" w14:textId="50C4AA4D" w:rsidR="00F571FA" w:rsidRPr="001930EA" w:rsidRDefault="00F571FA" w:rsidP="00F571FA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001930EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNDP business units may also use a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001930EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>roster of pre–assessed candidates</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which is officially recognized by UNDP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001930EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For short-term </w:t>
+      </w:r>
+      <w:r w:rsidR="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001930EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>PSA,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they may also use</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="782F0F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Individual Consultant (IC)/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="60678951">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Global Policy Network rosters. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2487C287" w14:textId="77777777" w:rsidR="00F571FA" w:rsidRPr="00830E4F" w:rsidRDefault="00F571FA" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F328B60" w14:textId="75A1C733" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hiring managers should interview the individual to ascertain that the individual is interested in the position and to reconfirm their suitability. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The recommendation and the criteria must be documented. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direct </w:t>
+      </w:r>
+      <w:r w:rsidR="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>hire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is subject to approval of the Head of the Business Unit.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="4472C4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-    </w:p>
-[...69 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5119CF92" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="663CEAE1" w14:textId="5A63D73A" w:rsidR="002B4514" w:rsidRPr="00253843" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C. Lateral </w:t>
+      </w:r>
+      <w:r w:rsidR="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>transfer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from another IPSA position</w:t>
+      </w:r>
+      <w:r w:rsidR="009E1BE2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E1BE2" w:rsidRPr="00601CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to a similar role at the same level</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A0BA795" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C28E3E8" w14:textId="3DDC9374" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A hiring unit may also transfer an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>IPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> holder from one project or position to another with </w:t>
+      </w:r>
+      <w:r w:rsidR="00D827F2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>similar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> functions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the same band/level and remuneration, without a new competitive process, provided that the candidate has a satisfactory performance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> record</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In such instances a new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>IPSA contract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be issued.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07BC20E3" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="574663A1" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4268F60C" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">candidate has been identified, the Hiring Unit must document the efforts that have been made to identify additional candidates, and secure approval from the BMS/OHR Business Partner before proceeding further. </w:t>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve">D. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>Direct selection</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">previously </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>assessed candidate</w:t>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>of a candidate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB40D0A" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49651AF0" w14:textId="77777777" w:rsidR="002B4514" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>The UNDP Administrator, Associate Administrator or their delegates (Bureau and Independent Office Directors and Deputies, UNV or UNCDF Executive Coordinator, and UNOSSC Director) may hire a candidate on any IPSA position directly. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1056BD25" w14:textId="77777777" w:rsidR="005771A2" w:rsidRDefault="005771A2" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F076BBF" w14:textId="0E4A1501" w:rsidR="005771A2" w:rsidRPr="00830E4F" w:rsidRDefault="005771A2" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005771A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In duty stations presently designated as </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0AE0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>L1/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005771A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L2/L3 emergencies, the Head of the Business Unit (RRs in </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0571">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005771A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ountry </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0571">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005771A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ffices) may select individuals directly and contract them under a </w:t>
+      </w:r>
+      <w:r w:rsidR="001D6754">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">short-term or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005771A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">regular IPSA, up to the maximum as designated separately, and with the total duration </w:t>
+      </w:r>
+      <w:r w:rsidR="00181602">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of assignment (including contract extensions) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005771A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>not to exceed two years, provided the candidate meets the requirements of the position.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46C74F04" w14:textId="77777777" w:rsidR="002B4514" w:rsidRPr="00830E4F" w:rsidRDefault="002B4514" w:rsidP="002B4514">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830E4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1293A149" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
-[...279 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1A8188F4" w14:textId="15C83B87" w:rsidR="00221CA4" w:rsidRDefault="00221CA4" w:rsidP="002B4514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43F4EB74" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...225 lines deleted...]
-      <w:r>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25F9A7DF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DC922AB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...112 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="_Annex_2:_Overview_of_IPSA_benefits"/>
+      <w:bookmarkStart w:id="142" w:name="_Annex_3:_Overview_of_IPSA_benefits"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...56 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4843B9E3" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...435 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+      <w:bookmarkStart w:id="143" w:name="_Annex_2:_Overview"/>
+      <w:bookmarkStart w:id="144" w:name="_Toc163827533"/>
+      <w:bookmarkStart w:id="145" w:name="_Toc199406961"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Annex 2: Overview of IPSA benefits</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="144"/>
+      <w:bookmarkEnd w:id="145"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...434 lines deleted...]
-          <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-[...20 lines deleted...]
-      </w:r>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:p w14:paraId="693F030B" w14:textId="7CF46B01" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7789" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2764"/>
         <w:gridCol w:w="2615"/>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
       <w:tr w:rsidR="00804AF0" w14:paraId="3000E462" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
@@ -25518,71 +27210,71 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Regular</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7117901F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="7117901F" w14:textId="47BA1154" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Retainer/Short-term</w:t>
+              <w:t>Short-term</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00804AF0" w14:paraId="1BF4B8BF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D464577" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -25595,115 +27287,142 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Annual Increment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BE3B31B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="08B1DCF6" w14:textId="4837A90B" w:rsidR="00CA7F1D" w:rsidRPr="00CA7F1D" w:rsidRDefault="00F740D9" w:rsidP="00CA7F1D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>No</w:t>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA7F1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA7F1D" w:rsidRPr="00CA7F1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>(3%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BE3B31B" w14:textId="2A767BA5" w:rsidR="00804AF0" w:rsidRDefault="00CA7F1D" w:rsidP="00CA7F1D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>(Ceiling is band maximum)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="695AFA95" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="624C15FF" w14:textId="2AB44603" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00D27718">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00804AF0" w14:paraId="7AE534DF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16603A73" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
@@ -25715,115 +27434,103 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Pension Fund (in lieu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04AF1710" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="04AF1710" w14:textId="60EEA08D" w:rsidR="00804AF0" w:rsidRDefault="00F740D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>No</w:t>
+              <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C1466A7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="45B2E418" w14:textId="6E1C8ADF" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00D27718">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00804AF0" w14:paraId="0FF43DE1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="462A4C24" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
@@ -25835,115 +27542,121 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Medical Insurance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FB7E81A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="5FB7E81A" w14:textId="2F1F418F" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>No (partly subsidized)</w:t>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r w:rsidR="00D27718">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> (partly subsidized)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D502448" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="768CBB24" w14:textId="242552FE" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00D27718">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00804AF0" w14:paraId="11F2B6A3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27F6A680" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
@@ -25988,82 +27701,70 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05017462" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="23DA8A27" w14:textId="32CE9AEA" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00D27718">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00804AF0" w14:paraId="0DA13F89" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27555519" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
@@ -26108,202 +27809,394 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E582028" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="05D669B0" w14:textId="64978699" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00D27718">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00804AF0" w14:paraId="0109DB41" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E0F1FE4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="7E0F1FE4" w14:textId="1A167BB4" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>GLI, D&amp;D</w:t>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE1EDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eneral </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE1EDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iability </w:t>
+            </w:r>
+            <w:r w:rsidR="00C45782">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Insurance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="254765B7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="254765B7" w14:textId="6B94556C" w:rsidR="00804AF0" w:rsidRDefault="00E478DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Yes</w:t>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r w:rsidR="00D27718">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F15E8EF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="4695EF4B" w14:textId="5C2F857F" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00D27718">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4695EF4B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E478DE" w14:paraId="6A93EB95" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="680"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3659C515" w14:textId="29146103" w:rsidR="00E478DE" w:rsidRDefault="00E478DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45782">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eath </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45782">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45782">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>isability Insurance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CEA7FAF" w14:textId="6DEFE1F5" w:rsidR="00E478DE" w:rsidRDefault="00E478DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B313A3C" w14:textId="2DC30A25" w:rsidR="00E478DE" w:rsidRDefault="00E478DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00804AF0" w14:paraId="11F030F4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="722CF945" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
@@ -26348,202 +28241,178 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="055C0180" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="35B23D8E" w14:textId="0151D3A5" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00D27718">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00804AF0" w14:paraId="0ABE0BCE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4692B53D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="4692B53D" w14:textId="3B31213B" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>UN Holidays/Weekends</w:t>
+              <w:t>UN Holidays</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="053FD2A2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C8052C9" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="61F4E33A" w14:textId="63F89893" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00D27718">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00804AF0" w14:paraId="22C3555D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37D7883F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
@@ -26555,115 +28424,157 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Sick Leave</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6292AB62" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="6292AB62" w14:textId="74CA3AC6" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Yes (&gt;6m), 2 d/m, plus 7/year uncertified</w:t>
+              <w:t xml:space="preserve">Yes, 2 </w:t>
+            </w:r>
+            <w:r w:rsidR="00557E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>d/m</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D27718">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">including </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00485ED8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> uncertified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/year </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FC5A7EB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="4CC7A9A1" w14:textId="6B990D8C" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00D27718">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00804AF0" w14:paraId="0834235E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AAE9C63" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
@@ -26675,190 +28586,189 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Annual Leave</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57B2665E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="57B2665E" w14:textId="29B09223" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Yes (&gt;6m), max 2.5 d/m</w:t>
+              <w:t>Yes, 2.5 d/m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="720E0D45" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="20200A34" w14:textId="4B7C0A52" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00EB3150">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00804AF0" w14:paraId="5FCA3433" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="533D82A5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="533D82A5" w14:textId="70A4D489" w:rsidR="00804AF0" w:rsidRPr="00253843" w:rsidRDefault="001F678B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...1 lines deleted...]
-              <w:t>Maternity</w:t>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:t>Parental Leave (birth parent)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79C9E84D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Yes, 16 wks</w:t>
-            </w:r>
+              <w:t>Yes, 16 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>wks</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51E1D58C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -26866,107 +28776,140 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00804AF0" w14:paraId="03573754" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B416849" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="6B416849" w14:textId="7E7A896C" w:rsidR="00804AF0" w:rsidRPr="00253843" w:rsidRDefault="001F678B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...1 lines deleted...]
-              <w:t>Paternity</w:t>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Parental Leave </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:t>(non-birth parent)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="474A979A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+          <w:p w14:paraId="474A979A" w14:textId="3DF6E59A" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Yes , 4 wks</w:t>
-            </w:r>
+              <w:t>Yes, 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>wks</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13A6DC1E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -27089,247 +29032,238 @@
           </w:tcPr>
           <w:p w14:paraId="02E4E0F4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="29E0F30F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
-[...10 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="29E0F30F" w14:textId="2785184F" w:rsidR="00804AF0" w:rsidRDefault="00801C63" w:rsidP="00253843">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidR="0088360F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>These insurances may be provided in the future, once a corporate arrangement is established with a provider</w:t>
+      </w:r>
+      <w:r w:rsidR="0088360F" w:rsidRPr="00EB111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0098656B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="009A47D6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35D951AE" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D1F41C5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="111" w:name="_Annex_3:_Definition"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="111"/>
+      <w:bookmarkStart w:id="146" w:name="_Annex_3:_Definition"/>
+      <w:bookmarkStart w:id="147" w:name="_Annex_4:_Definition_of_functions_of_inh"/>
+      <w:bookmarkStart w:id="148" w:name="_Annex_3:_Definition_of_functions_of_inh"/>
+      <w:bookmarkEnd w:id="146"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632B204B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="632B204B" w14:textId="50EA38FA" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="114" w:name="_Annex_3:_Definition_1"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="114"/>
+      <w:bookmarkStart w:id="149" w:name="_Annex_3:_Definition_1"/>
+      <w:bookmarkStart w:id="150" w:name="_Toc163827534"/>
+      <w:bookmarkStart w:id="151" w:name="_Toc199406962"/>
+      <w:bookmarkEnd w:id="149"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Annex 3: Definition of functions of inherent and continuous nature</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="115"/>
+        <w:t>Annex 3: Definition of functions of inherent nature</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="150"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="113"/>
+      <w:bookmarkEnd w:id="151"/>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p w14:paraId="0882D5A9" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E4B63E7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
-[...33 lines deleted...]
-    <w:p w14:paraId="4D444E8A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+    <w:p w14:paraId="5085D1C2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="152" w:name="_Hlk56975668"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Activities of an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>inherent nature </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -27340,80 +29274,71 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="38CCE036" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26C23E34" w14:textId="12FE37AD" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="26C23E34" w14:textId="23561C88" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a. </w:t>
-      </w:r>
-[...7 lines deleted...]
-        <w:tab/>
       </w:r>
       <w:r w:rsidR="00D46637">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Binding UNDP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> to take </w:t>
       </w:r>
       <w:r w:rsidR="00D46637">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -27485,71 +29410,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D66AC63" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Significantly affecting the safety and security or property of </w:t>
-[...19 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>Significantly affecting the safety and security or property of persons;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56F01F5D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54F024FA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
@@ -27602,964 +29507,680 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Establishing policies or procedures for the collection, control, or disbursement of funds; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="207C4CA0" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B94683F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="5B94683F" w14:textId="2607D75B" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Acting as internal control custodian of the organization. The list below contains an example of such functions that must be held by staff, as specified in UNDP’s internal control framework: </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="677015B9" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t xml:space="preserve">Acting as internal control custodian of the organization. </w:t>
+      </w:r>
+      <w:r w:rsidR="0072084F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">More specifically, </w:t>
+      </w:r>
+      <w:r w:rsidR="00981158">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specific </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>functions that must be held by staff</w:t>
+      </w:r>
+      <w:r w:rsidR="00981158">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specified in </w:t>
+      </w:r>
+      <w:r w:rsidR="00703AE6" w:rsidRPr="00703AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Operational Guide of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNDP </w:t>
+      </w:r>
+      <w:r w:rsidR="00703AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nternal </w:t>
+      </w:r>
+      <w:r w:rsidR="00703AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontrol </w:t>
+      </w:r>
+      <w:r w:rsidR="00703AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ramework</w:t>
+      </w:r>
+      <w:r w:rsidR="00703AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18CBF385" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0" w:rsidP="00253843">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6349E7AB" w14:textId="28073CF3" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="720"/>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>As such, administering or managing a selection process in accordance with the UNDP standard policies and established processes is not considered an “inherent function”. However, deciding what rules to put into the corporate manuals and policies or making exceptions to such policies, in the interests of the UN is an “inherent function”</w:t>
+      </w:r>
+      <w:r w:rsidR="00703AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51FE3611" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="2549675C" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="1800"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="206D1E8B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050E55EF" w14:textId="3B7BE013" w:rsidR="00804AF0" w:rsidRDefault="009A47D6" w:rsidP="00253843">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="1800"/>
-[...211 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Representing the organization, such as negotiating and deciding with governments or external partners, or deciding on which business line to focus, is considered an “inherent function”. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>When in doubt, BMS/OHR shall consult with BMS/OFM to determine what is considered an inherent function.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="152"/>
+    </w:p>
+    <w:p w14:paraId="12037710" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="153" w:name="_Annex_4:_IPSA"/>
+      <w:bookmarkStart w:id="154" w:name="_Annex_5:_IPSA_Pay_Ranges_and_Identifyin"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29FB4DFF" w14:textId="52B759E3" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="155" w:name="_Annex_4:_IPSA_1"/>
+      <w:bookmarkStart w:id="156" w:name="_Toc163827535"/>
+      <w:bookmarkStart w:id="157" w:name="_Toc199406963"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Annex 4: IPSA </w:t>
+      </w:r>
+      <w:r w:rsidR="00292140">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ay </w:t>
+      </w:r>
+      <w:r w:rsidR="00292140">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anges and </w:t>
+      </w:r>
+      <w:r w:rsidR="00292140">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>dentifying the right level</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="156"/>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C0EFEE7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
-[...80 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:p w14:paraId="28EBF76B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F7F9E28" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Definition of functions of a continuous nature:</w:t>
+        <w:t>Identifying the right level as per functions:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B9A158" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
-[...42 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="5DE36003" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76E73A1D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...126 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>IB1 (P1-P2):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> Basic knowledge, more theoretical than practical and less managerial capacity, basic analysis; capacity to apply unpaid concepts. Basic professional competence, expectations to grow the individual from conceptual understanding to applied knowledge.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FAD6160" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="597D56A5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>IB2 (P3-P4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> Solid understanding of the technicality of the position requirements; initiating new understandings and application of knowledge into policies or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>programmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> in a specific subject area or field of work. This may range from solid professional (theory and practice) who anchors a substantive team to a specialist who is recognized for conceptual applied mastery, innovates new approaches, can work with specialized substantive teams.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3871EFAD" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0604A3BB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...296 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IB3 (P5- D1/P6 Expert Roles):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t> Integration of substantive specialization to provide a comprehensive platform for service; delivery of world-renowned expertise recognized by the peer community; expanding and extending capacities and services into new fields. Advanced programme renowned expert, integrates substantive specializations, devises ground-breaking initiatives.</w:t>
+        <w:t> Integration of substantive specialization to provide a comprehensive platform for service; delivery of world-renowned expertise recognized by the peer community; expanding and extending capacities and services into new fields. Advanced </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> renowned expert, integrates substantive specializations, devises ground-breaking initiatives.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B09F547" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48139569" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
@@ -30008,133 +31629,107 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1D47B90F" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63932873" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
-[...36 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1F839FDE" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1798C431" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="1798C431" w14:textId="219D3105" w:rsidR="00804AF0" w:rsidRDefault="003279D4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Retainer IPSAs:</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Short-term</w:t>
+      </w:r>
+      <w:r w:rsidR="009A47D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> IPSAs:</w:t>
+      </w:r>
+      <w:r w:rsidR="009A47D6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AAB5CA6" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B0E25C4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
@@ -30156,101 +31751,90 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="68CBCBC2" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D54BF8B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Daily-based</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Daily-based pay</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>: The monthly remuneration divided by 21.75 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6745312D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pay</w:t>
-[...29 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Hourly-based pay:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> The daily remuneration divided by 8 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="647C8AF3" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -30314,227 +31898,240 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20769BBC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="121" w:name="_Annex_5:_Performance"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="121"/>
+      <w:bookmarkStart w:id="158" w:name="_Annex_5:_Performance"/>
+      <w:bookmarkStart w:id="159" w:name="_Annex_6:_Performance_Evaluation"/>
+      <w:bookmarkEnd w:id="158"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="01413CDD" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="123" w:name="_Annex_5:_Performance_1"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="123"/>
+      <w:bookmarkStart w:id="160" w:name="_Annex_5:_Performance_1"/>
+      <w:bookmarkStart w:id="161" w:name="_Toc163827536"/>
+      <w:bookmarkStart w:id="162" w:name="_Toc199406964"/>
+      <w:bookmarkEnd w:id="160"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Annex 5: Performance Evaluation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="124"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="122"/>
+      <w:bookmarkEnd w:id="161"/>
+      <w:bookmarkEnd w:id="162"/>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
     <w:p w14:paraId="3EC89B4A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30FA37C8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Short-Term IPSA: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A3AC70E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="0A3AC70E" w14:textId="5DAA88BF" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For short-term IPSAs, only section I </w:t>
       </w:r>
-      <w:bookmarkStart w:id="125" w:name="_Hlk134625183"/>
+      <w:bookmarkStart w:id="163" w:name="_Hlk134625183"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">of the </w:t>
       </w:r>
-      <w:bookmarkStart w:id="126" w:name="_Hlk134629149"/>
-      <w:r>
+      <w:bookmarkStart w:id="164" w:name="_Hlk134629149"/>
+      <w:r w:rsidRPr="0007293A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0007293A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://popp.undp.org/node/726" </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0007293A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0007293A">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA Annual Performance Review template</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0007293A">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>needs to be completed. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="125"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="126"/>
+      <w:bookmarkEnd w:id="163"/>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
     <w:p w14:paraId="0BF31DEF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08D015FF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -30549,154 +32146,155 @@
         </w:rPr>
         <w:t>Regular IPSA:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E885A5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="405BD2A6" w14:textId="438347E4" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="405BD2A6" w14:textId="0D128118" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For regular IPSAs, the evaluation must be completed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">using the online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="0007293A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>PMD platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>f the platform is not available, the supervisor can use the form below. Please note that the entire evaluation form needs to be completed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DACFDA1" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108ABC5E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="108ABC5E" w14:textId="0A1A11AA" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>IPSA Annual Performance review</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> must be completed by the supervisor in line with the regular performance management cycles as set out by the administration, and applying the same cycle consistently across all personnel (calendar year). The simplified performance management process is initiated at the start of the year with clearly set goals to achieve as per the work plan of the unit and the individual, as well as learning and development plans of the individual, and agreed on by the supervisor. The performance assessment is conducted within the regular set schedule at the start of the following year and conducted against the set goals. The assessment by the supervisor is completed after: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35692270" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
@@ -30795,82 +32393,83 @@
         <w:t xml:space="preserve"> a Performance review session with the individual IPSA holder with a view to discuss performance during the reporting period. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7442326B" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A952B22" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="2A952B22" w14:textId="7D5350BA" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The performance assessment must include details regarding performance during the review period, as applicable, any mention of service provided above or below expected standards or in addition to those activities established in the TOR. If the PMD platform is not available, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="0007293A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>IPSA Annual Performance Review template</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be used for evaluating regular IPSAs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37A48AE6" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -30879,97 +32478,99 @@
     </w:p>
     <w:p w14:paraId="3E716156" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EAFFA88" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="127" w:name="_Annex_6:_To"/>
-      <w:bookmarkEnd w:id="127"/>
+      <w:bookmarkStart w:id="165" w:name="_Annex_6:_To"/>
+      <w:bookmarkEnd w:id="165"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="602B0886" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="128" w:name="_Annex_6:_To_1"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="128"/>
+      <w:bookmarkStart w:id="166" w:name="_Annex_6:_To_1"/>
+      <w:bookmarkStart w:id="167" w:name="_Toc163827537"/>
+      <w:bookmarkStart w:id="168" w:name="_Toc199406965"/>
+      <w:bookmarkEnd w:id="166"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Annex 6: To be included in IPSA file, where applicable – Checklist</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="129"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:bookmarkEnd w:id="168"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DF2E3B4" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -31009,1185 +32610,995 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Evidence of approved budget  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="039F37A1" w14:textId="4D0EECB3" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="039F37A1" w14:textId="20A8E6EC" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="00DF01B9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...3 lines deleted...]
-        <w:r>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="009A47D6" w:rsidRPr="0007293A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="en-GB"/>
+          </w:rPr>
+          <w:t>Terms of Reference</w:t>
+        </w:r>
+        <w:r w:rsidR="009A47D6" w:rsidRPr="00DF01B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t>Terms of Reference  </w:t>
+          <w:t>  </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0E25D902" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Certification of appropriateness of functions for use of an IPSA  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D02DA12" w14:textId="77A3C6AB" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="5D02DA12" w14:textId="12332FDF" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="00DF01B9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...3 lines deleted...]
-        <w:r>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="009A47D6" w:rsidRPr="0007293A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="en-GB"/>
+          </w:rPr>
+          <w:t>Confirmation of remuneration level (</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidR="009A47D6" w:rsidRPr="0007293A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="en-GB"/>
+          </w:rPr>
+          <w:t>e.g.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidR="009A47D6" w:rsidRPr="0007293A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="en-GB"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> costing sheet)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="009A47D6" w:rsidRPr="00DF01B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5174D528" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Minutes of the Ad-hoc panel with relevant supporting engagement documents  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A223999" w14:textId="79FAA5C6" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="00DF01B9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="009A47D6" w:rsidRPr="0007293A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="en-GB"/>
+          </w:rPr>
+          <w:t>Reference check report</w:t>
+        </w:r>
+        <w:r w:rsidR="009A47D6" w:rsidRPr="00DF01B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t>Confirmation of remuneration level (e.g. costing sheet)</w:t>
+          <w:t>  </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="5174D528" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    </w:p>
+    <w:p w14:paraId="5E0862CB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Minutes of the Ad-hoc panel with relevant supporting engagement documents  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0A223999" w14:textId="5E9F04F4" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t>Letter of IPSA offer – signed by the individual  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C2F924" w14:textId="3C6C0B07" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="00DF01B9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...3 lines deleted...]
-        <w:r>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidR="009A47D6" w:rsidRPr="0007293A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="en-GB"/>
+          </w:rPr>
+          <w:t>Medical certification from recognized Physician</w:t>
+        </w:r>
+        <w:r w:rsidR="009A47D6" w:rsidRPr="00DF01B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t>Reference check report  </w:t>
+          <w:t>  </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E0862CB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="0CDC8311" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Letter of IPSA offer – signed by the individual  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="02C2F924" w14:textId="6F21669A" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t>Copies of professional qualifications in line with IPSA level  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="029CE45F" w14:textId="66DB6DD1" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="00DF01B9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...3 lines deleted...]
-        <w:r>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidR="009A47D6" w:rsidRPr="0007293A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="en-GB"/>
+          </w:rPr>
+          <w:t>Signed IPSA form with acknowledgement of conditions of service</w:t>
+        </w:r>
+        <w:r w:rsidR="009A47D6" w:rsidRPr="00DF01B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t>Medical certification from recognized Physician  </w:t>
+          <w:t>  </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CDC8311" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="57F1B5AA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Copies of professional qualifications in line with IPSA level  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="029CE45F" w14:textId="7F8BC10F" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t>Proof of medical coverage  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED32F4D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Application for CIGNA medical coverage  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36CA802E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Application for Death and Disability coverage  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11A42B12" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Signed acknowledgement that IPSA holder has received all documents and information related to social security and MAIP coverage  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62151A84" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Amendments/Extensions to IPSA-with signed acceptance  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA73702" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Birth Certificate of IPSA holder and designated beneficiary  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF627A2" w14:textId="22588B54" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="00DF01B9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidR="009A47D6" w:rsidRPr="0007293A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="en-GB"/>
+          </w:rPr>
+          <w:t>Bank details authorization for direct deposit of remuneration (or vendor form)</w:t>
+        </w:r>
+        <w:r w:rsidR="009A47D6" w:rsidRPr="00DF01B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t>Signed IPSA form with acknowledgement of conditions of service  </w:t>
+          <w:t> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="57F1B5AA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+    <w:p w14:paraId="315B5EE0" w14:textId="406D9DA9" w:rsidR="00804AF0" w:rsidRDefault="00DF01B9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidR="009A47D6" w:rsidRPr="0007293A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="en-GB"/>
+          </w:rPr>
+          <w:t>Service Evaluation</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="009A47D6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Proof of medical coverage  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6ED32F4D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t>/IPSA Extension Form  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="195375DE" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Application for CIGNA medical coverage  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="36CA802E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+        <w:t>Minutes of the selection, where applicable  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31DD8BDC" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Application for Death and Disability coverage  </w:t>
-[...201 lines deleted...]
-        </w:rPr>
         <w:t>Termination notification, where applicable</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B4B31F8" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EC8AFAA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6407EBEA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="130" w:name="_Annex_7_–"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="130"/>
+      <w:bookmarkStart w:id="169" w:name="_Annex_7_–"/>
+      <w:bookmarkStart w:id="170" w:name="OLE_LINK4"/>
+      <w:bookmarkEnd w:id="169"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EF26413" w14:textId="5B9C779D" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="132" w:name="_Annex_7_:"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="132"/>
+      <w:bookmarkStart w:id="171" w:name="_Annex_7_:"/>
+      <w:bookmarkStart w:id="172" w:name="_Toc163827538"/>
+      <w:bookmarkStart w:id="173" w:name="_Toc199406966"/>
+      <w:bookmarkEnd w:id="171"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Annex 7: Equipment &amp; Supplies</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="133"/>
+      <w:bookmarkEnd w:id="172"/>
+      <w:bookmarkEnd w:id="173"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p w14:paraId="53F5EE3D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CC182FD" w14:textId="17CA0228" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
-[...17 lines deleted...]
-        <w:t>Any equipment or supplies that may be furnished by UNDP to the IPSA holder for the performance of the IPSA holder’s obligations  under  the  IPSA remains the property of  UNDP,  and  any  such equipment or supplies must be returned to UNDP at the conclusion of the IPSA or before if no longer needed by the IPSA holder. Such equipment, when returned to UNDP, must be in the same condition as when delivered to the IPSA holder, subject to normal wear and tear, and the IPSA holder will be liable to compensate UNDP for any damage or degradation of the equipment that is beyond normal wear and tear.   </w:t>
+    <w:p w14:paraId="1CC182FD" w14:textId="3ABF217C" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Any equipment or supplies that may be furnished by UNDP to the IPSA holder for the performance of the IPSA holder’s obligations under the IPSA remains the property of UNDP, and any such equipment or supplies must be returned to UNDP at the conclusion of the IPSA or before if no longer needed by the IPSA holder. Such equipment, when returned to UNDP, must be in the same condition as when delivered to the IPSA holder, subject to normal wear and tear, and the IPSA holder will be liable to compensate UNDP for any damage or degradation of the equipment that is beyond normal wear and tear.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46CADBCE" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F5F5B01" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38332827" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
-[...282 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="6D2710AE" w14:textId="77777777" w:rsidR="00A470CA" w:rsidRPr="00253843" w:rsidRDefault="00A470CA" w:rsidP="00253843">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="174" w:name="_Annex_8_:"/>
+      <w:bookmarkEnd w:id="174"/>
     </w:p>
     <w:p w14:paraId="0CC26A5E" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19775584" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="121879BB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0"/>
-    <w:sectPr w:rsidR="00804AF0">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId30"/>
+    <w:sectPr w:rsidR="00804AF0" w:rsidSect="00DF01B9">
+      <w:headerReference w:type="default" r:id="rId31"/>
+      <w:footerReference w:type="default" r:id="rId32"/>
+      <w:headerReference w:type="first" r:id="rId33"/>
+      <w:footerReference w:type="first" r:id="rId34"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1080" w:right="1800" w:bottom="90" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1080" w:right="1800" w:bottom="1170" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C9DF891" w14:textId="77777777" w:rsidR="00E86A18" w:rsidRDefault="00E86A18">
+    <w:p w14:paraId="5870FB16" w14:textId="77777777" w:rsidR="0023648D" w:rsidRDefault="0023648D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25ABD973" w14:textId="77777777" w:rsidR="00E86A18" w:rsidRDefault="00E86A18">
+    <w:p w14:paraId="77055C8C" w14:textId="77777777" w:rsidR="0023648D" w:rsidRDefault="0023648D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-  </w:endnote>
-[...1 lines deleted...]
-    <w:p w14:paraId="44D9F203" w14:textId="77777777" w:rsidR="00E86A18" w:rsidRDefault="00E86A18"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
+    <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
-    <w:altName w:val="Arial"/>
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="49CCCE4B" w14:textId="50563CA0" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="49CCCE4B" w14:textId="79925C58" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -32265,75 +33676,99 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
-      <w:t>Effective Date: 15/01/2023</w:t>
+      <w:t xml:space="preserve">Effective Date: </w:t>
+    </w:r>
+    <w:r w:rsidR="0087483E">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>01</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>/01/202</w:t>
+    </w:r>
+    <w:r w:rsidR="0087483E">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Version #: </w:t>
     </w:r>
-    <w:r w:rsidR="007B6FA2">
+    <w:r w:rsidR="002F06FD">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3F5D725D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7EF93A84" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
@@ -32438,212 +33873,238 @@
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t>Effective Date: 15/01/2023</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t>Version #: 3</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B13E0BD" w14:textId="77777777" w:rsidR="00E86A18" w:rsidRDefault="00E86A18">
+    <w:p w14:paraId="3C2243D0" w14:textId="77777777" w:rsidR="0023648D" w:rsidRDefault="0023648D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="664428E6" w14:textId="77777777" w:rsidR="00E86A18" w:rsidRDefault="00E86A18">
+    <w:p w14:paraId="001385AA" w14:textId="77777777" w:rsidR="0023648D" w:rsidRDefault="0023648D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7C03A84F" w14:textId="77777777" w:rsidR="00E86A18" w:rsidRDefault="00E86A18"/>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="182C6467" w14:textId="3F96C76E" w:rsidR="00FD2F4F" w:rsidRPr="00253843" w:rsidRDefault="00FD2F4F">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00487E87" w:rsidRPr="00253843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>For the purposes of this policy, these are support-type activities and services, such as — but not limited to —archives; book shop/gift shop; building maintenance; cleaning services; food services/catering; ground/garden maintenance; interpretation; information systems/information technology; mail/pouch; medical services; printing/publishing; recruitment; security; staff counselling/outplacement; training; translation; travel service; transportation; warehousing; and other, similar tasks, as defined in the Report of the Secretary-General on Outsourcing Practices (A/53/818).</w:t>
+      </w:r>
+    </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="2619A270" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3420"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="3DB2D01F" wp14:editId="0FE70E0E">
           <wp:extent cx="304800" cy="594360"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="1" name="Picture 2"/>
+          <wp:docPr id="1661619542" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Picture 2"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="15446"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="304800" cy="594360"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="40795BB5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="5D801DC7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="2E12EBEE" wp14:editId="26F1CFD2">
           <wp:extent cx="304800" cy="702945"/>
           <wp:effectExtent l="0" t="0" r="0" b="13335"/>
-          <wp:docPr id="2" name="Picture 3"/>
+          <wp:docPr id="1661619543" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="Picture 3"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="304800" cy="702945"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="1703312A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="89766EC2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="89766EC2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -32687,50 +34148,136 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="8E344F3E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8E344F3E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="91510D88"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="91510D88"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -32799,51 +34346,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="9B078187"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9B078187"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -32912,51 +34459,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="9B5F61D0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9B5F61D0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -32998,51 +34545,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="A2079BE7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A2079BE7"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -33111,68 +34658,178 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="B13FBDF9"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B13FBDF9"/>
+    <w:tmpl w:val="35067E84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="B1D586E1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B1D586E1"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -33224,54 +34881,140 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="B1D586E1"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="B74F0FB0"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B1D586E1"/>
+    <w:tmpl w:val="B74F0FB0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="B9E5B884"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B9E5B884"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -33337,68 +35080,371 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="B9E5B884"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="C6971E4A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B9E5B884"/>
+    <w:tmpl w:val="01B87068"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="DBE7F6E3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DBE7F6E3"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="E2076940"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="20E44EEE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="E34515B6"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E34515B6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="425" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="EE4BBD97"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EE4BBD97"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -33450,54 +35496,54 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="C6971E4A"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="EFE4E8CA"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C6971E4A"/>
+    <w:tmpl w:val="EFE4E8CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -33563,963 +35609,54 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="DBE7F6E3"/>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0024FB10"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="DBE7F6E3"/>
-[...908 lines deleted...]
-    <w:tmpl w:val="17CF0A17"/>
+    <w:tmpl w:val="0024FB10"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -34563,54 +35700,54 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1A350F45"/>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="008D5A05"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1A350F45"/>
+    <w:tmpl w:val="008D5A05"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -34676,151 +35813,553 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="218FBECA"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="013B7331"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="218FBECA"/>
-[...85 lines deleted...]
-    <w:tmpl w:val="22BB39E7"/>
+    <w:tmpl w:val="7F3223D0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="038B6EFA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="038B6EFA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04887C08"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5A3578EA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="074770D6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="074770D6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09594559"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FDE49F54"/>
+    <w:lvl w:ilvl="0" w:tplc="D08E6624">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="104D7C11"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="104D7C11"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -34875,766 +36414,167 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="24F34A1D"/>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="120617ED"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="24F34A1D"/>
+    <w:tmpl w:val="120617ED"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
-      <w:lvlJc w:val="right"/>
-[...7 lines deleted...]
-      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...360 lines deleted...]
-      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%4."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%7."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="30D772B1"/>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17CF0A17"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="30D772B1"/>
-[...227 lines deleted...]
-    <w:tmpl w:val="339938FF"/>
+    <w:tmpl w:val="17CF0A17"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -35678,191 +36618,301 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3618660A"/>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A350F45"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3618660A"/>
-[...112 lines deleted...]
-    <w:tmpl w:val="45516815"/>
+    <w:tmpl w:val="1A350F45"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C7861DC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="35067E84"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="218FBECA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="218FBECA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
@@ -35877,242 +36927,1884 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
-[...172 lines deleted...]
-    <w:nsid w:val="548C96B2"/>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21D4797B"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="548C96B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21D92F72"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="35067E84"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22BB39E7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="22BB39E7"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24F34A1D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="24F34A1D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="267334BF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="267334BF"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26F41043"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="26F41043"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27425858"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="27425858"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27F60F06"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="27F60F06"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30D772B1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="30D772B1"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32C14932"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="32C14932"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="BulletedList"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="339938FF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="339938FF"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3618660A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3618660A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40437C8B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="40437C8B"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45516815"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="45516815"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48CD1D41"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="35067E84"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49B8683E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="49B8683E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B455C7E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5A3578EA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CD88648"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4CD88648"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50A17982"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E96EE8B8"/>
+    <w:lvl w:ilvl="0" w:tplc="FB686428">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="548C96B2"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="548C96B2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="425" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57B70063"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="57B70063"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -36181,51 +38873,137 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="594D1A81"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="89766EC2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A3578EA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5A3578EA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -36270,51 +39048,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62E4F8E2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="62E4F8E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -36356,51 +39134,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66CE2BEA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="66CE2BEA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -36505,51 +39283,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67876B4C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="67876B4C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -36618,51 +39396,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DD26715"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6DD26715"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -36704,51 +39482,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EEAB894"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6EEAB894"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -36790,51 +39568,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77FBEF93"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="77FBEF93"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -36903,51 +39681,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F41269C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7F41269C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -37016,51 +39794,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F89E752"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7F89E752"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -37102,862 +39880,1542 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="804812243">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1936131177">
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="55"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="59"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="56"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="26">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="287859078">
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="35">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1114054187">
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="58"/>
+  </w:num>
+  <w:num w:numId="37">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="38">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="39">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="40">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="41">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1173837223">
-[...5 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="1926648953">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="750464806">
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="43">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1579947471">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="44">
+    <w:abstractNumId w:val="54"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1030303951">
+  <w:num w:numId="45">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="46">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="47">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="48">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="49">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="50">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="51">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="52">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="53">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="54">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="55">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="56">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="57">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="58">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="59">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="60">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1553811097">
-[...103 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="51"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotLeaveBackslashAlone/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDayNDW2MDI2tDQ0NrAwMrVQ0lEKTi0uzszPAykwrAUAyNC9RywAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="006A295A"/>
     <w:rsid w:val="00010EB5"/>
+    <w:rsid w:val="0001126F"/>
     <w:rsid w:val="000120BB"/>
+    <w:rsid w:val="000172A3"/>
+    <w:rsid w:val="000215D7"/>
     <w:rsid w:val="00022E58"/>
     <w:rsid w:val="00023C04"/>
     <w:rsid w:val="00030286"/>
+    <w:rsid w:val="00030871"/>
+    <w:rsid w:val="000323C4"/>
     <w:rsid w:val="00034076"/>
+    <w:rsid w:val="000374C6"/>
+    <w:rsid w:val="000438DA"/>
+    <w:rsid w:val="00043F45"/>
+    <w:rsid w:val="00045189"/>
+    <w:rsid w:val="0004588C"/>
     <w:rsid w:val="00046540"/>
+    <w:rsid w:val="0005082D"/>
     <w:rsid w:val="00052072"/>
-    <w:rsid w:val="0005529A"/>
+    <w:rsid w:val="00056EF4"/>
     <w:rsid w:val="00057139"/>
     <w:rsid w:val="000657DE"/>
     <w:rsid w:val="0006617B"/>
     <w:rsid w:val="00066C36"/>
+    <w:rsid w:val="00067712"/>
+    <w:rsid w:val="00067DF3"/>
+    <w:rsid w:val="000701EA"/>
     <w:rsid w:val="00070F17"/>
     <w:rsid w:val="00071401"/>
     <w:rsid w:val="000717BE"/>
     <w:rsid w:val="0007215E"/>
+    <w:rsid w:val="0007293A"/>
+    <w:rsid w:val="00072EC5"/>
+    <w:rsid w:val="0007450A"/>
+    <w:rsid w:val="000749E3"/>
+    <w:rsid w:val="00074B80"/>
+    <w:rsid w:val="00076488"/>
     <w:rsid w:val="00077DAE"/>
     <w:rsid w:val="00080F58"/>
+    <w:rsid w:val="00081ECC"/>
+    <w:rsid w:val="00086F5A"/>
     <w:rsid w:val="00087399"/>
+    <w:rsid w:val="000919B3"/>
     <w:rsid w:val="00093DD2"/>
-    <w:rsid w:val="000A158C"/>
+    <w:rsid w:val="000A4BFC"/>
+    <w:rsid w:val="000A4E72"/>
     <w:rsid w:val="000B6527"/>
     <w:rsid w:val="000B7377"/>
     <w:rsid w:val="000C0D5B"/>
     <w:rsid w:val="000C1AC3"/>
     <w:rsid w:val="000C29DA"/>
+    <w:rsid w:val="000C49E1"/>
+    <w:rsid w:val="000C534C"/>
+    <w:rsid w:val="000C5FDE"/>
     <w:rsid w:val="000D0AD2"/>
+    <w:rsid w:val="000D0AFA"/>
+    <w:rsid w:val="000D17F6"/>
+    <w:rsid w:val="000D414F"/>
+    <w:rsid w:val="000D75AC"/>
+    <w:rsid w:val="000D75DC"/>
+    <w:rsid w:val="000E339C"/>
     <w:rsid w:val="000E6465"/>
     <w:rsid w:val="000E73F7"/>
+    <w:rsid w:val="000E7BAC"/>
+    <w:rsid w:val="000F0BEB"/>
+    <w:rsid w:val="000F3EE9"/>
+    <w:rsid w:val="000F75A5"/>
+    <w:rsid w:val="000F7649"/>
+    <w:rsid w:val="001041A6"/>
     <w:rsid w:val="001046BC"/>
+    <w:rsid w:val="00104852"/>
     <w:rsid w:val="0010593D"/>
+    <w:rsid w:val="001075F5"/>
     <w:rsid w:val="00112DA1"/>
     <w:rsid w:val="00114AF8"/>
     <w:rsid w:val="00114C91"/>
     <w:rsid w:val="00115D41"/>
+    <w:rsid w:val="001212A8"/>
+    <w:rsid w:val="0012166D"/>
+    <w:rsid w:val="00123B67"/>
     <w:rsid w:val="00125DC3"/>
+    <w:rsid w:val="001268D2"/>
+    <w:rsid w:val="001301F8"/>
+    <w:rsid w:val="001304ED"/>
+    <w:rsid w:val="001319CB"/>
+    <w:rsid w:val="00132D3E"/>
+    <w:rsid w:val="001334EE"/>
     <w:rsid w:val="00134A3A"/>
+    <w:rsid w:val="001364F7"/>
     <w:rsid w:val="00136E54"/>
     <w:rsid w:val="00142977"/>
+    <w:rsid w:val="001436FD"/>
+    <w:rsid w:val="00146286"/>
     <w:rsid w:val="001469CA"/>
+    <w:rsid w:val="00153DE8"/>
     <w:rsid w:val="00155A49"/>
+    <w:rsid w:val="001607FA"/>
     <w:rsid w:val="00160BC9"/>
     <w:rsid w:val="00163989"/>
     <w:rsid w:val="00163A7D"/>
     <w:rsid w:val="00165A30"/>
-    <w:rsid w:val="00167E0F"/>
+    <w:rsid w:val="00165EBD"/>
+    <w:rsid w:val="00170B50"/>
     <w:rsid w:val="00170B53"/>
     <w:rsid w:val="00171714"/>
     <w:rsid w:val="001721EA"/>
     <w:rsid w:val="00172E72"/>
     <w:rsid w:val="001743B4"/>
     <w:rsid w:val="00176321"/>
     <w:rsid w:val="001769F5"/>
     <w:rsid w:val="00177175"/>
+    <w:rsid w:val="00177B38"/>
+    <w:rsid w:val="0018053C"/>
+    <w:rsid w:val="00180967"/>
+    <w:rsid w:val="00181602"/>
     <w:rsid w:val="00181EC5"/>
+    <w:rsid w:val="00183643"/>
     <w:rsid w:val="00183D50"/>
     <w:rsid w:val="00186248"/>
+    <w:rsid w:val="00186655"/>
+    <w:rsid w:val="001866C2"/>
+    <w:rsid w:val="00190AFB"/>
+    <w:rsid w:val="00191B01"/>
     <w:rsid w:val="00192536"/>
+    <w:rsid w:val="001938DA"/>
+    <w:rsid w:val="001958B6"/>
+    <w:rsid w:val="001973D1"/>
     <w:rsid w:val="001A32B8"/>
+    <w:rsid w:val="001A36E0"/>
+    <w:rsid w:val="001A6BCF"/>
+    <w:rsid w:val="001B1922"/>
     <w:rsid w:val="001B3029"/>
     <w:rsid w:val="001B463D"/>
+    <w:rsid w:val="001B5115"/>
+    <w:rsid w:val="001C066D"/>
     <w:rsid w:val="001C1137"/>
     <w:rsid w:val="001C3E54"/>
     <w:rsid w:val="001C455B"/>
     <w:rsid w:val="001C50D7"/>
     <w:rsid w:val="001C7148"/>
     <w:rsid w:val="001D1A3A"/>
     <w:rsid w:val="001D1B37"/>
+    <w:rsid w:val="001D2E95"/>
     <w:rsid w:val="001D4424"/>
+    <w:rsid w:val="001D6754"/>
+    <w:rsid w:val="001D6C1A"/>
+    <w:rsid w:val="001E122E"/>
+    <w:rsid w:val="001E32A1"/>
     <w:rsid w:val="001E3835"/>
+    <w:rsid w:val="001E401A"/>
     <w:rsid w:val="001E4A29"/>
     <w:rsid w:val="001E4B8F"/>
     <w:rsid w:val="001E677A"/>
     <w:rsid w:val="001E708B"/>
     <w:rsid w:val="001E759C"/>
+    <w:rsid w:val="001E7BEC"/>
     <w:rsid w:val="001E7DCE"/>
     <w:rsid w:val="001F0BE9"/>
     <w:rsid w:val="001F1675"/>
+    <w:rsid w:val="001F2F89"/>
     <w:rsid w:val="001F506D"/>
     <w:rsid w:val="001F6445"/>
+    <w:rsid w:val="001F678B"/>
+    <w:rsid w:val="00201AAA"/>
+    <w:rsid w:val="00201E85"/>
     <w:rsid w:val="002046C5"/>
     <w:rsid w:val="0020614B"/>
-    <w:rsid w:val="0020638C"/>
+    <w:rsid w:val="0020715C"/>
     <w:rsid w:val="00207B98"/>
+    <w:rsid w:val="00207BFC"/>
+    <w:rsid w:val="00213DC0"/>
+    <w:rsid w:val="00215066"/>
     <w:rsid w:val="0021534E"/>
+    <w:rsid w:val="00215BD4"/>
+    <w:rsid w:val="00221CA4"/>
     <w:rsid w:val="002233B1"/>
     <w:rsid w:val="00225161"/>
     <w:rsid w:val="00227910"/>
     <w:rsid w:val="00231002"/>
     <w:rsid w:val="002326C7"/>
     <w:rsid w:val="00232A7A"/>
+    <w:rsid w:val="002334BC"/>
+    <w:rsid w:val="0023648D"/>
+    <w:rsid w:val="00237751"/>
+    <w:rsid w:val="00237871"/>
+    <w:rsid w:val="00237E9F"/>
     <w:rsid w:val="002410BE"/>
+    <w:rsid w:val="00242A16"/>
     <w:rsid w:val="00242E2D"/>
+    <w:rsid w:val="002434F9"/>
     <w:rsid w:val="00250388"/>
+    <w:rsid w:val="00253843"/>
+    <w:rsid w:val="00255BF0"/>
+    <w:rsid w:val="0025682D"/>
+    <w:rsid w:val="002606C8"/>
+    <w:rsid w:val="00260713"/>
+    <w:rsid w:val="002617A4"/>
     <w:rsid w:val="00262C6D"/>
+    <w:rsid w:val="00264C4C"/>
+    <w:rsid w:val="002652CD"/>
+    <w:rsid w:val="00265624"/>
     <w:rsid w:val="00265B94"/>
+    <w:rsid w:val="00267591"/>
     <w:rsid w:val="002701FD"/>
     <w:rsid w:val="00270498"/>
     <w:rsid w:val="00274531"/>
     <w:rsid w:val="0027527F"/>
     <w:rsid w:val="002754E9"/>
-    <w:rsid w:val="002815D0"/>
     <w:rsid w:val="0028237E"/>
     <w:rsid w:val="00283F94"/>
+    <w:rsid w:val="002842D3"/>
     <w:rsid w:val="00285D35"/>
     <w:rsid w:val="00290CC6"/>
     <w:rsid w:val="00291380"/>
+    <w:rsid w:val="00291EDB"/>
     <w:rsid w:val="00292140"/>
+    <w:rsid w:val="00293040"/>
+    <w:rsid w:val="002947AB"/>
     <w:rsid w:val="002949FE"/>
-    <w:rsid w:val="00295AE7"/>
     <w:rsid w:val="002A14B0"/>
     <w:rsid w:val="002A15C7"/>
+    <w:rsid w:val="002A79F8"/>
     <w:rsid w:val="002B11EC"/>
     <w:rsid w:val="002B1970"/>
     <w:rsid w:val="002B1FB6"/>
+    <w:rsid w:val="002B2D82"/>
+    <w:rsid w:val="002B4514"/>
     <w:rsid w:val="002B5C83"/>
+    <w:rsid w:val="002B5F5E"/>
     <w:rsid w:val="002C2EF8"/>
+    <w:rsid w:val="002D303E"/>
+    <w:rsid w:val="002D3118"/>
     <w:rsid w:val="002D7EAF"/>
+    <w:rsid w:val="002E26C4"/>
     <w:rsid w:val="002E2778"/>
     <w:rsid w:val="002E46A6"/>
     <w:rsid w:val="002E5216"/>
+    <w:rsid w:val="002F06FD"/>
     <w:rsid w:val="002F2173"/>
-    <w:rsid w:val="00300BC6"/>
+    <w:rsid w:val="002F2573"/>
+    <w:rsid w:val="002F64A4"/>
+    <w:rsid w:val="002F68C4"/>
+    <w:rsid w:val="002F7052"/>
+    <w:rsid w:val="00300AFE"/>
     <w:rsid w:val="003011E2"/>
+    <w:rsid w:val="003039A3"/>
     <w:rsid w:val="00303C38"/>
+    <w:rsid w:val="00306A8D"/>
+    <w:rsid w:val="00307D56"/>
+    <w:rsid w:val="00316091"/>
+    <w:rsid w:val="00316A12"/>
+    <w:rsid w:val="003216AC"/>
+    <w:rsid w:val="00323213"/>
+    <w:rsid w:val="00323920"/>
+    <w:rsid w:val="00324405"/>
+    <w:rsid w:val="003262D3"/>
+    <w:rsid w:val="0032709D"/>
+    <w:rsid w:val="003279D4"/>
     <w:rsid w:val="00331498"/>
     <w:rsid w:val="003317F3"/>
+    <w:rsid w:val="0033245C"/>
     <w:rsid w:val="00332B54"/>
     <w:rsid w:val="00332CE9"/>
+    <w:rsid w:val="003344AD"/>
     <w:rsid w:val="003349C0"/>
+    <w:rsid w:val="00337693"/>
     <w:rsid w:val="0034222D"/>
+    <w:rsid w:val="0034410D"/>
+    <w:rsid w:val="0034621F"/>
+    <w:rsid w:val="003504F3"/>
+    <w:rsid w:val="003507B1"/>
+    <w:rsid w:val="00350C45"/>
+    <w:rsid w:val="00351178"/>
+    <w:rsid w:val="00352869"/>
+    <w:rsid w:val="00353168"/>
     <w:rsid w:val="003534DD"/>
+    <w:rsid w:val="00355769"/>
     <w:rsid w:val="003568FB"/>
+    <w:rsid w:val="0036031D"/>
+    <w:rsid w:val="003611D1"/>
+    <w:rsid w:val="0036150E"/>
     <w:rsid w:val="00361BF7"/>
+    <w:rsid w:val="0036263B"/>
     <w:rsid w:val="00364BB6"/>
+    <w:rsid w:val="00365B20"/>
     <w:rsid w:val="0036664E"/>
+    <w:rsid w:val="00366A1F"/>
     <w:rsid w:val="00366E21"/>
     <w:rsid w:val="003756A2"/>
+    <w:rsid w:val="00376FB7"/>
+    <w:rsid w:val="00377A54"/>
     <w:rsid w:val="00377E46"/>
     <w:rsid w:val="00377F95"/>
     <w:rsid w:val="0038069F"/>
+    <w:rsid w:val="00383A44"/>
+    <w:rsid w:val="00383C47"/>
     <w:rsid w:val="00383C9B"/>
+    <w:rsid w:val="003843F8"/>
+    <w:rsid w:val="00384669"/>
     <w:rsid w:val="003849F7"/>
     <w:rsid w:val="003906AC"/>
     <w:rsid w:val="00393623"/>
     <w:rsid w:val="003966EB"/>
+    <w:rsid w:val="00396FD6"/>
+    <w:rsid w:val="003A1383"/>
+    <w:rsid w:val="003A4F6B"/>
     <w:rsid w:val="003A575F"/>
-    <w:rsid w:val="003B281E"/>
+    <w:rsid w:val="003B1C74"/>
+    <w:rsid w:val="003B2BD7"/>
+    <w:rsid w:val="003B48FE"/>
+    <w:rsid w:val="003B5B78"/>
     <w:rsid w:val="003B6192"/>
     <w:rsid w:val="003C151C"/>
+    <w:rsid w:val="003C2E36"/>
+    <w:rsid w:val="003C3109"/>
+    <w:rsid w:val="003C3B90"/>
+    <w:rsid w:val="003C4203"/>
+    <w:rsid w:val="003C658B"/>
     <w:rsid w:val="003D19C7"/>
+    <w:rsid w:val="003E1835"/>
+    <w:rsid w:val="003E1AB5"/>
     <w:rsid w:val="003E3152"/>
+    <w:rsid w:val="003E438D"/>
+    <w:rsid w:val="003E49D8"/>
+    <w:rsid w:val="003E5151"/>
     <w:rsid w:val="003E64D1"/>
     <w:rsid w:val="003F0AF5"/>
     <w:rsid w:val="003F1857"/>
+    <w:rsid w:val="003F3B2D"/>
     <w:rsid w:val="003F76B6"/>
     <w:rsid w:val="00400042"/>
+    <w:rsid w:val="00401BA6"/>
     <w:rsid w:val="0040275E"/>
+    <w:rsid w:val="00404891"/>
     <w:rsid w:val="0040593F"/>
+    <w:rsid w:val="004063E7"/>
+    <w:rsid w:val="00411F17"/>
     <w:rsid w:val="004213F5"/>
     <w:rsid w:val="004218DB"/>
     <w:rsid w:val="00423B8E"/>
     <w:rsid w:val="00425744"/>
     <w:rsid w:val="00425C8A"/>
+    <w:rsid w:val="0043198B"/>
     <w:rsid w:val="004345B5"/>
+    <w:rsid w:val="004374BF"/>
     <w:rsid w:val="0044147F"/>
+    <w:rsid w:val="00442A13"/>
     <w:rsid w:val="00444E57"/>
+    <w:rsid w:val="004452A8"/>
     <w:rsid w:val="00445CF8"/>
     <w:rsid w:val="00447701"/>
     <w:rsid w:val="00450A05"/>
     <w:rsid w:val="004517BE"/>
+    <w:rsid w:val="00453279"/>
+    <w:rsid w:val="00453A62"/>
+    <w:rsid w:val="0045496D"/>
+    <w:rsid w:val="00454D7B"/>
+    <w:rsid w:val="0045596B"/>
+    <w:rsid w:val="0046038A"/>
+    <w:rsid w:val="004606F8"/>
+    <w:rsid w:val="00461324"/>
     <w:rsid w:val="004625C4"/>
+    <w:rsid w:val="004632D4"/>
     <w:rsid w:val="004639F2"/>
+    <w:rsid w:val="004646AD"/>
+    <w:rsid w:val="00466106"/>
     <w:rsid w:val="00467B57"/>
-    <w:rsid w:val="00471784"/>
+    <w:rsid w:val="004741DA"/>
     <w:rsid w:val="004750BC"/>
+    <w:rsid w:val="00475642"/>
+    <w:rsid w:val="00475717"/>
+    <w:rsid w:val="004758E0"/>
     <w:rsid w:val="004761CC"/>
     <w:rsid w:val="00480984"/>
+    <w:rsid w:val="004840DF"/>
+    <w:rsid w:val="00485ED8"/>
+    <w:rsid w:val="00486B54"/>
     <w:rsid w:val="00487732"/>
+    <w:rsid w:val="00487E87"/>
+    <w:rsid w:val="0049307D"/>
     <w:rsid w:val="00497FD1"/>
+    <w:rsid w:val="004A3761"/>
     <w:rsid w:val="004B1AD1"/>
+    <w:rsid w:val="004B1CAB"/>
+    <w:rsid w:val="004B2C6D"/>
+    <w:rsid w:val="004B50BC"/>
+    <w:rsid w:val="004B63DA"/>
     <w:rsid w:val="004B775E"/>
     <w:rsid w:val="004B7DEB"/>
+    <w:rsid w:val="004C0869"/>
     <w:rsid w:val="004C0912"/>
+    <w:rsid w:val="004C1BFE"/>
     <w:rsid w:val="004C2066"/>
+    <w:rsid w:val="004C6EB5"/>
+    <w:rsid w:val="004D0867"/>
     <w:rsid w:val="004D200F"/>
+    <w:rsid w:val="004D6174"/>
+    <w:rsid w:val="004D6E88"/>
+    <w:rsid w:val="004E2844"/>
     <w:rsid w:val="004E5DF7"/>
     <w:rsid w:val="004E5F3B"/>
+    <w:rsid w:val="004E7006"/>
     <w:rsid w:val="004E7FB0"/>
+    <w:rsid w:val="004F2DD0"/>
+    <w:rsid w:val="004F33A7"/>
+    <w:rsid w:val="004F3526"/>
+    <w:rsid w:val="004F35BE"/>
+    <w:rsid w:val="004F3E49"/>
     <w:rsid w:val="004F48B2"/>
+    <w:rsid w:val="004F6A52"/>
     <w:rsid w:val="00502019"/>
     <w:rsid w:val="00510B05"/>
+    <w:rsid w:val="00516472"/>
+    <w:rsid w:val="005169FA"/>
     <w:rsid w:val="00516C3E"/>
     <w:rsid w:val="00520008"/>
     <w:rsid w:val="005204FF"/>
+    <w:rsid w:val="00524563"/>
+    <w:rsid w:val="00524805"/>
     <w:rsid w:val="0052702F"/>
+    <w:rsid w:val="00530B23"/>
+    <w:rsid w:val="00535A52"/>
+    <w:rsid w:val="005362B7"/>
     <w:rsid w:val="00536466"/>
     <w:rsid w:val="0054066B"/>
     <w:rsid w:val="00541DC0"/>
+    <w:rsid w:val="00543145"/>
+    <w:rsid w:val="00543AD6"/>
+    <w:rsid w:val="0054755B"/>
     <w:rsid w:val="00550F61"/>
     <w:rsid w:val="0055471B"/>
+    <w:rsid w:val="00557E39"/>
     <w:rsid w:val="00561AE4"/>
     <w:rsid w:val="00563888"/>
     <w:rsid w:val="00564056"/>
     <w:rsid w:val="00564902"/>
     <w:rsid w:val="00565534"/>
     <w:rsid w:val="00565B0F"/>
     <w:rsid w:val="00566A09"/>
+    <w:rsid w:val="005701E9"/>
+    <w:rsid w:val="0057278F"/>
+    <w:rsid w:val="005729DE"/>
+    <w:rsid w:val="0057513C"/>
+    <w:rsid w:val="00575E10"/>
     <w:rsid w:val="00575F41"/>
     <w:rsid w:val="005768C2"/>
+    <w:rsid w:val="005771A2"/>
     <w:rsid w:val="005806FC"/>
+    <w:rsid w:val="00581FC5"/>
     <w:rsid w:val="005822CC"/>
     <w:rsid w:val="00583C2E"/>
     <w:rsid w:val="00585AEF"/>
+    <w:rsid w:val="005872CC"/>
     <w:rsid w:val="00587CCA"/>
+    <w:rsid w:val="00592F3C"/>
     <w:rsid w:val="005938FD"/>
+    <w:rsid w:val="00596BC4"/>
+    <w:rsid w:val="005979C0"/>
     <w:rsid w:val="005A1DF4"/>
     <w:rsid w:val="005A3339"/>
     <w:rsid w:val="005A766A"/>
-    <w:rsid w:val="005B2C74"/>
+    <w:rsid w:val="005B08B6"/>
+    <w:rsid w:val="005B0A72"/>
     <w:rsid w:val="005B3DBD"/>
     <w:rsid w:val="005B4582"/>
     <w:rsid w:val="005B48A2"/>
+    <w:rsid w:val="005B53DE"/>
+    <w:rsid w:val="005B789D"/>
     <w:rsid w:val="005B79B5"/>
     <w:rsid w:val="005C07F7"/>
+    <w:rsid w:val="005C0D9C"/>
     <w:rsid w:val="005C3C2C"/>
     <w:rsid w:val="005C3CB1"/>
     <w:rsid w:val="005C4836"/>
     <w:rsid w:val="005C50B9"/>
+    <w:rsid w:val="005C5E79"/>
+    <w:rsid w:val="005C65A0"/>
     <w:rsid w:val="005C6C01"/>
     <w:rsid w:val="005D00AA"/>
+    <w:rsid w:val="005D18CE"/>
     <w:rsid w:val="005D6CE8"/>
+    <w:rsid w:val="005E10E6"/>
+    <w:rsid w:val="005E30B0"/>
+    <w:rsid w:val="005E53AC"/>
+    <w:rsid w:val="005E6DF4"/>
     <w:rsid w:val="005F3029"/>
     <w:rsid w:val="005F5F45"/>
     <w:rsid w:val="005F5FE8"/>
     <w:rsid w:val="005F7A31"/>
+    <w:rsid w:val="006010A8"/>
+    <w:rsid w:val="0060131D"/>
     <w:rsid w:val="006058DD"/>
+    <w:rsid w:val="00612419"/>
     <w:rsid w:val="00613891"/>
+    <w:rsid w:val="0061777B"/>
     <w:rsid w:val="006179D1"/>
     <w:rsid w:val="00620527"/>
     <w:rsid w:val="00622171"/>
     <w:rsid w:val="00622BF0"/>
     <w:rsid w:val="006238A4"/>
+    <w:rsid w:val="00625B55"/>
     <w:rsid w:val="006271E2"/>
+    <w:rsid w:val="006273CF"/>
+    <w:rsid w:val="006325B5"/>
     <w:rsid w:val="00636895"/>
-    <w:rsid w:val="00636B8E"/>
+    <w:rsid w:val="00637DA9"/>
+    <w:rsid w:val="00640BE5"/>
     <w:rsid w:val="006410AB"/>
     <w:rsid w:val="006411DD"/>
     <w:rsid w:val="006416E4"/>
+    <w:rsid w:val="00641B1C"/>
     <w:rsid w:val="006471E7"/>
+    <w:rsid w:val="00647CA9"/>
     <w:rsid w:val="00650051"/>
+    <w:rsid w:val="0065205E"/>
+    <w:rsid w:val="00652C9C"/>
     <w:rsid w:val="00655889"/>
+    <w:rsid w:val="0065610A"/>
+    <w:rsid w:val="006571D1"/>
     <w:rsid w:val="00660331"/>
+    <w:rsid w:val="006665CF"/>
     <w:rsid w:val="00672837"/>
+    <w:rsid w:val="00674791"/>
     <w:rsid w:val="00675992"/>
+    <w:rsid w:val="00675D38"/>
+    <w:rsid w:val="00676EC0"/>
+    <w:rsid w:val="00677643"/>
+    <w:rsid w:val="00677AAA"/>
     <w:rsid w:val="00684AD6"/>
+    <w:rsid w:val="00685BD6"/>
     <w:rsid w:val="00685E79"/>
+    <w:rsid w:val="00687BD2"/>
     <w:rsid w:val="00694A2E"/>
     <w:rsid w:val="0069724A"/>
     <w:rsid w:val="006976E9"/>
     <w:rsid w:val="006978A6"/>
     <w:rsid w:val="006A0A39"/>
     <w:rsid w:val="006A295A"/>
     <w:rsid w:val="006A33C0"/>
+    <w:rsid w:val="006A3A2B"/>
     <w:rsid w:val="006A6364"/>
+    <w:rsid w:val="006A65FC"/>
     <w:rsid w:val="006A6D67"/>
     <w:rsid w:val="006A7479"/>
     <w:rsid w:val="006B0893"/>
     <w:rsid w:val="006B124D"/>
+    <w:rsid w:val="006B1C3E"/>
+    <w:rsid w:val="006B2D41"/>
+    <w:rsid w:val="006B30B8"/>
     <w:rsid w:val="006B6625"/>
+    <w:rsid w:val="006C0617"/>
     <w:rsid w:val="006C08CD"/>
     <w:rsid w:val="006C2D5C"/>
+    <w:rsid w:val="006C3A74"/>
     <w:rsid w:val="006C5464"/>
+    <w:rsid w:val="006C5F79"/>
     <w:rsid w:val="006C693C"/>
     <w:rsid w:val="006C6D74"/>
+    <w:rsid w:val="006C76C8"/>
+    <w:rsid w:val="006D04F3"/>
     <w:rsid w:val="006D12FF"/>
+    <w:rsid w:val="006D1622"/>
+    <w:rsid w:val="006D5AFB"/>
     <w:rsid w:val="006E0A9D"/>
+    <w:rsid w:val="006E273D"/>
     <w:rsid w:val="006E30F5"/>
     <w:rsid w:val="006E4674"/>
+    <w:rsid w:val="006E51B1"/>
     <w:rsid w:val="006E59C6"/>
     <w:rsid w:val="006E7E06"/>
     <w:rsid w:val="006F0BD3"/>
     <w:rsid w:val="006F15C3"/>
     <w:rsid w:val="006F225D"/>
+    <w:rsid w:val="006F6754"/>
+    <w:rsid w:val="00701117"/>
     <w:rsid w:val="00701D97"/>
     <w:rsid w:val="0070217D"/>
+    <w:rsid w:val="00702245"/>
+    <w:rsid w:val="0070381F"/>
+    <w:rsid w:val="00703AE6"/>
+    <w:rsid w:val="007057B1"/>
+    <w:rsid w:val="00705B06"/>
+    <w:rsid w:val="007071EC"/>
+    <w:rsid w:val="00707C46"/>
+    <w:rsid w:val="00707EC7"/>
     <w:rsid w:val="00712703"/>
     <w:rsid w:val="00712A5B"/>
-    <w:rsid w:val="00713ED2"/>
+    <w:rsid w:val="00713472"/>
     <w:rsid w:val="00714CAC"/>
+    <w:rsid w:val="0072084F"/>
+    <w:rsid w:val="00721A06"/>
     <w:rsid w:val="007315BB"/>
+    <w:rsid w:val="007329C8"/>
+    <w:rsid w:val="00732F98"/>
     <w:rsid w:val="00733BE0"/>
+    <w:rsid w:val="007347A4"/>
     <w:rsid w:val="00740074"/>
     <w:rsid w:val="00745235"/>
     <w:rsid w:val="007467A3"/>
     <w:rsid w:val="00747549"/>
+    <w:rsid w:val="0075217F"/>
+    <w:rsid w:val="00752BF0"/>
+    <w:rsid w:val="007559DD"/>
+    <w:rsid w:val="00756ABC"/>
+    <w:rsid w:val="0075799A"/>
     <w:rsid w:val="00760D3F"/>
-    <w:rsid w:val="00761023"/>
     <w:rsid w:val="00761AC6"/>
+    <w:rsid w:val="00761E8B"/>
+    <w:rsid w:val="00761F71"/>
+    <w:rsid w:val="00763915"/>
     <w:rsid w:val="007647E8"/>
     <w:rsid w:val="00772840"/>
     <w:rsid w:val="007731F3"/>
     <w:rsid w:val="007738D3"/>
+    <w:rsid w:val="00775BBE"/>
+    <w:rsid w:val="00776641"/>
     <w:rsid w:val="007771E2"/>
+    <w:rsid w:val="00777BC1"/>
     <w:rsid w:val="00780AD9"/>
     <w:rsid w:val="00781D05"/>
     <w:rsid w:val="0078327E"/>
+    <w:rsid w:val="007834D3"/>
     <w:rsid w:val="00783B5E"/>
     <w:rsid w:val="00783C0F"/>
+    <w:rsid w:val="00783D8D"/>
     <w:rsid w:val="00784806"/>
     <w:rsid w:val="0078627A"/>
     <w:rsid w:val="00786A10"/>
+    <w:rsid w:val="0078702B"/>
+    <w:rsid w:val="00787265"/>
+    <w:rsid w:val="007902B2"/>
     <w:rsid w:val="00790A24"/>
+    <w:rsid w:val="00795AC6"/>
     <w:rsid w:val="00795BF2"/>
+    <w:rsid w:val="007A2F2A"/>
     <w:rsid w:val="007A51E0"/>
+    <w:rsid w:val="007A5467"/>
     <w:rsid w:val="007A6589"/>
     <w:rsid w:val="007B10B6"/>
     <w:rsid w:val="007B2556"/>
+    <w:rsid w:val="007B2A3E"/>
     <w:rsid w:val="007B4408"/>
-    <w:rsid w:val="007B6FA2"/>
+    <w:rsid w:val="007B4AFE"/>
+    <w:rsid w:val="007B4CCD"/>
+    <w:rsid w:val="007B6813"/>
+    <w:rsid w:val="007B7C0C"/>
+    <w:rsid w:val="007C0780"/>
     <w:rsid w:val="007C1DF2"/>
+    <w:rsid w:val="007C4E50"/>
+    <w:rsid w:val="007C520E"/>
+    <w:rsid w:val="007C6EDC"/>
     <w:rsid w:val="007C73C6"/>
+    <w:rsid w:val="007C79AA"/>
     <w:rsid w:val="007C7A80"/>
+    <w:rsid w:val="007D480C"/>
+    <w:rsid w:val="007D4FF2"/>
     <w:rsid w:val="007E00F1"/>
     <w:rsid w:val="007E2644"/>
     <w:rsid w:val="007E2BB4"/>
     <w:rsid w:val="007E3624"/>
     <w:rsid w:val="007E5FC7"/>
+    <w:rsid w:val="007E7BD8"/>
     <w:rsid w:val="007F3058"/>
     <w:rsid w:val="007F3369"/>
+    <w:rsid w:val="007F591E"/>
+    <w:rsid w:val="007F7760"/>
+    <w:rsid w:val="00801C63"/>
     <w:rsid w:val="008024B6"/>
     <w:rsid w:val="00802626"/>
     <w:rsid w:val="00802861"/>
     <w:rsid w:val="00804AF0"/>
     <w:rsid w:val="00804C55"/>
+    <w:rsid w:val="00806A43"/>
     <w:rsid w:val="0081081E"/>
+    <w:rsid w:val="00811522"/>
     <w:rsid w:val="0082035D"/>
+    <w:rsid w:val="00822756"/>
     <w:rsid w:val="008247FA"/>
+    <w:rsid w:val="00830552"/>
+    <w:rsid w:val="00830E4F"/>
+    <w:rsid w:val="008311FE"/>
+    <w:rsid w:val="00831D23"/>
+    <w:rsid w:val="00832B2F"/>
+    <w:rsid w:val="00833230"/>
+    <w:rsid w:val="008332DA"/>
+    <w:rsid w:val="00835F10"/>
+    <w:rsid w:val="00836006"/>
+    <w:rsid w:val="00842873"/>
     <w:rsid w:val="008502B1"/>
     <w:rsid w:val="008521A1"/>
+    <w:rsid w:val="008555B4"/>
+    <w:rsid w:val="00855BA2"/>
     <w:rsid w:val="008603D8"/>
+    <w:rsid w:val="00860A89"/>
     <w:rsid w:val="00861069"/>
     <w:rsid w:val="008635F2"/>
     <w:rsid w:val="008652AF"/>
+    <w:rsid w:val="008743D8"/>
+    <w:rsid w:val="0087483E"/>
+    <w:rsid w:val="00876C8C"/>
     <w:rsid w:val="00877812"/>
+    <w:rsid w:val="00877D04"/>
+    <w:rsid w:val="00882817"/>
+    <w:rsid w:val="0088360F"/>
     <w:rsid w:val="00883C57"/>
+    <w:rsid w:val="008843B6"/>
+    <w:rsid w:val="0088606D"/>
+    <w:rsid w:val="0089112C"/>
     <w:rsid w:val="008937CB"/>
     <w:rsid w:val="0089690D"/>
     <w:rsid w:val="00897CE4"/>
     <w:rsid w:val="008A0EDA"/>
     <w:rsid w:val="008A593D"/>
+    <w:rsid w:val="008A5C1F"/>
     <w:rsid w:val="008B156E"/>
+    <w:rsid w:val="008B2178"/>
+    <w:rsid w:val="008B5637"/>
+    <w:rsid w:val="008B6AF2"/>
+    <w:rsid w:val="008C0D4F"/>
     <w:rsid w:val="008C181D"/>
+    <w:rsid w:val="008C3403"/>
+    <w:rsid w:val="008C6FC0"/>
+    <w:rsid w:val="008D1518"/>
     <w:rsid w:val="008D2900"/>
     <w:rsid w:val="008D301D"/>
+    <w:rsid w:val="008D3C9D"/>
+    <w:rsid w:val="008D5989"/>
     <w:rsid w:val="008D5AC8"/>
+    <w:rsid w:val="008D644D"/>
     <w:rsid w:val="008E2681"/>
+    <w:rsid w:val="008E2E45"/>
     <w:rsid w:val="008E45CC"/>
     <w:rsid w:val="008E52BB"/>
     <w:rsid w:val="008E587B"/>
+    <w:rsid w:val="008E787C"/>
+    <w:rsid w:val="008F2239"/>
     <w:rsid w:val="008F27A5"/>
+    <w:rsid w:val="008F31A6"/>
+    <w:rsid w:val="008F357D"/>
+    <w:rsid w:val="008F4DD9"/>
+    <w:rsid w:val="009032AC"/>
     <w:rsid w:val="00904429"/>
-    <w:rsid w:val="0090695D"/>
+    <w:rsid w:val="00906CB0"/>
+    <w:rsid w:val="00907B51"/>
+    <w:rsid w:val="009116D0"/>
     <w:rsid w:val="00913139"/>
     <w:rsid w:val="00914541"/>
+    <w:rsid w:val="0092147C"/>
+    <w:rsid w:val="00921A4E"/>
     <w:rsid w:val="00922835"/>
+    <w:rsid w:val="00924574"/>
+    <w:rsid w:val="00925734"/>
     <w:rsid w:val="009257F6"/>
+    <w:rsid w:val="00932022"/>
+    <w:rsid w:val="0093264D"/>
+    <w:rsid w:val="009368C8"/>
     <w:rsid w:val="00936B87"/>
+    <w:rsid w:val="00937906"/>
     <w:rsid w:val="0094199A"/>
+    <w:rsid w:val="009432C9"/>
     <w:rsid w:val="00943C6A"/>
     <w:rsid w:val="00946E96"/>
+    <w:rsid w:val="009512C9"/>
     <w:rsid w:val="0095255E"/>
     <w:rsid w:val="00952A99"/>
     <w:rsid w:val="009542B7"/>
     <w:rsid w:val="00954C4C"/>
     <w:rsid w:val="00956154"/>
     <w:rsid w:val="0096338C"/>
     <w:rsid w:val="009634EF"/>
     <w:rsid w:val="00965AA3"/>
+    <w:rsid w:val="00966502"/>
     <w:rsid w:val="00967367"/>
+    <w:rsid w:val="00967D9D"/>
     <w:rsid w:val="0097048D"/>
     <w:rsid w:val="00971030"/>
     <w:rsid w:val="00971AC0"/>
+    <w:rsid w:val="00974641"/>
+    <w:rsid w:val="00974AE6"/>
     <w:rsid w:val="00974D85"/>
     <w:rsid w:val="00977BFC"/>
+    <w:rsid w:val="00981158"/>
     <w:rsid w:val="00981431"/>
     <w:rsid w:val="00983BBA"/>
+    <w:rsid w:val="0098656B"/>
     <w:rsid w:val="00991C1F"/>
     <w:rsid w:val="00993505"/>
+    <w:rsid w:val="00993752"/>
+    <w:rsid w:val="00994F46"/>
+    <w:rsid w:val="00997FA3"/>
     <w:rsid w:val="009A3A04"/>
     <w:rsid w:val="009A47D6"/>
     <w:rsid w:val="009A6016"/>
-    <w:rsid w:val="009B1709"/>
+    <w:rsid w:val="009A6D80"/>
+    <w:rsid w:val="009B0C71"/>
     <w:rsid w:val="009B18F0"/>
+    <w:rsid w:val="009B34BC"/>
+    <w:rsid w:val="009B3B77"/>
     <w:rsid w:val="009B5E4A"/>
-    <w:rsid w:val="009B7BAC"/>
+    <w:rsid w:val="009B61AA"/>
+    <w:rsid w:val="009B644E"/>
     <w:rsid w:val="009C0A72"/>
     <w:rsid w:val="009C11E6"/>
+    <w:rsid w:val="009C28E5"/>
     <w:rsid w:val="009C3CAE"/>
+    <w:rsid w:val="009C6B4B"/>
+    <w:rsid w:val="009C77B3"/>
+    <w:rsid w:val="009C7820"/>
     <w:rsid w:val="009D518D"/>
     <w:rsid w:val="009D610C"/>
     <w:rsid w:val="009D682F"/>
+    <w:rsid w:val="009D68A8"/>
     <w:rsid w:val="009D6F2D"/>
     <w:rsid w:val="009E0B08"/>
-    <w:rsid w:val="009F1AC1"/>
+    <w:rsid w:val="009E12E5"/>
+    <w:rsid w:val="009E1BE2"/>
+    <w:rsid w:val="009E1F00"/>
+    <w:rsid w:val="009E2325"/>
+    <w:rsid w:val="009E4AF1"/>
+    <w:rsid w:val="009F2E4F"/>
     <w:rsid w:val="009F36D8"/>
+    <w:rsid w:val="009F3BB8"/>
+    <w:rsid w:val="009F44C0"/>
     <w:rsid w:val="009F67D8"/>
+    <w:rsid w:val="009F7E4C"/>
+    <w:rsid w:val="00A010C8"/>
     <w:rsid w:val="00A037AB"/>
     <w:rsid w:val="00A037F9"/>
+    <w:rsid w:val="00A042A7"/>
     <w:rsid w:val="00A107E4"/>
-    <w:rsid w:val="00A14D36"/>
     <w:rsid w:val="00A23B8A"/>
+    <w:rsid w:val="00A23EAF"/>
     <w:rsid w:val="00A24DA0"/>
     <w:rsid w:val="00A25E02"/>
+    <w:rsid w:val="00A309A6"/>
     <w:rsid w:val="00A322E6"/>
     <w:rsid w:val="00A328FB"/>
     <w:rsid w:val="00A33E69"/>
     <w:rsid w:val="00A36014"/>
-    <w:rsid w:val="00A37DF6"/>
     <w:rsid w:val="00A40100"/>
+    <w:rsid w:val="00A42FB1"/>
+    <w:rsid w:val="00A43693"/>
+    <w:rsid w:val="00A470CA"/>
+    <w:rsid w:val="00A51269"/>
+    <w:rsid w:val="00A51D8E"/>
+    <w:rsid w:val="00A53354"/>
+    <w:rsid w:val="00A5500C"/>
     <w:rsid w:val="00A55258"/>
+    <w:rsid w:val="00A642E7"/>
     <w:rsid w:val="00A64FA2"/>
     <w:rsid w:val="00A65DAD"/>
+    <w:rsid w:val="00A66D1C"/>
+    <w:rsid w:val="00A71A7A"/>
     <w:rsid w:val="00A73345"/>
     <w:rsid w:val="00A74393"/>
+    <w:rsid w:val="00A74B49"/>
     <w:rsid w:val="00A74E39"/>
     <w:rsid w:val="00A8077F"/>
     <w:rsid w:val="00A80FAE"/>
+    <w:rsid w:val="00A81626"/>
     <w:rsid w:val="00A85A6C"/>
+    <w:rsid w:val="00A870AB"/>
     <w:rsid w:val="00A94E3C"/>
+    <w:rsid w:val="00AA1C03"/>
     <w:rsid w:val="00AA1DA9"/>
     <w:rsid w:val="00AA1F89"/>
+    <w:rsid w:val="00AA4CFC"/>
     <w:rsid w:val="00AA57D4"/>
-    <w:rsid w:val="00AB5D2F"/>
+    <w:rsid w:val="00AA64CB"/>
+    <w:rsid w:val="00AB266A"/>
+    <w:rsid w:val="00AB3411"/>
     <w:rsid w:val="00AD4160"/>
     <w:rsid w:val="00AE27CB"/>
-    <w:rsid w:val="00AE384A"/>
-    <w:rsid w:val="00AE4A4A"/>
+    <w:rsid w:val="00AE3945"/>
+    <w:rsid w:val="00AE4C3A"/>
+    <w:rsid w:val="00AE78C6"/>
+    <w:rsid w:val="00AF316C"/>
+    <w:rsid w:val="00AF537E"/>
     <w:rsid w:val="00AF61D2"/>
     <w:rsid w:val="00AF71BB"/>
     <w:rsid w:val="00B00AF6"/>
+    <w:rsid w:val="00B01EFB"/>
     <w:rsid w:val="00B02C75"/>
+    <w:rsid w:val="00B03B5C"/>
     <w:rsid w:val="00B06437"/>
     <w:rsid w:val="00B07399"/>
+    <w:rsid w:val="00B1031B"/>
+    <w:rsid w:val="00B1051A"/>
+    <w:rsid w:val="00B15636"/>
+    <w:rsid w:val="00B205A1"/>
     <w:rsid w:val="00B22E88"/>
+    <w:rsid w:val="00B24708"/>
     <w:rsid w:val="00B24900"/>
-    <w:rsid w:val="00B25319"/>
     <w:rsid w:val="00B25859"/>
     <w:rsid w:val="00B25B8C"/>
     <w:rsid w:val="00B35655"/>
+    <w:rsid w:val="00B37286"/>
+    <w:rsid w:val="00B43C0A"/>
+    <w:rsid w:val="00B46834"/>
     <w:rsid w:val="00B530E6"/>
     <w:rsid w:val="00B53BB9"/>
+    <w:rsid w:val="00B56FE3"/>
+    <w:rsid w:val="00B62472"/>
     <w:rsid w:val="00B72534"/>
     <w:rsid w:val="00B73E2B"/>
     <w:rsid w:val="00B7701A"/>
     <w:rsid w:val="00B7744F"/>
     <w:rsid w:val="00B83F70"/>
+    <w:rsid w:val="00B841CB"/>
     <w:rsid w:val="00B851A0"/>
+    <w:rsid w:val="00B96189"/>
     <w:rsid w:val="00B969A3"/>
     <w:rsid w:val="00B97313"/>
+    <w:rsid w:val="00B97F91"/>
     <w:rsid w:val="00BA3507"/>
     <w:rsid w:val="00BA3DFC"/>
+    <w:rsid w:val="00BA5514"/>
+    <w:rsid w:val="00BA64B5"/>
     <w:rsid w:val="00BA656B"/>
+    <w:rsid w:val="00BA70C0"/>
     <w:rsid w:val="00BB1B5D"/>
+    <w:rsid w:val="00BB2195"/>
+    <w:rsid w:val="00BB3643"/>
+    <w:rsid w:val="00BC007B"/>
     <w:rsid w:val="00BC0250"/>
     <w:rsid w:val="00BC0A41"/>
-    <w:rsid w:val="00BD2469"/>
+    <w:rsid w:val="00BD000E"/>
+    <w:rsid w:val="00BD153A"/>
+    <w:rsid w:val="00BD511B"/>
     <w:rsid w:val="00BD7E23"/>
     <w:rsid w:val="00BE1901"/>
+    <w:rsid w:val="00BE1BEA"/>
     <w:rsid w:val="00BE24A9"/>
     <w:rsid w:val="00BE3E4E"/>
     <w:rsid w:val="00BE427E"/>
+    <w:rsid w:val="00BF0AE0"/>
+    <w:rsid w:val="00BF0CF6"/>
+    <w:rsid w:val="00BF1D5E"/>
+    <w:rsid w:val="00BF25D5"/>
+    <w:rsid w:val="00BF2634"/>
     <w:rsid w:val="00BF5027"/>
     <w:rsid w:val="00BF5D43"/>
     <w:rsid w:val="00BF6509"/>
     <w:rsid w:val="00BF7CCF"/>
+    <w:rsid w:val="00C00209"/>
+    <w:rsid w:val="00C006E3"/>
+    <w:rsid w:val="00C01F89"/>
+    <w:rsid w:val="00C0283E"/>
     <w:rsid w:val="00C072A2"/>
     <w:rsid w:val="00C122DC"/>
     <w:rsid w:val="00C14395"/>
     <w:rsid w:val="00C174A3"/>
     <w:rsid w:val="00C177E3"/>
     <w:rsid w:val="00C17B69"/>
+    <w:rsid w:val="00C207D0"/>
     <w:rsid w:val="00C2292B"/>
     <w:rsid w:val="00C245D5"/>
+    <w:rsid w:val="00C24758"/>
     <w:rsid w:val="00C24E5A"/>
     <w:rsid w:val="00C2526E"/>
+    <w:rsid w:val="00C2694A"/>
     <w:rsid w:val="00C26A7F"/>
     <w:rsid w:val="00C26B71"/>
     <w:rsid w:val="00C328F5"/>
     <w:rsid w:val="00C3315E"/>
+    <w:rsid w:val="00C33879"/>
     <w:rsid w:val="00C3401E"/>
+    <w:rsid w:val="00C36079"/>
+    <w:rsid w:val="00C365C5"/>
     <w:rsid w:val="00C37F18"/>
+    <w:rsid w:val="00C4270E"/>
     <w:rsid w:val="00C4389A"/>
+    <w:rsid w:val="00C45782"/>
     <w:rsid w:val="00C458AC"/>
     <w:rsid w:val="00C460A9"/>
+    <w:rsid w:val="00C4615C"/>
+    <w:rsid w:val="00C50CC6"/>
+    <w:rsid w:val="00C52378"/>
     <w:rsid w:val="00C561A3"/>
-    <w:rsid w:val="00C64BC7"/>
+    <w:rsid w:val="00C60A96"/>
+    <w:rsid w:val="00C640A7"/>
+    <w:rsid w:val="00C643A2"/>
+    <w:rsid w:val="00C66E9C"/>
+    <w:rsid w:val="00C7091A"/>
     <w:rsid w:val="00C7591E"/>
+    <w:rsid w:val="00C75F9E"/>
+    <w:rsid w:val="00C7619E"/>
     <w:rsid w:val="00C8208C"/>
     <w:rsid w:val="00C83205"/>
     <w:rsid w:val="00C849A7"/>
     <w:rsid w:val="00C861F9"/>
     <w:rsid w:val="00C873E1"/>
     <w:rsid w:val="00C87BA6"/>
+    <w:rsid w:val="00C87BB6"/>
     <w:rsid w:val="00C921FB"/>
     <w:rsid w:val="00C9252D"/>
+    <w:rsid w:val="00C95DBC"/>
     <w:rsid w:val="00CA0A52"/>
     <w:rsid w:val="00CA651C"/>
+    <w:rsid w:val="00CA7F1D"/>
+    <w:rsid w:val="00CB11E8"/>
+    <w:rsid w:val="00CB135A"/>
+    <w:rsid w:val="00CB52B3"/>
     <w:rsid w:val="00CB583C"/>
     <w:rsid w:val="00CB5AD5"/>
     <w:rsid w:val="00CB605C"/>
+    <w:rsid w:val="00CC0377"/>
+    <w:rsid w:val="00CC0571"/>
     <w:rsid w:val="00CC097F"/>
+    <w:rsid w:val="00CC0BB6"/>
+    <w:rsid w:val="00CC6BAF"/>
+    <w:rsid w:val="00CD03E0"/>
+    <w:rsid w:val="00CD06C5"/>
     <w:rsid w:val="00CD6566"/>
     <w:rsid w:val="00CD6A9C"/>
     <w:rsid w:val="00CE1D77"/>
     <w:rsid w:val="00CE3CA6"/>
+    <w:rsid w:val="00CF3043"/>
     <w:rsid w:val="00CF3DED"/>
+    <w:rsid w:val="00CF6772"/>
     <w:rsid w:val="00CF7076"/>
+    <w:rsid w:val="00D00ABE"/>
     <w:rsid w:val="00D03003"/>
+    <w:rsid w:val="00D05F81"/>
+    <w:rsid w:val="00D07744"/>
     <w:rsid w:val="00D12DD9"/>
+    <w:rsid w:val="00D13063"/>
     <w:rsid w:val="00D130C4"/>
+    <w:rsid w:val="00D144BC"/>
     <w:rsid w:val="00D14D4C"/>
+    <w:rsid w:val="00D16EF7"/>
+    <w:rsid w:val="00D20E5A"/>
     <w:rsid w:val="00D22F0B"/>
     <w:rsid w:val="00D255C2"/>
+    <w:rsid w:val="00D27718"/>
     <w:rsid w:val="00D319E6"/>
+    <w:rsid w:val="00D36A77"/>
     <w:rsid w:val="00D37DA2"/>
     <w:rsid w:val="00D40C92"/>
+    <w:rsid w:val="00D41A9B"/>
+    <w:rsid w:val="00D41C95"/>
     <w:rsid w:val="00D4298B"/>
     <w:rsid w:val="00D458EF"/>
     <w:rsid w:val="00D46637"/>
-    <w:rsid w:val="00D47118"/>
     <w:rsid w:val="00D474CF"/>
+    <w:rsid w:val="00D47C53"/>
     <w:rsid w:val="00D50566"/>
+    <w:rsid w:val="00D5149B"/>
+    <w:rsid w:val="00D5415A"/>
+    <w:rsid w:val="00D564C0"/>
+    <w:rsid w:val="00D57612"/>
+    <w:rsid w:val="00D62F3F"/>
+    <w:rsid w:val="00D63EA0"/>
     <w:rsid w:val="00D659D0"/>
+    <w:rsid w:val="00D6692D"/>
     <w:rsid w:val="00D6741F"/>
     <w:rsid w:val="00D7205E"/>
+    <w:rsid w:val="00D72CF8"/>
+    <w:rsid w:val="00D73839"/>
     <w:rsid w:val="00D74C95"/>
     <w:rsid w:val="00D74F7F"/>
+    <w:rsid w:val="00D752E0"/>
+    <w:rsid w:val="00D7680D"/>
     <w:rsid w:val="00D8081D"/>
+    <w:rsid w:val="00D827F2"/>
     <w:rsid w:val="00D83392"/>
     <w:rsid w:val="00D83838"/>
-    <w:rsid w:val="00D85783"/>
+    <w:rsid w:val="00D83DC9"/>
+    <w:rsid w:val="00D8529F"/>
     <w:rsid w:val="00D85CA0"/>
     <w:rsid w:val="00D85F61"/>
     <w:rsid w:val="00D87FAD"/>
     <w:rsid w:val="00D905FA"/>
     <w:rsid w:val="00D913C4"/>
+    <w:rsid w:val="00D91E18"/>
     <w:rsid w:val="00D957DD"/>
+    <w:rsid w:val="00D959EB"/>
+    <w:rsid w:val="00DA0C37"/>
+    <w:rsid w:val="00DA0D48"/>
     <w:rsid w:val="00DA35D2"/>
     <w:rsid w:val="00DA47DA"/>
     <w:rsid w:val="00DA5488"/>
+    <w:rsid w:val="00DB0BB1"/>
+    <w:rsid w:val="00DB0E3A"/>
+    <w:rsid w:val="00DB1225"/>
     <w:rsid w:val="00DB1BBD"/>
+    <w:rsid w:val="00DB39E3"/>
+    <w:rsid w:val="00DB60F6"/>
+    <w:rsid w:val="00DB67B3"/>
     <w:rsid w:val="00DB7C92"/>
+    <w:rsid w:val="00DC1406"/>
+    <w:rsid w:val="00DC235A"/>
+    <w:rsid w:val="00DC2C14"/>
+    <w:rsid w:val="00DC771E"/>
     <w:rsid w:val="00DD2528"/>
+    <w:rsid w:val="00DD38CC"/>
     <w:rsid w:val="00DD4CA3"/>
     <w:rsid w:val="00DD5909"/>
     <w:rsid w:val="00DE0E71"/>
     <w:rsid w:val="00DE445D"/>
+    <w:rsid w:val="00DF01B9"/>
+    <w:rsid w:val="00DF2B5E"/>
     <w:rsid w:val="00DF330D"/>
     <w:rsid w:val="00DF4E0F"/>
     <w:rsid w:val="00E030C6"/>
+    <w:rsid w:val="00E03735"/>
+    <w:rsid w:val="00E04696"/>
+    <w:rsid w:val="00E04D98"/>
     <w:rsid w:val="00E07A68"/>
     <w:rsid w:val="00E07CA2"/>
     <w:rsid w:val="00E1127F"/>
+    <w:rsid w:val="00E1229B"/>
     <w:rsid w:val="00E1290B"/>
     <w:rsid w:val="00E144F4"/>
-    <w:rsid w:val="00E23276"/>
-    <w:rsid w:val="00E3217E"/>
+    <w:rsid w:val="00E2307F"/>
+    <w:rsid w:val="00E23CDE"/>
+    <w:rsid w:val="00E25A60"/>
+    <w:rsid w:val="00E3231A"/>
+    <w:rsid w:val="00E33F1D"/>
+    <w:rsid w:val="00E35C98"/>
+    <w:rsid w:val="00E42957"/>
     <w:rsid w:val="00E43141"/>
+    <w:rsid w:val="00E44C12"/>
+    <w:rsid w:val="00E478DE"/>
+    <w:rsid w:val="00E47917"/>
     <w:rsid w:val="00E516D2"/>
     <w:rsid w:val="00E51F67"/>
+    <w:rsid w:val="00E527A4"/>
     <w:rsid w:val="00E52F68"/>
     <w:rsid w:val="00E5323B"/>
-    <w:rsid w:val="00E54C5D"/>
+    <w:rsid w:val="00E56E18"/>
+    <w:rsid w:val="00E57129"/>
     <w:rsid w:val="00E574F6"/>
+    <w:rsid w:val="00E61358"/>
+    <w:rsid w:val="00E613C4"/>
     <w:rsid w:val="00E65C3A"/>
-    <w:rsid w:val="00E66333"/>
+    <w:rsid w:val="00E73347"/>
     <w:rsid w:val="00E74333"/>
+    <w:rsid w:val="00E80BBA"/>
     <w:rsid w:val="00E81508"/>
     <w:rsid w:val="00E81D74"/>
-    <w:rsid w:val="00E86A18"/>
     <w:rsid w:val="00E87877"/>
     <w:rsid w:val="00E87E12"/>
     <w:rsid w:val="00E93261"/>
     <w:rsid w:val="00E9424E"/>
+    <w:rsid w:val="00E955A6"/>
     <w:rsid w:val="00E97187"/>
+    <w:rsid w:val="00E972ED"/>
+    <w:rsid w:val="00E97D24"/>
+    <w:rsid w:val="00EA38BB"/>
+    <w:rsid w:val="00EB111D"/>
+    <w:rsid w:val="00EB3150"/>
+    <w:rsid w:val="00EB33E0"/>
+    <w:rsid w:val="00EB371E"/>
+    <w:rsid w:val="00EB3F4E"/>
+    <w:rsid w:val="00EB467F"/>
+    <w:rsid w:val="00EB481D"/>
+    <w:rsid w:val="00EB5BFD"/>
     <w:rsid w:val="00EC1B0F"/>
     <w:rsid w:val="00EC1BFE"/>
+    <w:rsid w:val="00EC2369"/>
+    <w:rsid w:val="00EC2E5C"/>
+    <w:rsid w:val="00EC3152"/>
     <w:rsid w:val="00EC50A3"/>
+    <w:rsid w:val="00EC5432"/>
     <w:rsid w:val="00EC6344"/>
+    <w:rsid w:val="00EC6ECE"/>
+    <w:rsid w:val="00EC7483"/>
+    <w:rsid w:val="00ED09C6"/>
     <w:rsid w:val="00ED11DE"/>
+    <w:rsid w:val="00ED22EC"/>
+    <w:rsid w:val="00ED3A90"/>
     <w:rsid w:val="00ED5882"/>
+    <w:rsid w:val="00ED77A4"/>
     <w:rsid w:val="00EE2B1C"/>
+    <w:rsid w:val="00EE3217"/>
     <w:rsid w:val="00EE47CF"/>
+    <w:rsid w:val="00EE5A6A"/>
     <w:rsid w:val="00EE7B9A"/>
     <w:rsid w:val="00EF0CAC"/>
+    <w:rsid w:val="00EF367E"/>
+    <w:rsid w:val="00EF3794"/>
     <w:rsid w:val="00EF551B"/>
     <w:rsid w:val="00EF6A39"/>
     <w:rsid w:val="00EF70D6"/>
+    <w:rsid w:val="00F01CD5"/>
+    <w:rsid w:val="00F03202"/>
     <w:rsid w:val="00F04B82"/>
+    <w:rsid w:val="00F055BC"/>
     <w:rsid w:val="00F06313"/>
+    <w:rsid w:val="00F07BDD"/>
     <w:rsid w:val="00F102D1"/>
+    <w:rsid w:val="00F14225"/>
     <w:rsid w:val="00F15EE9"/>
     <w:rsid w:val="00F16787"/>
     <w:rsid w:val="00F2055F"/>
+    <w:rsid w:val="00F23C85"/>
+    <w:rsid w:val="00F2576D"/>
+    <w:rsid w:val="00F27022"/>
     <w:rsid w:val="00F27C59"/>
+    <w:rsid w:val="00F3192F"/>
+    <w:rsid w:val="00F31EEE"/>
+    <w:rsid w:val="00F33C34"/>
+    <w:rsid w:val="00F34B08"/>
+    <w:rsid w:val="00F34F5A"/>
+    <w:rsid w:val="00F3695D"/>
     <w:rsid w:val="00F41F60"/>
     <w:rsid w:val="00F466AB"/>
+    <w:rsid w:val="00F46D01"/>
     <w:rsid w:val="00F472AC"/>
     <w:rsid w:val="00F47310"/>
     <w:rsid w:val="00F47388"/>
     <w:rsid w:val="00F51291"/>
     <w:rsid w:val="00F52937"/>
+    <w:rsid w:val="00F53519"/>
+    <w:rsid w:val="00F53F37"/>
+    <w:rsid w:val="00F54AD1"/>
     <w:rsid w:val="00F56943"/>
+    <w:rsid w:val="00F570C8"/>
+    <w:rsid w:val="00F571FA"/>
     <w:rsid w:val="00F61891"/>
+    <w:rsid w:val="00F65E65"/>
     <w:rsid w:val="00F6715B"/>
+    <w:rsid w:val="00F67B5A"/>
     <w:rsid w:val="00F732E2"/>
     <w:rsid w:val="00F73C96"/>
+    <w:rsid w:val="00F740D9"/>
     <w:rsid w:val="00F76F74"/>
     <w:rsid w:val="00F80B8E"/>
+    <w:rsid w:val="00F8189B"/>
     <w:rsid w:val="00F820D3"/>
-    <w:rsid w:val="00F82736"/>
     <w:rsid w:val="00F82AF9"/>
+    <w:rsid w:val="00F8340A"/>
     <w:rsid w:val="00F84FF0"/>
+    <w:rsid w:val="00F87052"/>
     <w:rsid w:val="00F87C63"/>
+    <w:rsid w:val="00F911D7"/>
     <w:rsid w:val="00F948AE"/>
     <w:rsid w:val="00F95E70"/>
     <w:rsid w:val="00F97E3B"/>
+    <w:rsid w:val="00FA14DD"/>
+    <w:rsid w:val="00FA3060"/>
+    <w:rsid w:val="00FA4B11"/>
+    <w:rsid w:val="00FA5690"/>
+    <w:rsid w:val="00FB39F8"/>
+    <w:rsid w:val="00FC0AB7"/>
+    <w:rsid w:val="00FC1BB0"/>
+    <w:rsid w:val="00FC412F"/>
+    <w:rsid w:val="00FC5D47"/>
     <w:rsid w:val="00FC6492"/>
     <w:rsid w:val="00FC7CF7"/>
     <w:rsid w:val="00FD0A2F"/>
+    <w:rsid w:val="00FD279C"/>
+    <w:rsid w:val="00FD2F4F"/>
+    <w:rsid w:val="00FD3B73"/>
+    <w:rsid w:val="00FD3BA1"/>
     <w:rsid w:val="00FE0939"/>
     <w:rsid w:val="00FE1A0A"/>
+    <w:rsid w:val="00FE1EDB"/>
+    <w:rsid w:val="00FE37D7"/>
+    <w:rsid w:val="00FE4130"/>
+    <w:rsid w:val="00FE48B7"/>
+    <w:rsid w:val="00FE766A"/>
+    <w:rsid w:val="00FE7806"/>
     <w:rsid w:val="00FE78B0"/>
     <w:rsid w:val="00FF3899"/>
     <w:rsid w:val="00FF3C53"/>
     <w:rsid w:val="00FF41FE"/>
     <w:rsid w:val="00FF44F1"/>
+    <w:rsid w:val="00FF5374"/>
+    <w:rsid w:val="00FF58BA"/>
     <w:rsid w:val="00FF5D33"/>
+    <w:rsid w:val="00FF70E2"/>
     <w:rsid w:val="00FF76E4"/>
     <w:rsid w:val="016072AF"/>
     <w:rsid w:val="020925B8"/>
     <w:rsid w:val="02D1729F"/>
     <w:rsid w:val="04043713"/>
     <w:rsid w:val="055F25EE"/>
     <w:rsid w:val="083579C3"/>
     <w:rsid w:val="0CC67C78"/>
     <w:rsid w:val="0DB97A45"/>
     <w:rsid w:val="0E4B5E5D"/>
     <w:rsid w:val="11CC0579"/>
     <w:rsid w:val="15355F42"/>
     <w:rsid w:val="154D2C97"/>
     <w:rsid w:val="1BD83FB4"/>
     <w:rsid w:val="263B75CA"/>
     <w:rsid w:val="27B817E0"/>
     <w:rsid w:val="28A1438C"/>
     <w:rsid w:val="2A62271D"/>
     <w:rsid w:val="30BE1091"/>
     <w:rsid w:val="340B19E8"/>
     <w:rsid w:val="34171BC6"/>
     <w:rsid w:val="398702CA"/>
     <w:rsid w:val="39FB1E66"/>
     <w:rsid w:val="3CF772CF"/>
     <w:rsid w:val="3D544396"/>
@@ -37998,103 +41456,104 @@
     <w:rsid w:val="78CB0669"/>
     <w:rsid w:val="79F37723"/>
     <w:rsid w:val="7DCC3271"/>
     <w:rsid w:val="7E6D2B56"/>
     <w:rsid w:val="7EB64B61"/>
     <w:rsid w:val="7EBA645D"/>
     <w:rsid w:val="7EE9378C"/>
     <w:rsid w:val="7EED1876"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="167F51C3"/>
   <w15:docId w15:val="{62FF3620-1A04-404A-B045-1AA366198DA2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:qFormat="1"/>
     <w:lsdException w:name="annotation text" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:qFormat="1"/>
     <w:lsdException w:name="annotation reference" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -38405,50 +41864,51 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-720"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
@@ -38557,50 +42017,51 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
+    <w:qFormat/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="3366FF"/>
@@ -38736,63 +42197,65 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FrontPageSubtitle">
     <w:name w:val="Front Page Subtitle"/>
     <w:basedOn w:val="FrontPageTitle"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ms-rtethemeforecolor-2-01">
     <w:name w:val="ms-rtethemeforecolor-2-01"/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="List Paragraph (numbered (a)),List Paragraph1,WB Para"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="List Paragraph (numbered (a)) Char,List Paragraph1 Char,WB Para Char"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletedList">
     <w:name w:val="BulletedList"/>
     <w:basedOn w:val="NoSpacing"/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Boldoneline">
@@ -38803,50 +42266,51 @@
       <w:spacing w:before="360"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Revision1">
     <w:name w:val="Revision1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="msonormal0">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
@@ -38903,50 +42367,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
     <w:name w:val="Unresolved Mention2"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:qFormat/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="x1a">
     <w:name w:val="x1a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="appsboldfont">
     <w:name w:val="appsboldfont"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TOCHeading1">
     <w:name w:val="TOC Heading1"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="240" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="9"/>
@@ -38965,85 +42430,2304 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention4">
     <w:name w:val="Unresolved Mention4"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Revision2">
     <w:name w:val="Revision2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BB1B5D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AE4A4A"/>
+    <w:rsid w:val="00A51D8E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D16EF7"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
+      <w:jc w:val="left"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00337693"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="483279423">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="311954014">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="504436302">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1087920024">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="242031041">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="345596938">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1473595121">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="458378314">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1347563112">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1766878560">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="905532557">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="902061585">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1681081311">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1713575612">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1251934481">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1718436132">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="401564572">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2017228440">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1139692355">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1534001544">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="882014746">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1635866197">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1160118871">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1267271008">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1089429150">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1914199259">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1757440395">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="594049038">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1564834491">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="126358801">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="819662425">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2033191549">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2001930716">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1368798184">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1648782513">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1921988143">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1247113518">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="549075886">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="692808759">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="553203574">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1087506678">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1549684569">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="667488381">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="608244724">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2079815422">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="622686844">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="442459823">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1884948727">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1718123591">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1350569076">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1548956102">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="241569492">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="907115237">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1378818495">
+              <w:marLeft w:val="-75"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="30"/>
+              <w:marBottom w:val="30"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1373725657">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1982611246">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="680201175">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="378942388">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1671371283">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1031808809">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="2084641858">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1551376953">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="424573883">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="773012627">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1852253127">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1355494525">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1371107071">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1728719499">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1592858253">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="121462056">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="2025551740">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1345667830">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1670056309">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1396079792">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="680472255">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1076978207">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1272393367">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="613903366">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1218013671">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2063289051">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1930654794">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1958102107">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="467862384">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1578397397">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1012412343">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1645310664">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="215553774">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1574003814">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="334573465">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="156191081">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="164905993">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1551192051">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1036541114">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1597980004">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1129665313">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="716513934">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="819269226">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="81419591">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="314453321">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1350644194">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="910000027">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="447939512">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="936718387">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="709384066">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="996880055">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="905916230">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="502160749">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="187571979">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1920557472">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1767001690">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1846507148">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1623418097">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="779491504">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="764575269">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1882092123">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="932055489">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="983584243">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="108595309">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="257326560">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="391974869">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1558008890">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1236015258">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1633779544">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="256183741">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="320081803">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1621297609">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2126347041">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1479834035">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2114668540">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="524637936">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1264339804">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="972520833">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="746651652">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1927885265">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1166048746">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="730157139">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="676729450">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1885749219">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="6373684">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="561252902">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1705010763">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1600288143">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="620916973">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1727097506">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1727483669">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="124276586">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="705567782">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1905217719">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="398292357">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="572353382">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1252160256">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="61218031">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="385643986">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="286548864">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1418477254">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1225213789">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1675380676">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1489782101">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1606497404">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="61677713">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1892769413">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="949169713">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="437065377">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="727732175">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1256785487">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="523397908">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="232469764">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1898393477">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="230431482">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="60636783">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1154759619">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1287421791">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2116627883">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="456997447">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1552418193">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="569391335">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1650329430">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1670719383">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="%20https://info.undp.org/gssu/SiteAssets/PSA/IPSA/Human%20Resources%20Practitioners/3-Forms%20and%20Templates/Certificate_of_Good_Health.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estm.fa.em2.oraclecloud.com/hcmUI/faces/FndOverview?fnd=%3B%3B%3B%3Bfalse%3B256%3B%3B%3B&amp;fndGlobalItemNodeId=itemNode_manager_resources_CareerandPerformance&amp;_afrLoop=51988636887518897&amp;_afrWindowMode=0&amp;_afrWindowId=il1sewf7g&amp;_adf.ctrl-state=15xm4069zv_108&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1756&amp;_afrMFH=880&amp;_afrMFDW=2195&amp;_afrMFDH=1235&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=210&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/726" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/726" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:x:/r/teams/OHR-Portal/Shared%20Documents/PSA/PSA_Remuneration_setting_Tool.xlsx?d=w2524519f19b2477e827dd17bb45c0e50&amp;csf=1&amp;web=1&amp;e=mmEUfz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="%20https://info.undp.org/gssu/SiteAssets/PSA/IPSA/Human%20Resources%20Practitioners/3-Forms%20and%20Templates/Guide%20in%20Writing%20a%20TOR%20for%20IPSA.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reportmisconduct@undp.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estm.fa.em2.oraclecloud.com/hcmUI/faces/FndOverview?fnd=%3B%3B%3B%3Bfalse%3B256%3B%3B%3B&amp;fndGlobalItemNodeId=itemNode_manager_resources_CareerandPerformance&amp;_afrLoop=51988636887518897&amp;_afrWindowMode=0&amp;_afrWindowId=il1sewf7g&amp;_adf.ctrl-state=15xm4069zv_108&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1756&amp;_afrMFH=880&amp;_afrMFDW=2195&amp;_afrMFDH=1235&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=210&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/IPSA/Forms%20and%20Template/Vendor-Person_profile_update.doc?d=wb438bbc6de764c2e80031449a0616152&amp;csf=1&amp;web=1&amp;e=Dbw3I1" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.partneragencies.org/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/IPSA/Forms%20and%20Template/Guide%20in%20Writing%20a%20TOR%20for%20IPSA.docx?d=w341018457f93459695abef4e1a03c5e5&amp;csf=1&amp;web=1&amp;e=bwmemB" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harassment.support@undp.org" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/IPSA/Forms%20and%20Template/PSA%20Face%20Sheet%20and%20GTC%20(Regular)_Revised.docx?d=w5c7721ca75c14825b7633733e22f5d62&amp;csf=1&amp;web=1&amp;e=WrR0Ha" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B3E1D49A6-AEF0-494A-847A-4BF5096DDAFF%7D&amp;file=PSA%20Face%20Sheet%20and%20GTC%20(Regular)_Revised.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/IPSA/Forms%20and%20Template/Certificate_of_Good_Health.doc?d=w007d76c856c24a3397e1ba43eb85216d&amp;csf=1&amp;web=1&amp;e=yRDlkX" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.undp.org/gssu/SiteAssets/PSA/IPSA/Human%20Resources%20Practitioners/4-IPSA%20Contract%20Template%20and%20GTC/PSA%20face%20sheet.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/726" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.undp.org/gssu/SiteAssets/PSA/IPSA/Human%20Resources%20Practitioners/5-Useful%20Tools/PSA_Remuneration_setting_Tool.xlsx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/IPSA/Forms%20and%20Template%20(1)/Annual%20Performance%20Review%20(by%20Supervisors)_Short-term.docx?d=wabb6a59d6ec0433abfdd4428d5c76aa4&amp;csf=1&amp;web=1&amp;e=6Fwa9M" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/IPSA/Forms%20and%20Template/PSA%20Reference%20Check%20Form.docx?d=wd27c64d734e34077acd3b217a65ee641&amp;csf=1&amp;web=1&amp;e=iW5CSG" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.undp.org/gssu/SiteAssets/PSA/IPSA/Human%20Resources%20Practitioners/5-Useful%20Tools/PSA_Remuneration_setting_Tool.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/IPSA/Forms%20and%20Template%20(1)/Annual%20Performance%20Review%20(by%20Supervisors)_Short-term.docx?d=wabb6a59d6ec0433abfdd4428d5c76aa4&amp;csf=1&amp;web=1&amp;e=6Fwa9M" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/IPSA/Forms%20and%20Template/PSA%20Reference%20Check%20Form.docx?d=wd27c64d734e34077acd3b217a65ee641&amp;csf=1&amp;web=1&amp;e=iW5CSG" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estm.fa.em2.oraclecloud.com/hcmUI/faces/FndOverview?fnd=%3B%3B%3B%3Bfalse%3B256%3B%3B%3B&amp;fndGlobalItemNodeId=itemNode_manager_resources_CareerandPerformance&amp;_afrLoop=51988636887518897&amp;_afrWindowMode=0&amp;_afrWindowId=il1sewf7g&amp;_adf.ctrl-state=15xm4069zv_108&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1756&amp;_afrMFH=880&amp;_afrMFDW=2195&amp;_afrMFDH=1235&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=210&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.undp.org/gssu/SiteAssets/PSA/IPSA/Human%20Resources%20Practitioners/3-Forms%20and%20Templates/Certificate_of_Good_Health.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estm.fa.em2.oraclecloud.com/hcmUI/faces/FndOverview?fnd=%3B%3B%3B%3Bfalse%3B256%3B%3B%3B&amp;fndGlobalItemNodeId=itemNode_manager_resources_CareerandPerformance&amp;_afrLoop=51988636887518897&amp;_afrWindowMode=0&amp;_afrWindowId=il1sewf7g&amp;_adf.ctrl-state=15xm4069zv_108&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1756&amp;_afrMFH=880&amp;_afrMFDW=2195&amp;_afrMFDH=1235&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=210&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:x:/r/teams/OHR-Portal/Shared%20Documents/PSA/PSA_Remuneration_setting_Tool.xlsx?d=w2524519f19b2477e827dd17bb45c0e50&amp;csf=1&amp;web=1&amp;e=mmEUfz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reportmisconduct@undp.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.partneragencies.org/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/IPSA/Forms%20and%20Template/Vendor-Person_profile_update.doc?d=wb438bbc6de764c2e80031449a0616152&amp;csf=1&amp;web=1&amp;e=Dbw3I1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.undp.org/gssu/SiteAssets/PSA/IPSA/Human%20Resources%20Practitioners/3-Forms%20and%20Templates/Guide%20in%20Writing%20a%20TOR%20for%20IPSA.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/IPSA/Forms%20and%20Template/Guide%20in%20Writing%20a%20TOR%20for%20IPSA.docx?d=w341018457f93459695abef4e1a03c5e5&amp;csf=1&amp;web=1&amp;e=bwmemB" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harassment.support@undp.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/726" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/IPSA/Forms%20and%20Template/PSA%20Face%20Sheet%20and%20GTC%20(Regular)_Revised.docx?d=w5c7721ca75c14825b7633733e22f5d62&amp;csf=1&amp;web=1&amp;e=WrR0Ha" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B3E1D49A6-AEF0-494A-847A-4BF5096DDAFF%7D&amp;file=PSA%20Face%20Sheet%20and%20GTC%20(Regular)_Revised.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.undp.org/gssu/SiteAssets/PSA/IPSA/Human%20Resources%20Practitioners/4-IPSA%20Contract%20Template%20and%20GTC/PSA%20face%20sheet.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/726" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/IPSA/Forms%20and%20Template/Certificate_of_Good_Health.doc?d=w007d76c856c24a3397e1ba43eb85216d&amp;csf=1&amp;web=1&amp;e=yRDlkX" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/726" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -39295,80 +44979,415 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="54d56521cb8b950110d779ecec233d4f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="030e562aea712385259f3e9724b3d80f" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1275F13E-DB06-4C00-8679-E1461E85EB57}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60709899-F1F2-4438-8992-4D90DF539568}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79A585F0-F52B-42DB-882B-BEB73A4871BD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{678DCCC4-AC69-4A02-BA62-7F34B96B9911}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>45</Pages>
-[...1 lines deleted...]
-  <Characters>90007</Characters>
+  <Pages>41</Pages>
+  <Words>14183</Words>
+  <Characters>80844</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>750</Lines>
-  <Paragraphs>211</Paragraphs>
+  <Lines>673</Lines>
+  <Paragraphs>189</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>105586</CharactersWithSpaces>
+  <CharactersWithSpaces>94838</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Esperanza M Garcia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>dd5f9cb9-cd31-4941-bc4e-d4e975f1e23c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="BusinessUnit">
     <vt:lpwstr>349;#Human Resources Management|1f57ad6b-760b-4b5a-be19-36e6fe76fd85</vt:lpwstr>
@@ -39403,44 +45422,53 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="UNDPFocusAreas">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="UNDP_POPP_BUSINESSPROCESS_HIDDEN">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="DLCPolicyLabelValue">
     <vt:lpwstr>Effective Date: {Effective Date}                                                Version #: {POPPRefItemVersion}</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="UNDP_POPP_DOCUMENT_TYPE">
     <vt:lpwstr>Policy</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="UNDP_POPP_VERSION_COMMENTS">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="UNDP_POPP_DOCUMENT_LANGUAGE">
     <vt:lpwstr>English</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="UNDP_POPP_FILEVERSION">
     <vt:r8>1024</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="UNDP_POPP_REFITEM_VERSION">
     <vt:r8>2</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="UndpDocStatus">
     <vt:lpwstr>Draft</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="UndpClassificationLevel">
     <vt:lpwstr>Internal Use Only</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="UndpIsTemplate">
     <vt:lpwstr>No</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="KSOProductBuildVer">
     <vt:lpwstr>1033-11.2.0.11537</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="ICV">
     <vt:lpwstr>86CC71A0633148A0836AE03F110E96CC</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="GrammarlyDocumentId">
+    <vt:lpwstr>2ea426d6-19aa-42f8-8176-fadff43dc5b7</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
 </Properties>
 </file>