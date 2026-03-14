--- v0 (2025-10-19)
+++ v1 (2026-03-14)
@@ -1,155 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="00AB1F89" w14:textId="7C0E69B2" w:rsidR="00AD5AE1" w:rsidRDefault="00474150" w:rsidP="006704F3">
+    <w:p w14:paraId="00AB1F89" w14:textId="6A76B63B" w:rsidR="00AD5AE1" w:rsidRDefault="00474150" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Mi</w:t>
       </w:r>
       <w:r w:rsidR="008B1B87">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">se en place et collecte des </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">se en place et collecte </w:t>
+      </w:r>
+      <w:r w:rsidR="004842B6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">des </w:t>
+      </w:r>
+      <w:r w:rsidR="004842B6" w:rsidRPr="004542D0">
+        <w:t>frais</w:t>
       </w:r>
       <w:r w:rsidR="004542D0" w:rsidRPr="004542D0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>frais d'appui général à la gestion</w:t>
+        <w:t xml:space="preserve"> d'appui général à la gestion</w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (GMS)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FE570AF" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6020BFF7" w14:textId="0BF27834" w:rsidR="00AD5AE1" w:rsidRDefault="006704F3" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Se référer au </w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
-        <w:r>
+        <w:r w:rsidRPr="007C6418">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>Recouvrement des coûts provenant d</w:t>
         </w:r>
-        <w:r w:rsidR="00474150">
+        <w:r w:rsidR="00474150" w:rsidRPr="007C6418">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>’</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="007C6418">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>autres ressources - Appui général à la gestion</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="007C6418">
         <w:t xml:space="preserve"> des politiques et procédures régiss</w:t>
       </w:r>
+      <w:r w:rsidR="00474150" w:rsidRPr="007C6418">
+        <w:t>ant les programmes</w:t>
+      </w:r>
       <w:r w:rsidR="00474150">
-        <w:t>ant les programmes et opérations.</w:t>
+        <w:t xml:space="preserve"> et opérations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63715C97" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EFA0259" w14:textId="1FF72875" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="00342218">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Cette section présente la collecte</w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">et la mise en place des </w:t>
@@ -188,84 +190,86 @@
       <w:r>
         <w:t>La collecte efficace des revenus de recouvrement des coûts est une composante majeure du respect général de la politique en matière de recouvrement des coûts du Programme des Nations Unies pour le développement (PNUD). Par ailleurs, elle assure que les capacités</w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:t xml:space="preserve"> adéquates</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D25787">
         <w:t xml:space="preserve">pour la </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">gestion des ressources autres que les ressources de base sont financées durablement. Le processus commence par la négociation appropriée de chaque accord avec les donateurs </w:t>
       </w:r>
       <w:r w:rsidR="00D25787">
         <w:t xml:space="preserve">pour refléter </w:t>
       </w:r>
       <w:r w:rsidR="00342218" w:rsidRPr="00342218">
         <w:t xml:space="preserve">correctement le taux de recouvrement de coût </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00D25787">
-        <w:t xml:space="preserve">voir </w:t>
+        <w:t>vo</w:t>
+      </w:r>
+      <w:r w:rsidR="00D25787" w:rsidRPr="007C6418">
+        <w:t xml:space="preserve">ir </w:t>
       </w:r>
       <w:hyperlink r:id="rId13">
-        <w:r w:rsidR="00D25787">
+        <w:r w:rsidR="00D25787" w:rsidRPr="007C6418">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>POPP : R</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="007C6418">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>ecouvrement des coûts provenant d</w:t>
         </w:r>
-        <w:r w:rsidR="00474150">
+        <w:r w:rsidR="00474150" w:rsidRPr="007C6418">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>’</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="007C6418">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>autres ressources - Appui général à la gestion</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t xml:space="preserve"> des politiques et procédures régissant les programmes et opérations) et se poursuit avec la mise en place appropriée du projet et des </w:t>
+      <w:r w:rsidRPr="007C6418">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">des politiques et procédures régissant les programmes et opérations) et se poursuit avec la mise en place appropriée du projet et des </w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:t>GMS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pour permettre au PNUD de collecter les revenus de recouvrement des coûts</w:t>
       </w:r>
       <w:r w:rsidR="00D25787">
         <w:t xml:space="preserve"> de façon appropriée</w:t>
       </w:r>
       <w:r>
         <w:t>, de manière transparente et rapide, et en pleine conformité avec les termes stipulés da</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>ns l’accord avec les donateurs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AFF67E6" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5341B32D" w14:textId="1FE0B8B6" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
@@ -276,97 +280,145 @@
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="003452FA">
         <w:t>Le respect de la politique</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> en matière de recouvrement des coûts exige que les bureaux mettent en place le budget du projet dans </w:t>
       </w:r>
       <w:r w:rsidR="00C25182">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t>, notamment une ligne séparée de budget pour l</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>appui général à la gestion, et présentent le taux d</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>appui général à la gestion et la méthode « earn as you go »de collecte du revenu de l</w:t>
+        <w:t>appui général à la gestion et la méthode « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>earn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> go »de collecte du revenu de l</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">appui général à la gestion. La méthode « earn as you go » impute les </w:t>
+        <w:t>appui général à la gestion. La méthode « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>earn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> go » impute les </w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:t>GMS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pour chaque transaction lorsque des dépenses sont </w:t>
       </w:r>
       <w:r w:rsidR="00D25787">
         <w:t>effectuées</w:t>
       </w:r>
       <w:r>
         <w:t>, et crédite automatiquement les comptes extrabudgétaires des bureaux, sur la base de la méthodologie en matière d</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>appui général à la gestion et des distributions des départ</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>ements qui s’appliquent ainsi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A83B046" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="490E289F" w14:textId="69FAB8D3" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Toute exception à la méthode « earn as you go » doit être appuyée par une étude de viabilité solide et être approuvée par le </w:t>
+        <w:t>Toute exception à la méthode « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>earn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> go » doit être appuyée par une étude de viabilité solide et être approuvée par le </w:t>
       </w:r>
       <w:r w:rsidR="00D25787">
         <w:t>Directeur</w:t>
       </w:r>
       <w:r>
         <w:t>. Les demandes d</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">exceptions seront uniquement considérées à des fins de transition et </w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>le seront dans un délai limité.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F3948A2" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13A445C5" w14:textId="5DF7F495" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
@@ -460,125 +512,128 @@
     <w:p w14:paraId="10001567" w14:textId="11394E7F" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Le montant total de la contribution est programmé dans le cadre du budget du projet, et inclut une ligne séparée de budget pour les </w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:t>GMS</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E41BB20" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AB4A8FE" w14:textId="23E79B48" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
+    <w:p w14:paraId="6AB4A8FE" w14:textId="061117E2" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Le taux de recouvrement des coûts est imputé au budget programmable. Par exemple, sur une contribution d</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">un million de dollars </w:t>
       </w:r>
       <w:r w:rsidR="00D25787">
         <w:t>US</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, en appliquant des </w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:t>GMS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> à hauteur de 8 pour cent, le budget programmable est de 0,926 million de dollars </w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:t>US</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> et le budget de l</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">appui général à la gestion est </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">de 0,074 million de dollars </w:t>
+        <w:t xml:space="preserve">appui général à la gestion est de 0,074 million de dollars </w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:t>US</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Utiliser le </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">calculateur de taux </w:t>
         </w:r>
         <w:r w:rsidR="004542D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>de GMS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EE332A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> pour déterminer les montants en ce qui concerne le budget programmable du projet et le budget de l</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004842B6">
+        <w:t xml:space="preserve">(en anglais) </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pour déterminer les montants en ce qui concerne le budget programmable du projet et le budget de l</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>appui général à la gestion. [Note : Les budgets des projets du Fonds pour l</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>environnement mondial (FEM) et du Protocole de Montréal ne comprennent pas le budget de l</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>appui général à la gestion, ils comprennent seu</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t xml:space="preserve">lement le budget programmable. </w:t>
       </w:r>
       <w:r>
         <w:t>Le budget de l</w:t>
       </w:r>
@@ -598,54 +653,75 @@
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E622F39" w14:textId="7EBFC24B" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">La budgétisation des </w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:t>GMS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> au sein du budget du projet assure que les processus du système interne </w:t>
       </w:r>
       <w:r w:rsidR="00EE332A">
         <w:t xml:space="preserve">Quantum </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">peuvent être lancés régulièrement et avec la méthode « earn as you go » pour les dépenses réelles, et que les revenus extrabudgétaires sont collectés dans un délai raisonnable. Toute incapacité à </w:t>
-      </w:r>
+        <w:t>peuvent être lancés régulièrement et avec la méthode « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>earn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> go » pour les dépenses réelles, et que les revenus extrabudgétaires sont collectés dans un délai raisonnable. Toute incapacité à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D25787">
-        <w:t xml:space="preserve">réfleter </w:t>
+        <w:t>réfleter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D25787">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">les </w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:t>GMS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> dans la mise en place du budget du projet et la composante des </w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:t>GMS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> dans le cadre du budget du projet ne fe</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>ra que retarder ce processus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67BA5B5F" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
@@ -702,260 +778,307 @@
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A85252B" w14:textId="377DBBAC" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Le code de compte de dépenses d</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">appui général à la gestion dans </w:t>
       </w:r>
       <w:r w:rsidR="00BE0B17">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> pour la méthode « earn as you go » est 75105 (« F&amp;A – Implementation »). Ce compte est automatiquement utilisé </w:t>
+        <w:t xml:space="preserve"> pour la méthode « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>earn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> go » est 75105 (« F&amp;A – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Implementation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> »). Ce compte est automatiquement utilisé </w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>par le procédé discontinu F&amp;A.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70EFC91F" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A0396AF" w14:textId="6A0600B4" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mise en place des </w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>GMS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> dans </w:t>
       </w:r>
       <w:r w:rsidR="00EE332A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Quantum</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36B88B1F" w14:textId="77777777" w:rsidR="006704F3" w:rsidRDefault="006704F3" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60BDEC0B" w14:textId="27D532CE" w:rsidR="00AD5AE1" w:rsidRDefault="000F0CD5" w:rsidP="006704F3">
+    <w:p w14:paraId="60BDEC0B" w14:textId="6739D57D" w:rsidR="00AD5AE1" w:rsidRDefault="004842B6" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="000F0CD5">
-[...4 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0CD5" w:rsidRPr="000F0CD5">
+        <w:t xml:space="preserve">es frais de GMS sont saisis dans le module Subventions de Quantum. La navigation dans Quantum est la suivante : Grants Management/ Edit </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000F0CD5" w:rsidRPr="000F0CD5">
+        <w:t>Award</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000F0CD5" w:rsidRPr="000F0CD5">
+        <w:t xml:space="preserve"> Details/Financial </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000F0CD5" w:rsidRPr="000F0CD5">
+        <w:t>Tab.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="71153C48" w14:textId="46C530FD" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:ins w:id="0" w:author="Hoong May Ann" w:date="2022-05-23T14:55:00Z">
-[...55 lines deleted...]
-      </w:ins>
+      <w:r w:rsidR="00BE0B17">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E0DF8F6" wp14:editId="0914CB50">
+            <wp:extent cx="3109453" cy="2105025"/>
+            <wp:effectExtent l="19050" t="19050" r="15240" b="9525"/>
+            <wp:docPr id="2" name="Picture 2" descr="Graphical user interface, text, application&#10;&#10;Description automatically generated"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2" name="Picture 2" descr="Graphical user interface, text, application&#10;&#10;Description automatically generated"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3118247" cy="2110979"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
     <w:p w14:paraId="15F52F42" w14:textId="77777777" w:rsidR="00BE0B17" w:rsidRDefault="00BE0B17" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56B691A3" w14:textId="114F9E08" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Les </w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:t>GMS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> sont entrés par le biais de la méthode de collecte de l</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">appui général à </w:t>
       </w:r>
       <w:r w:rsidR="00474150">
-        <w:t>la gestion « earn as you go ».</w:t>
+        <w:t>la gestion « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00474150">
+        <w:t>earn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00474150">
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00474150">
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00474150">
+        <w:t xml:space="preserve"> go ».</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34FE013E" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F827800" w14:textId="5B402BCC" w:rsidR="00AD5AE1" w:rsidRDefault="00EE332A" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE332A">
         <w:t>Les frais de GMS sont saisis au niveau de la bourse-fonds-donateur. Chaque bourse est liée à un projet spécifique</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B424EA0" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59CF138F" w14:textId="7A1BBC92" w:rsidR="00AD343B" w:rsidRDefault="00EE332A" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE332A">
-        <w:t xml:space="preserve">Le calcul des frais de GMS est intégré à Quantum pour une automatisation maximale et une saisie minimale des données. Les bureaux nationaux doivent créer un dossier UNALL avec GSSC après la </w:t>
-[...3 lines deleted...]
-        <w:t>création de l'attribution pour activer leur contrat et indiquer également le type de modalité de distribution pour compléter la configuration de GMS.  Une fois la modalité de distribution GMS sélectionnée par GSSC, les pourcentages des départements sont automatiquement renseignés pour la distribution des revenus</w:t>
+        <w:t>Le calcul des frais de GMS est intégré à Quantum pour une automatisation maximale et une saisie minimale des données. Les bureaux nationaux doivent créer un dossier UNALL avec GSSC après la création de l'attribution pour activer leur contrat et indiquer également le type de modalité de distribution pour compléter la configuration de GMS.  Une fois la modalité de distribution GMS sélectionnée par GSSC, les pourcentages des départements sont automatiquement renseignés pour la distribution des revenus</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="782E4111" w14:textId="77777777" w:rsidR="00AD343B" w:rsidRDefault="00AD343B" w:rsidP="00E923EA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21832D80" w14:textId="24B446D2" w:rsidR="00AD5AE1" w:rsidRDefault="00EE332A" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE332A">
         <w:t>A l'exception des fonds verticaux (Fonds mondial du GFATM, FEM, Fonds vert pour le climat (GCF) et Protocole de Montréal (MP)), les revenus de GMS ne seront plus distribués entre les unités internes du PNUD à partir de 2017. Les SGM provenant des fonds verticaux continueront d'être distribués en interne sur la base de la décision de gestion antérieure à 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="407558F3" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
@@ -970,51 +1093,59 @@
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE332A">
         <w:t>Les taux de redevance GMS pour le FEM, le Fonds vert pour le climat (FVC) et le Protocole de Montréal (PM) sont saisis dans la même page d'attribution mais ne suivent pas le même processus de calendrier des charges livrées dans Quantum.  Les bureaux peuvent obtenir les taux GMS et les distributions des projets GEF et MP en utilisant la même requête Quantum pour les bureaux du PNUD.</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t> ».</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF5E16E" w14:textId="77777777" w:rsidR="00CC14D6" w:rsidRDefault="00CC14D6" w:rsidP="00E923EA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29D603AB" w14:textId="070F2034" w:rsidR="00AD5AE1" w:rsidRDefault="000F0CD5" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="000F0CD5">
-        <w:t>La responsabilité de s'assurer que le taux de GMS est correctement saisi en temps utile dans Quantum Award sous le module de gestion des subventions afin de garantir la collecte des revenus de GMS incombe au bureau de gestion du projet</w:t>
+        <w:t xml:space="preserve">La responsabilité de s'assurer que le taux de GMS est correctement saisi en temps utile dans Quantum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0CD5">
+        <w:t>Award</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0CD5">
+        <w:t xml:space="preserve"> sous le module de gestion des subventions afin de garantir la collecte des revenus de GMS incombe au bureau de gestion du projet</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12576E45" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F2E1AEB" w14:textId="3676D209" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Un projet applique le même taux de recouvrement des coûts pour tous les donateurs, mais il y a des cas où les taux sont différents dans le cadre de la politique de recouvrement des coûts, comme lorsque le projet a une combinaison de participation aux coûts (</w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:t>GMS</w:t>
@@ -1041,522 +1172,596 @@
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:t>GMS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> à hau</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t xml:space="preserve">teur minimale de </w:t>
       </w:r>
       <w:r w:rsidR="000F0CD5">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>pour cent).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66CB78A5" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26E03287" w14:textId="584955A2" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
+    <w:p w14:paraId="26E03287" w14:textId="02D3F20C" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pour le Département de la sûreté et de la sécurité des Nations Unies </w:t>
       </w:r>
       <w:r w:rsidR="000E2665">
         <w:t xml:space="preserve">– UNDSS </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(code de fonds 68100) et le fonds commun de la coordination </w:t>
       </w:r>
       <w:r w:rsidR="000E2665">
         <w:t>– UNDOCO</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (code de fonds 680xx), les frais d</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>appui administratif couvrent l</w:t>
       </w:r>
       <w:r w:rsidR="00474150">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">appui à la mise en œuvre et les </w:t>
       </w:r>
       <w:r w:rsidR="004542D0">
         <w:t>GMS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> sont gérés séparément par les unités du siège du Bureau des services de gestion</w:t>
       </w:r>
       <w:r w:rsidR="000E2665">
-        <w:t xml:space="preserve"> (BMS)</w:t>
-[...11 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> (BMS</w:t>
+      </w:r>
+      <w:r w:rsidR="00996FBB">
+        <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01FF1DB1" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C64E08B" w14:textId="77777777" w:rsidR="0001078A" w:rsidRPr="00D06A8C" w:rsidRDefault="0001078A" w:rsidP="0001078A">
-[...3 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p w14:paraId="77522670" w14:textId="77777777" w:rsidR="004842B6" w:rsidRPr="004C0B1A" w:rsidRDefault="004842B6" w:rsidP="004842B6">
+      <w:pPr>
+        <w:ind w:left="705" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="auto"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D06A8C">
+    </w:p>
+    <w:p w14:paraId="0CC6429D" w14:textId="6360E0D6" w:rsidR="004842B6" w:rsidRPr="00B44208" w:rsidRDefault="004842B6" w:rsidP="004842B6">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B44208">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:color w:val="auto"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Avertissement :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44208">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t> Ce document a été traduit de l'anglais vers le français. En cas de divergence entre cette traduction et le document anglais original, le document anglais original prévaudra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CF6496B" w14:textId="77777777" w:rsidR="004842B6" w:rsidRPr="00B44208" w:rsidRDefault="004842B6" w:rsidP="004842B6">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B44208">
+        <w:rPr>
+          <w:rStyle w:val="markkhkobqe49"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Disclaimer</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D06A8C">
+      <w:r w:rsidRPr="00B44208">
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>: This document was translated from English into French. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44208">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t> This document was translated from English into French. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3322CF11" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRPr="00D06A8C" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00AD5AE1" w:rsidRPr="00D06A8C" w:rsidSect="005E4C1B">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId21"/>
+    <w:sectPr w:rsidR="00AD5AE1" w:rsidRPr="00D06A8C" w:rsidSect="007B0B85">
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1176" w:right="844" w:bottom="709" w:left="1702" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1176" w:right="844" w:bottom="709" w:left="1702" w:header="720" w:footer="1000" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08914054" w14:textId="77777777" w:rsidR="00E02E23" w:rsidRDefault="00E02E23" w:rsidP="006704F3">
+    <w:p w14:paraId="67C027A7" w14:textId="77777777" w:rsidR="00C96E11" w:rsidRDefault="00C96E11" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C5831DD" w14:textId="77777777" w:rsidR="00E02E23" w:rsidRDefault="00E02E23" w:rsidP="006704F3">
+    <w:p w14:paraId="068980D6" w14:textId="77777777" w:rsidR="00C96E11" w:rsidRDefault="00C96E11" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="1A708AA8" w14:textId="77777777" w:rsidR="00FA57A2" w:rsidRDefault="00FA57A2">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="35AA0DB9" w14:textId="77777777" w:rsidR="004842B6" w:rsidRDefault="004842B6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-</w:ftr>
-[...4 lines deleted...]
-  <w:p w14:paraId="1DBDF391" w14:textId="338AD823" w:rsidR="006704F3" w:rsidRDefault="004D6EED">
+  <w:p w14:paraId="1DBDF391" w14:textId="7DB50D1F" w:rsidR="006704F3" w:rsidRDefault="004D6EED">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>Page </w:t>
     </w:r>
     <w:r w:rsidR="008C6F36">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="008C6F36">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00DB2DE2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="008C6F36">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> de </w:t>
     </w:r>
-    <w:fldSimple w:instr=" NUMPAGES  \* Arabic  \* MERGEFORMAT ">
-[...8 lines deleted...]
-    </w:fldSimple>
+    <w:r w:rsidR="00C96E11">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00C96E11">
+      <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00C96E11">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00DB2DE2" w:rsidRPr="00DB2DE2">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidR="00C96E11">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
     <w:r>
-      <w:t xml:space="preserve"> pages </w:t>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00821D4E">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00996FBB">
+      <w:t xml:space="preserve">Date d’entrée en vigueur : </w:t>
+    </w:r>
+    <w:r w:rsidR="004842B6">
+      <w:t>02</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="004842B6">
+      <w:t>02</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="004842B6">
+      <w:t>2026</w:t>
     </w:r>
     <w:r w:rsidR="00821D4E">
       <w:tab/>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve">Date effective: </w:t>
+      <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="00821D4E">
-[...18 lines deleted...]
-      <w:t>Version #:</w:t>
+    <w:r w:rsidR="00996FBB">
+      <w:t># :</w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-1477911541"/>
         <w:placeholder>
           <w:docPart w:val="A5E0F6239F0B41DBBB3BD770598D6EB8"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{C9628490-3305-425C-9C5C-71B0D682170D}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00821D4E">
-          <w:t>6</w:t>
+        <w:r w:rsidR="004842B6">
+          <w:t>7</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2FAE20CF" w14:textId="77777777" w:rsidR="00E02E23" w:rsidRDefault="00E02E23" w:rsidP="006704F3">
+    <w:p w14:paraId="583DF4F6" w14:textId="77777777" w:rsidR="00C96E11" w:rsidRDefault="00C96E11" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5AF68E3A" w14:textId="77777777" w:rsidR="00E02E23" w:rsidRDefault="00E02E23" w:rsidP="006704F3">
+    <w:p w14:paraId="6EDD5482" w14:textId="77777777" w:rsidR="00C96E11" w:rsidRDefault="00C96E11" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="073CD9F9" w14:textId="08CDF64D" w:rsidR="00EE332A" w:rsidRPr="00EE332A" w:rsidRDefault="00EE332A" w:rsidP="00EE332A">
+    <w:p w14:paraId="073CD9F9" w14:textId="3CEA6B7B" w:rsidR="00EE332A" w:rsidRPr="00EE332A" w:rsidRDefault="00EE332A" w:rsidP="00EE332A">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00EE332A">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Si vous avez des problèmes pour ouvrir le calculateur de tarifs GMS, veuillez </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="00EE332A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="fr-CH"/>
           </w:rPr>
           <w:t>suivre les instructions suivantes</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="004842B6">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004842B6" w:rsidRPr="007B0B85">
+        <w:t>(en anglais)</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="627737AE" w14:textId="18B10534" w:rsidR="004D6EED" w:rsidRDefault="00FA57A2" w:rsidP="004D6EED">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:left="9730" w:right="43"/>
     </w:pPr>
     <w:r w:rsidRPr="0033098F">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32A6F0CF" wp14:editId="3C0024BD">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32A6F0CF" wp14:editId="6B1E71AF">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-25400</wp:posOffset>
+          </wp:positionV>
           <wp:extent cx="347345" cy="657808"/>
           <wp:effectExtent l="0" t="0" r="0" b="9525"/>
-          <wp:docPr id="33" name="Picture 33" descr="C:\Users\Toshiba\Documents\UNDP\TRANSLATIONS\FRENCH\French logo.png"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="4" name="Picture 4" descr="C:\Users\Toshiba\Documents\UNDP\TRANSLATIONS\FRENCH\French logo.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Toshiba\Documents\UNDP\TRANSLATIONS\FRENCH\French logo.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="27277"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="362750" cy="686982"/>
+                    <a:ext cx="347345" cy="657808"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41437165"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E26E1FE"/>
     <w:lvl w:ilvl="0" w:tplc="55DC3356">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -1725,71 +1930,64 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E1BEECC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="867331462">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD5AE1"/>
     <w:rsid w:val="00001BAC"/>
     <w:rsid w:val="0001078A"/>
     <w:rsid w:val="000149BF"/>
     <w:rsid w:val="00046731"/>
     <w:rsid w:val="00082179"/>
@@ -1803,165 +2001,173 @@
     <w:rsid w:val="00185623"/>
     <w:rsid w:val="00187E1A"/>
     <w:rsid w:val="001A0986"/>
     <w:rsid w:val="001A2D8B"/>
     <w:rsid w:val="002073D1"/>
     <w:rsid w:val="00217D46"/>
     <w:rsid w:val="00241FD3"/>
     <w:rsid w:val="002475E3"/>
     <w:rsid w:val="002C1517"/>
     <w:rsid w:val="002C6D8B"/>
     <w:rsid w:val="002D0D82"/>
     <w:rsid w:val="003331A4"/>
     <w:rsid w:val="00342218"/>
     <w:rsid w:val="003452FA"/>
     <w:rsid w:val="003478DA"/>
     <w:rsid w:val="00373507"/>
     <w:rsid w:val="003744B4"/>
     <w:rsid w:val="003A4583"/>
     <w:rsid w:val="003B3565"/>
     <w:rsid w:val="003D0038"/>
     <w:rsid w:val="003E0276"/>
     <w:rsid w:val="004150AA"/>
     <w:rsid w:val="004542D0"/>
     <w:rsid w:val="00455B3F"/>
     <w:rsid w:val="00474150"/>
+    <w:rsid w:val="004842B6"/>
     <w:rsid w:val="004A6EDE"/>
     <w:rsid w:val="004A6EE3"/>
     <w:rsid w:val="004D08BB"/>
     <w:rsid w:val="004D6EED"/>
     <w:rsid w:val="0051654E"/>
     <w:rsid w:val="00517BB1"/>
     <w:rsid w:val="0054426A"/>
     <w:rsid w:val="00547C8C"/>
     <w:rsid w:val="00555174"/>
     <w:rsid w:val="00575A51"/>
     <w:rsid w:val="00575BD2"/>
     <w:rsid w:val="00591410"/>
     <w:rsid w:val="005956BF"/>
     <w:rsid w:val="005C29FD"/>
     <w:rsid w:val="005E4C1B"/>
     <w:rsid w:val="0063144F"/>
     <w:rsid w:val="006704F3"/>
     <w:rsid w:val="006F74E4"/>
     <w:rsid w:val="00723990"/>
     <w:rsid w:val="00725C9B"/>
     <w:rsid w:val="0074255D"/>
     <w:rsid w:val="00745B93"/>
     <w:rsid w:val="00756D94"/>
+    <w:rsid w:val="007B0B85"/>
+    <w:rsid w:val="007C6418"/>
     <w:rsid w:val="007D4720"/>
     <w:rsid w:val="007D6A9F"/>
     <w:rsid w:val="007F3EE7"/>
     <w:rsid w:val="00821D4E"/>
     <w:rsid w:val="00822B04"/>
     <w:rsid w:val="00836857"/>
     <w:rsid w:val="00870F5F"/>
     <w:rsid w:val="00892F86"/>
     <w:rsid w:val="008A64D6"/>
     <w:rsid w:val="008B1B87"/>
     <w:rsid w:val="008C0464"/>
     <w:rsid w:val="008C6F36"/>
     <w:rsid w:val="008D2A6E"/>
     <w:rsid w:val="008F757D"/>
     <w:rsid w:val="00907825"/>
     <w:rsid w:val="00912267"/>
+    <w:rsid w:val="00936E7B"/>
     <w:rsid w:val="009428FA"/>
     <w:rsid w:val="0094375C"/>
+    <w:rsid w:val="00996FBB"/>
     <w:rsid w:val="009C07BE"/>
     <w:rsid w:val="009C1B2D"/>
     <w:rsid w:val="009C552A"/>
     <w:rsid w:val="009D3054"/>
     <w:rsid w:val="00A10F21"/>
     <w:rsid w:val="00A20EDF"/>
     <w:rsid w:val="00A3252E"/>
     <w:rsid w:val="00AC08F1"/>
     <w:rsid w:val="00AD343B"/>
     <w:rsid w:val="00AD5AE1"/>
+    <w:rsid w:val="00B47C39"/>
     <w:rsid w:val="00BC372B"/>
     <w:rsid w:val="00BE0B17"/>
     <w:rsid w:val="00BE1949"/>
     <w:rsid w:val="00BE615A"/>
     <w:rsid w:val="00C002F7"/>
     <w:rsid w:val="00C17396"/>
     <w:rsid w:val="00C25182"/>
+    <w:rsid w:val="00C25CA2"/>
     <w:rsid w:val="00C26BA2"/>
     <w:rsid w:val="00C412AC"/>
+    <w:rsid w:val="00C96E11"/>
     <w:rsid w:val="00CC14D6"/>
     <w:rsid w:val="00CD2246"/>
     <w:rsid w:val="00CE5F06"/>
     <w:rsid w:val="00D06A8C"/>
     <w:rsid w:val="00D22A8C"/>
     <w:rsid w:val="00D25787"/>
     <w:rsid w:val="00D2745F"/>
     <w:rsid w:val="00D87891"/>
     <w:rsid w:val="00DA224A"/>
     <w:rsid w:val="00DB2DE2"/>
     <w:rsid w:val="00E02E23"/>
     <w:rsid w:val="00E40A73"/>
     <w:rsid w:val="00E50CB6"/>
     <w:rsid w:val="00E923EA"/>
     <w:rsid w:val="00EA0EB1"/>
     <w:rsid w:val="00EB23FD"/>
     <w:rsid w:val="00EC0728"/>
     <w:rsid w:val="00EE332A"/>
     <w:rsid w:val="00F313F8"/>
     <w:rsid w:val="00F94EB0"/>
     <w:rsid w:val="00FA450B"/>
     <w:rsid w:val="00FA57A2"/>
     <w:rsid w:val="00FB3EE0"/>
     <w:rsid w:val="00FE4620"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0F32549A"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2604,237 +2810,259 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EE332A"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EE332A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004842B6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="markkhkobqe49">
+    <w:name w:val="markkhkobqe49"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="004842B6"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/10556" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/10556" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2841" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/10556" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/10556" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2841" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/guidance-note-gms-setup-quantum" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A5E0F6239F0B41DBBB3BD770598D6EB8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CD3A5D11-8ED9-4243-838B-D8A6C9185404}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00155688" w:rsidRDefault="00AA2D1D">
           <w:r w:rsidRPr="00214305">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA2D1D"/>
     <w:rsid w:val="00087272"/>
     <w:rsid w:val="000C25EA"/>
     <w:rsid w:val="000D0C0C"/>
     <w:rsid w:val="00155688"/>
+    <w:rsid w:val="002A0BAD"/>
     <w:rsid w:val="00302D65"/>
     <w:rsid w:val="0038716A"/>
     <w:rsid w:val="004A1D3F"/>
     <w:rsid w:val="004A42BC"/>
+    <w:rsid w:val="004A5394"/>
     <w:rsid w:val="005F020B"/>
     <w:rsid w:val="0075221C"/>
     <w:rsid w:val="00752369"/>
     <w:rsid w:val="007574D6"/>
     <w:rsid w:val="00873559"/>
+    <w:rsid w:val="00883316"/>
     <w:rsid w:val="009428FA"/>
     <w:rsid w:val="00A9771E"/>
     <w:rsid w:val="00AA2D1D"/>
     <w:rsid w:val="00BD4BA4"/>
     <w:rsid w:val="00D54E73"/>
     <w:rsid w:val="00DB5604"/>
     <w:rsid w:val="00DC6F8F"/>
     <w:rsid w:val="00E940CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3230,51 +3458,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA2D1D"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -3542,74 +3770,99 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...22 lines deleted...]
-</p:Policy>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
+    <UNDP_POPP_NOTE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <POPPIsArchived xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">false</POPPIsArchived>
+    <_dlc_DocId xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">UNITBMS-1904581467-46</_dlc_DocId>
+    <UNDP_POPP_DOCUMENT_TYPE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Policy</UNDP_POPP_DOCUMENT_TYPE>
+    <UNDP_POPP_DOCUMENT_TEMPLATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <Location xmlns="e560140e-7b2f-4392-90df-e7567e3021a3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Value>350</Value>
+    </TaxCatchAll>
+    <UNDP_POPP_VERSION_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_DOCUMENT_LANGUAGE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">French</UNDP_POPP_DOCUMENT_LANGUAGE>
+    <UNDP_POPP_FOCALPOINT xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </UNDP_POPP_FOCALPOINT>
+    <l0e6ef0c43e74560bd7f3acd1f5e8571 xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Financial Resources Management</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">682d4c54-a288-412d-bfec-ce5587bbd25c</TermId>
+        </TermInfo>
+      </Terms>
+    </l0e6ef0c43e74560bd7f3acd1f5e8571>
+    <UNDP_POPP_PLANNED_REVIEWDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_LASTMODIFIED xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_REJECT_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <DLCPolicyLabelValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 5/20/2015                                                Version #: 7.0</DLCPolicyLabelValue>
+    <UNDP_POPP_EFFECTIVEDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2015-05-19T22:00:00+00:00</UNDP_POPP_EFFECTIVEDATE>
+    <UNDP_POPP_FILEVERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">1536</UNDP_POPP_FILEVERSION>
+    <UNDP_POPP_REFITEM_VERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">7</UNDP_POPP_REFITEM_VERSION>
+    <UNDP_POPP_ISACTIVE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">true</UNDP_POPP_ISACTIVE>
+    <UNDP_POPP_TITLE_EN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Mise en place et collecte des frais d'appui général à la gestion (GMS)</UNDP_POPP_TITLE_EN>
+    <_dlc_DocIdUrl xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Url>https://intranet.undp.org/unit/bms/dir/internal/init_popp/_layouts/15/DocIdRedir.aspx?ID=UNITBMS-1904581467-46</Url>
+      <Description>UNITBMS-1904581467-46</Description>
+    </_dlc_DocIdUrl>
+    <DLCPolicyLabelLock xmlns="e560140e-7b2f-4392-90df-e7567e3021a3" xsi:nil="true"/>
+    <DLCPolicyLabelClientValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 5/20/2015                                                Version #: 7.0</DLCPolicyLabelClientValue>
+    <UNDP_POPP_BUSINESSUNITID_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
@@ -3619,102 +3872,86 @@
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...47 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<p:Policy xmlns:p="office.server.policy" id="" local="true">
+  <p:Name>UNDP_POPP_DOCUMENTLIB_CONTENTTYPE</p:Name>
+  <p:Description/>
+  <p:Statement/>
+  <p:PolicyItems>
+    <p:PolicyItem featureId="Microsoft.Office.RecordsManagement.PolicyFeatures.PolicyLabel" staticId="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39|-591493697" UniqueId="d084c973-6e46-4ddd-b9a1-4c01a62f12ea">
+      <p:Name>Labels</p:Name>
+      <p:Description>Generates labels that can be inserted in Microsoft Office documents to ensure that document properties or other important information are included when documents are printed. Labels can also be used to search for documents.</p:Description>
+      <p:CustomData>
+        <label>
+          <properties>
+            <height>0.5</height>
+            <font>Calibri</font>
+          </properties>
+          <segment type="literal">Effective Date: </segment>
+          <segment type="metadata">UNDP_POPP_EFFECTIVEDATE</segment>
+          <segment type="literal">                                                Version #: </segment>
+          <segment type="metadata">UNDP_POPP_REFITEM_VERSION</segment>
+        </label>
+      </p:CustomData>
+    </p:PolicyItem>
+  </p:PolicyItems>
+</p:Policy>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="8264c5cc-ec60-4b56-8111-ce635d3d139a" xmlns:ns3="e560140e-7b2f-4392-90df-e7567e3021a3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ff6b9a3198065004b36a8a1743102d6" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FOCALPOINT" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TYPE"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_LANGUAGE"/>
                 <xsd:element ref="ns2:UNDP_POPP_EFFECTIVEDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_PLANNED_REVIEWDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_VERSION_COMMENTS" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FILEVERSION" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_ISACTIVE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_NOTE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TEMPLATE" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_BUSINESSPROCESS_HIDDEN" minOccurs="0"/>
@@ -4027,144 +4264,135 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6033D27E-7460-46B6-A971-2EF21F9AC52B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9628490-3305-425C-9C5C-71B0D682170D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="office.server.policy"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
+    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5172E37-D4CE-4361-967D-E0A5F86A00A0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9628490-3305-425C-9C5C-71B0D682170D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6033D27E-7460-46B6-A971-2EF21F9AC52B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="office.server.policy"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF05F970-0D8A-41E3-A2C4-432CB7B83615}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69A41588-070C-40B5-A948-60BAFD15F662}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1140</Words>
-  <Characters>6500</Characters>
+  <Words>1160</Words>
+  <Characters>6617</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
+  <Lines>55</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7625</CharactersWithSpaces>
+  <CharactersWithSpaces>7762</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">