--- v0 (2025-10-17)
+++ v1 (2026-03-15)
@@ -1,69 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3597C97C" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Establecimiento y Recaudación de la Tarifa de Apoyo General a la Gestión (GMS)  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C97D" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -199,51 +194,59 @@
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> El método de «cobro inmediato» cobra la tarifa de GMS mediante operaciones individuales a medida que se incurran los gastos, y acredita las cuentas extrapresupuestarias de la oficina automáticamente, según la metodología del GMS y las distribuciones departamentales que por lo tanto rijan.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C985" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C986" w14:textId="2114D81C" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Cualquier excepción al «cobro inmediato» debe estar respaldada por un estudio de viabilidad sólido y aprobada por el Oficial Jefe de Finanzas. Las solicitudes de excepción solo serán consideradas por motivos de transición y serán para un plazo limitado. </w:t>
+        <w:t xml:space="preserve">Cualquier excepción al «cobro inmediato» debe estar respaldada por un estudio de viabilidad sólido y aprobada por el Oficial </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Jefe</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> de Finanzas. Las solicitudes de excepción solo serán consideradas por motivos de transición y serán para un plazo limitado. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C987" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C988" w14:textId="5622E3F2" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">La oficina deberá supervisar el establecimiento de la tarifa de GMS del proyecto de manera regular para asegurarse de que la información esté completa y sea precisa, para asegurarse de que se recauden los ingresos y para garantizar que se registren como ingresos extrapresupuestarios.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C989" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
@@ -316,83 +319,95 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C98E" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">El monto total de la contribución deberá programarse como parte del presupuesto del proyecto, incluida una línea de presupuesto diferente para el componente de GMS. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C98F" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3597C990" w14:textId="7B6CB69D" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
+    <w:p w14:paraId="3597C990" w14:textId="7CA5A5A4" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">La tasa de recuperación de costos se cobra en función del presupuesto programable. Por ejemplo, para una contribución de USD 1.0 millones, con una tarifa de GMS del 8 %, el presupuesto programable es de USD 0.926 millones y el presupuesto de GMS es de USD 0.074 millones. Utilizar la </w:t>
+        <w:t xml:space="preserve">La tasa de recuperación de costos se cobra en función del presupuesto programable. Por ejemplo, para una contribución de USD 1.0 millones, con una tarifa de GMS del 8 %, el presupuesto programable es de USD 0.926 millones y el presupuesto de GMS es de USD 0.074 millones. Utilizar </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">la </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00372962">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>calculadora de tasa de GMS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AB5CD5">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> para determinar los montos para el presupuesto programable del proyecto y el presupuesto de GMS. (Nota: Los presupuestos de proyecto del Fondo para el Medio </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ambiente Mundial [FMAM] y el Protocolo de Montreal [PM] no incluyen el presupuesto de GMS, solo incluyen el presupuesto programable.  El presupuesto de GMS es mantenido por las dependencias del FMAM y el PM en la Sede). </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B27EC">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="001B27EC" w:rsidRPr="001B27EC">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="001B27EC">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">para determinar los montos para el presupuesto programable del proyecto y el presupuesto de GMS. (Nota: Los presupuestos de proyecto del Fondo para el Medio Ambiente Mundial [FMAM] y el Protocolo de Montreal [PM] no incluyen el presupuesto de GMS, solo incluyen el presupuesto programable.  El presupuesto de GMS es mantenido por las dependencias del FMAM y el PM en la Sede). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C991" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C992" w14:textId="1065F70C" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">La presupuestación del componente de la tarifa de GMS en el presupuesto del proyecto garantiza que los procesos internos del sistema </w:t>
       </w:r>
       <w:r w:rsidR="00E42443">
         <w:t>Quantum</w:t>
@@ -411,195 +426,193 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C994" w14:textId="338BB892" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">En el presupuesto del proyecto, la tarifa de GMS siempre deberá estar reflejada en la cuenta presupuestaria 75100.  Se deberá establecer una línea presupuestaria diferente por cada combinación de plan de cuentas de actividad, fondo y donante.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C995" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3597C996" w14:textId="7F82D1AC" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
+    <w:p w14:paraId="3597C996" w14:textId="53C1CEB5" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">El código de cuenta de gastos de GMS en </w:t>
       </w:r>
       <w:r w:rsidR="00E42443">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> para «cobro inmediato» es 75105. </w:t>
       </w:r>
       <w:r w:rsidR="004278E8" w:rsidRPr="004278E8">
-        <w:t xml:space="preserve">Esta cuenta es utilizada automáticamente por el proceso de lotes de programación de cargas de Quantum.  </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+        <w:t>Esta cuenta es utilizada automáticamente por el proceso de lotes de programación de cargas de Quantum.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C997" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C998" w14:textId="3BCAC640" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Establecimiento de la tarifa de GMS en </w:t>
       </w:r>
       <w:r w:rsidR="004278E8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C999" w14:textId="77777777" w:rsidR="006704F3" w:rsidRDefault="006704F3" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3597C99A" w14:textId="5D2DDC57" w:rsidR="00AD5AE1" w:rsidRDefault="004278E8" w:rsidP="006704F3">
+    <w:p w14:paraId="3597C99A" w14:textId="4D23CD58" w:rsidR="00AD5AE1" w:rsidRDefault="004278E8" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004278E8">
         <w:t>La tasa GMS se introduce en el módulo de subvenciones de Quantum. La navegación en Quantum es Gestión de subvenciones/ Editar detalles de la subvención/Pestaña financiera.</w:t>
       </w:r>
       <w:r w:rsidR="008B1B87">
-        <w:t xml:space="preserve">.  </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="436ADD32" w14:textId="75B49264" w:rsidR="004278E8" w:rsidRDefault="004278E8" w:rsidP="004278E8">
       <w:pPr>
         <w:ind w:left="345" w:firstLine="0"/>
       </w:pPr>
-      <w:ins w:id="0" w:author="Hoong May Ann" w:date="2022-05-23T14:55:00Z">
-[...55 lines deleted...]
-      </w:ins>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B60EE41" wp14:editId="40A10B0E">
+            <wp:extent cx="3109453" cy="2105025"/>
+            <wp:effectExtent l="19050" t="19050" r="15240" b="9525"/>
+            <wp:docPr id="2" name="Picture 2" descr="Graphical user interface, text, application&#10;&#10;Description automatically generated"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2" name="Picture 2" descr="Graphical user interface, text, application&#10;&#10;Description automatically generated"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3118247" cy="2110979"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3597C99B" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C99C" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">La tarifa de GMS deberá ser ingresada solo para el método de recaudación de GMS, «cobro inmediato».  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C99D" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
@@ -623,106 +636,112 @@
         <w:t>La tasa GMS se introduce en el nivel adjudicación-proyecto-fondo-donante. Cada premio está vinculado a un proyecto específico</w:t>
       </w:r>
       <w:r w:rsidR="008B1B87">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C99F" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AB3624B" w14:textId="2C2F34F5" w:rsidR="00AD343B" w:rsidRPr="004278E8" w:rsidRDefault="004278E8" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004278E8">
+        <w:lastRenderedPageBreak/>
         <w:t>El cálculo de la tarifa GMS está integrado en Quantum para una máxima automatización y una mínima introducción de datos. Las oficinas nacionales deben crear un caso UNALL con GSSC tras la creación de la adjudicación para activar su contrato e indicar también el tipo de modalidad de distribución para completar la configuración de GMS.  Tras la selección de la modalidad de distribución GMS por GSSC, los porcentajes de departamento se rellenan automáticamente para la distribución de ingresos.</w:t>
       </w:r>
       <w:r w:rsidR="008B1B87" w:rsidRPr="004278E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26C91491" w14:textId="77777777" w:rsidR="00AD343B" w:rsidRPr="004278E8" w:rsidRDefault="00AD343B" w:rsidP="00E923EA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3597C9A0" w14:textId="7D4B72A4" w:rsidR="00AD5AE1" w:rsidRDefault="00082179" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>A excepción de los Fondos Verticales (</w:t>
       </w:r>
       <w:r w:rsidR="004278E8">
         <w:t>Fondo Mundial</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004278E8">
         <w:t xml:space="preserve">FNAM, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">el Fondo Verde para el Clima [FVC] y el Protocolo de Montreal [PM]), los ingresos de GMS ya no se distribuirán entre las dependencias internas del PNUD a partir de 2017. El GMS de Fondos Verticales seguirá distribuyéndose internamente en función de la decisión de gestión previa a 2017. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C9A1" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F8DE694" w14:textId="0AE6233B" w:rsidR="00AD343B" w:rsidRDefault="00150CDB">
+    <w:p w14:paraId="3F8DE694" w14:textId="71898FC5" w:rsidR="00AD343B" w:rsidRDefault="00150CDB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00150CDB">
-        <w:t>Las tasas de GMS para el FMAM, el Fondo Verde para el Clima (GCF) y el Protocolo de Montreal (MP) se introducen en la misma página de Adjudicación pero no siguen el mismo proceso de reparto de cargas en Quantum.  Las oficinas pueden obtener las tasas GMS y las distribuciones de los proyectos GEF y MP utilizando la misma consulta de Quantum para las oficinas del PNUD</w:t>
+        <w:t xml:space="preserve">Las tasas de GMS para el FMAM, el Fondo Verde para el Clima (GCF) y el Protocolo de Montreal (MP) se introducen en la misma página de </w:t>
+      </w:r>
+      <w:r w:rsidR="001B27EC" w:rsidRPr="00150CDB">
+        <w:t>Adjudicación,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00150CDB">
+        <w:t xml:space="preserve"> pero no siguen el mismo proceso de reparto de cargas en Quantum.  Las oficinas pueden obtener las tasas GMS y las distribuciones de los proyectos GEF y MP utilizando la misma consulta de Quantum para las oficinas del PNUD</w:t>
       </w:r>
       <w:r w:rsidR="003D0038">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE60C16" w14:textId="77777777" w:rsidR="00CC14D6" w:rsidRDefault="00CC14D6" w:rsidP="00E923EA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3597C9A2" w14:textId="1AB76248" w:rsidR="00AD5AE1" w:rsidRDefault="00150CDB" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00150CDB">
         <w:t>La responsabilidad de garantizar que la tasa de GMS se introdu</w:t>
       </w:r>
       <w:r>
         <w:t>zca</w:t>
       </w:r>
       <w:r w:rsidRPr="00150CDB">
@@ -753,181 +772,284 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C9A4" w14:textId="04B481C5" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Un proyecto deberá cobrar la misma tasa de recuperación de costos a todos los donantes, sin embargo, hay casos en que las tasas son diferentes y dentro de la política de recuperación de fondos, por ejemplo, cuando un proyecto tiene una combinación de participación en los gastos de países (Gobiernos) en que se ejecutan los programas (la tarifa de GMS es un mínimo del 3 %) y contribuciones para la participación de terceros en los gastos (la tarifa de GMS es un mínimo del 8 %).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C9A5" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3597C9A6" w14:textId="4BB26A2B" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
+    <w:p w14:paraId="3597C9A6" w14:textId="455D5A7F" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Para el Departamento de Protección y Seguridad de las Naciones Unidas (UNDSS) (Código de Fondo 68100) y el Fondo de Coordinación Común de la Oficina de Coordinación de Operaciones para el Desarrollo (UNDOCO) (Código de Fondo 680xx), la tarifa de apoyo administrativo cubre el apoyo a la ejecución y la tarifa de GMS y es gestionada por dependencias de la Sede en la Dirección de Servicios de Gestión y DOCO. </w:t>
+        <w:t>Para el Departamento de Protección y Seguridad de las Naciones Unidas (UNDSS) (Código de Fondo 68100) y el Fondo de Coordinación Común de la Oficina de Coordinación de Operaciones para el Desarrollo (UNDOCO) (Código de Fondo 680xx), la tarifa de apoyo administrativo cubre el apoyo a la ejecución y la tarifa de GMS y es gestionada por dependencias de la Sede en la Dirección de Servicios de Gestión</w:t>
+      </w:r>
+      <w:r w:rsidR="001B27EC">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C9A7" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3597C9A9" w14:textId="14596E37" w:rsidR="00AD5AE1" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
+    <w:p w14:paraId="3597C9A9" w14:textId="0570CA0C" w:rsidR="00AD5AE1" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00AD5AE1">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId21"/>
+    <w:p w14:paraId="5512F666" w14:textId="77777777" w:rsidR="001B3BC6" w:rsidRPr="006F1ABC" w:rsidRDefault="001B3BC6" w:rsidP="001B3BC6">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Descargo de responsabilidad:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F1ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> esta es una traducción de un documento original en inglés. En caso de discrepancias entre esta traducción y el documento original en inglés, prevalecerá el documento original en inglés.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53838A7C" w14:textId="77777777" w:rsidR="001B3BC6" w:rsidRPr="006F1ABC" w:rsidRDefault="001B3BC6" w:rsidP="001B3BC6">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:hAnsi="inherit" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5303D519" w14:textId="0689F9B3" w:rsidR="001B3BC6" w:rsidRPr="007B5C73" w:rsidRDefault="001B3BC6" w:rsidP="007B5C73">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="201F1E"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Disclaimer:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F1ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This document was translated from English into Spanish. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="001B3BC6" w:rsidRPr="007B5C73" w:rsidSect="007B5C73">
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1176" w:right="844" w:bottom="709" w:left="1702" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1176" w:right="844" w:bottom="709" w:left="1702" w:header="720" w:footer="1090" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01631455" w14:textId="77777777" w:rsidR="0039132F" w:rsidRDefault="0039132F" w:rsidP="006704F3">
+    <w:p w14:paraId="7CA99303" w14:textId="77777777" w:rsidR="004557EE" w:rsidRDefault="004557EE" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62CEB57F" w14:textId="77777777" w:rsidR="0039132F" w:rsidRDefault="0039132F" w:rsidP="006704F3">
+    <w:p w14:paraId="2F33AFEC" w14:textId="77777777" w:rsidR="004557EE" w:rsidRDefault="004557EE" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="inherit">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="73BE6D99" w14:textId="77777777" w:rsidR="00150CDB" w:rsidRDefault="00150CDB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="007AD497" w14:textId="77777777" w:rsidR="001B27EC" w:rsidRDefault="001B27EC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-</w:ftr>
-[...4 lines deleted...]
-  <w:p w14:paraId="3597C9AF" w14:textId="3FF0CAC8" w:rsidR="006704F3" w:rsidRDefault="004D6EED">
+  <w:p w14:paraId="3597C9AF" w14:textId="58B7BBC9" w:rsidR="006704F3" w:rsidRDefault="004D6EED">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Página </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -971,248 +1093,247 @@
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00EA0F18">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Fecha de entrada en vigor: </w:t>
     </w:r>
-    <w:r w:rsidR="001E4CEB">
-      <w:t>29</w:t>
+    <w:r w:rsidR="001B27EC">
+      <w:t>02</w:t>
     </w:r>
     <w:r>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="001E4CEB">
-      <w:t>11</w:t>
+    <w:r w:rsidR="001B27EC">
+      <w:t>02</w:t>
     </w:r>
     <w:r>
       <w:t>/20</w:t>
     </w:r>
     <w:r w:rsidR="001E4CEB">
-      <w:t>22</w:t>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="001B27EC">
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
-      <w:t>Versión n.°:</w:t>
+      <w:t xml:space="preserve">Versión </w:t>
+    </w:r>
+    <w:r w:rsidR="001B27EC">
+      <w:t xml:space="preserve">#: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-1477911541"/>
         <w:placeholder>
           <w:docPart w:val="A5E0F6239F0B41DBBB3BD770598D6EB8"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{C9628490-3305-425C-9C5C-71B0D682170D}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="001E4CEB">
-          <w:t>6</w:t>
+        <w:r w:rsidR="001B27EC">
+          <w:t>7</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35BB003C" w14:textId="77777777" w:rsidR="0039132F" w:rsidRDefault="0039132F" w:rsidP="006704F3">
+    <w:p w14:paraId="20034246" w14:textId="77777777" w:rsidR="004557EE" w:rsidRDefault="004557EE" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6BDA7C07" w14:textId="77777777" w:rsidR="0039132F" w:rsidRDefault="0039132F" w:rsidP="006704F3">
+    <w:p w14:paraId="2F9CAE92" w14:textId="77777777" w:rsidR="004557EE" w:rsidRDefault="004557EE" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="14A69A87" w14:textId="307973EC" w:rsidR="00AB5CD5" w:rsidRPr="00AB5CD5" w:rsidRDefault="00AB5CD5">
+    <w:p w14:paraId="14A69A87" w14:textId="1BABF6EC" w:rsidR="00AB5CD5" w:rsidRPr="00AB5CD5" w:rsidRDefault="00AB5CD5">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Si experimenta problemas </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001B27EC">
+        <w:t>tratando de</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> abrir la calculadora de tasa de GMS, </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="00AB5CD5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>siga esta guía</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="001B27EC" w:rsidRPr="007B5C73">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B27EC">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="001B27EC" w:rsidRPr="007B5C73">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="001B27EC">
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="6D403467" w14:textId="1243DF0D" w:rsidR="004D6EED" w:rsidRDefault="004D6EED" w:rsidP="004D6EED">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="6D403467" w14:textId="1916A155" w:rsidR="004D6EED" w:rsidRDefault="001B27EC" w:rsidP="004D6EED">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:left="9730" w:right="43"/>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="0033098F">
       <w:rPr>
         <w:noProof/>
-        <w:color w:val="333333"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50D0A4B4" wp14:editId="2D40AF34">
-[...2 lines deleted...]
-          <wp:docPr id="1" name="Picture 1"/>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1437EDBB" wp14:editId="75CFE3FF">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-12700</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="347345" cy="657808"/>
+          <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="8" name="Picture 8" descr="C:\Users\Toshiba\Documents\UNDP\TRANSLATIONS\FRENCH\French logo.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2" name="logo-undp-300.png"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Toshiba\Documents\UNDP\TRANSLATIONS\FRENCH\French logo.png"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect r="-18" b="16531"/>
+                  <a:srcRect b="27277"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="308590" cy="594035"/>
+                    <a:ext cx="347345" cy="657808"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41437165"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E26E1FE"/>
     <w:lvl w:ilvl="0" w:tplc="55DC3356">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -1381,221 +1502,218 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E1BEECC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="482043867">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD5AE1"/>
     <w:rsid w:val="00001BAC"/>
     <w:rsid w:val="000149BF"/>
     <w:rsid w:val="00043354"/>
     <w:rsid w:val="00075D41"/>
     <w:rsid w:val="00082179"/>
     <w:rsid w:val="00096E83"/>
     <w:rsid w:val="000A6FED"/>
     <w:rsid w:val="000E3D17"/>
     <w:rsid w:val="000E61D0"/>
     <w:rsid w:val="00116E63"/>
     <w:rsid w:val="0011712B"/>
     <w:rsid w:val="001354B8"/>
     <w:rsid w:val="00150CDB"/>
     <w:rsid w:val="00187E1A"/>
     <w:rsid w:val="001A0986"/>
     <w:rsid w:val="001A2D8B"/>
+    <w:rsid w:val="001B27EC"/>
+    <w:rsid w:val="001B3BC6"/>
     <w:rsid w:val="001C75F2"/>
     <w:rsid w:val="001E4CEB"/>
     <w:rsid w:val="00242EFC"/>
     <w:rsid w:val="002475E3"/>
     <w:rsid w:val="002C1517"/>
     <w:rsid w:val="002C6D8B"/>
     <w:rsid w:val="002D0D82"/>
     <w:rsid w:val="003331A4"/>
     <w:rsid w:val="003478DA"/>
     <w:rsid w:val="00372962"/>
     <w:rsid w:val="00373507"/>
     <w:rsid w:val="003744B4"/>
     <w:rsid w:val="0039132F"/>
     <w:rsid w:val="003B3565"/>
     <w:rsid w:val="003D0038"/>
     <w:rsid w:val="003E0276"/>
     <w:rsid w:val="004202FF"/>
     <w:rsid w:val="004278E8"/>
+    <w:rsid w:val="004557EE"/>
     <w:rsid w:val="00455B3F"/>
     <w:rsid w:val="004A6EDE"/>
     <w:rsid w:val="004D6EED"/>
     <w:rsid w:val="00517BB1"/>
     <w:rsid w:val="00547C8C"/>
     <w:rsid w:val="00555174"/>
     <w:rsid w:val="00575BD2"/>
     <w:rsid w:val="00591410"/>
     <w:rsid w:val="005956BF"/>
     <w:rsid w:val="005C29FD"/>
     <w:rsid w:val="0063144F"/>
     <w:rsid w:val="006704F3"/>
     <w:rsid w:val="006F74E4"/>
     <w:rsid w:val="00723990"/>
     <w:rsid w:val="00725C9B"/>
     <w:rsid w:val="00727D25"/>
     <w:rsid w:val="0074255D"/>
     <w:rsid w:val="00745B93"/>
     <w:rsid w:val="00756D94"/>
+    <w:rsid w:val="007B5C73"/>
     <w:rsid w:val="007D4720"/>
     <w:rsid w:val="00821D08"/>
     <w:rsid w:val="00822B04"/>
     <w:rsid w:val="00836857"/>
     <w:rsid w:val="00892F86"/>
     <w:rsid w:val="008A64D6"/>
     <w:rsid w:val="008B1B87"/>
     <w:rsid w:val="008C0464"/>
     <w:rsid w:val="008F757D"/>
     <w:rsid w:val="00907825"/>
     <w:rsid w:val="009428FA"/>
     <w:rsid w:val="0094375C"/>
     <w:rsid w:val="009C1B2D"/>
     <w:rsid w:val="009D3054"/>
     <w:rsid w:val="00A10F21"/>
     <w:rsid w:val="00A20EDF"/>
     <w:rsid w:val="00A3252E"/>
     <w:rsid w:val="00AA0BD9"/>
     <w:rsid w:val="00AB5CD5"/>
     <w:rsid w:val="00AC08F1"/>
     <w:rsid w:val="00AD343B"/>
     <w:rsid w:val="00AD5AE1"/>
     <w:rsid w:val="00B05F3D"/>
     <w:rsid w:val="00BC372B"/>
     <w:rsid w:val="00BE1949"/>
     <w:rsid w:val="00C0124A"/>
     <w:rsid w:val="00C17396"/>
     <w:rsid w:val="00C412AC"/>
     <w:rsid w:val="00CC14D6"/>
     <w:rsid w:val="00CD2246"/>
     <w:rsid w:val="00D22A8C"/>
     <w:rsid w:val="00D2745F"/>
     <w:rsid w:val="00D87891"/>
     <w:rsid w:val="00D937BC"/>
     <w:rsid w:val="00DA224A"/>
     <w:rsid w:val="00E42443"/>
     <w:rsid w:val="00E50CB6"/>
+    <w:rsid w:val="00E57645"/>
     <w:rsid w:val="00E923EA"/>
     <w:rsid w:val="00EA0EB1"/>
     <w:rsid w:val="00EA0F18"/>
     <w:rsid w:val="00EB23FD"/>
     <w:rsid w:val="00F922CE"/>
     <w:rsid w:val="00FA450B"/>
     <w:rsid w:val="00FB3EE0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3597C97C"/>
   <w15:docId w15:val="{7D457D6B-D5BB-44B9-B8E5-C619F370E7CA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2237,237 +2355,261 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AB5CD5"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AB5CD5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001B3BC6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/10556" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/10556" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2841" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/10556" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/10556" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2841" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/guidance-note-gms-setup-quantum" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A5E0F6239F0B41DBBB3BD770598D6EB8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CD3A5D11-8ED9-4243-838B-D8A6C9185404}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00155688" w:rsidRDefault="00AA2D1D">
           <w:r w:rsidRPr="00214305">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="inherit">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA2D1D"/>
     <w:rsid w:val="0007000E"/>
+    <w:rsid w:val="000C73E8"/>
     <w:rsid w:val="00155688"/>
     <w:rsid w:val="0036330B"/>
     <w:rsid w:val="0038716A"/>
     <w:rsid w:val="004A42BC"/>
     <w:rsid w:val="00602CCA"/>
     <w:rsid w:val="006D7158"/>
     <w:rsid w:val="00873559"/>
+    <w:rsid w:val="00897FBE"/>
     <w:rsid w:val="009428FA"/>
     <w:rsid w:val="00AA2D1D"/>
     <w:rsid w:val="00DB5604"/>
     <w:rsid w:val="00F64036"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2862,51 +3004,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA2D1D"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -3175,187 +3317,58 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<p:Policy xmlns:p="office.server.policy" id="" local="true">
-[...127 lines deleted...]
-<?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="8264c5cc-ec60-4b56-8111-ce635d3d139a" xmlns:ns3="e560140e-7b2f-4392-90df-e7567e3021a3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ff6b9a3198065004b36a8a1743102d6" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FOCALPOINT" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TYPE"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_LANGUAGE"/>
                 <xsd:element ref="ns2:UNDP_POPP_EFFECTIVEDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_PLANNED_REVIEWDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_VERSION_COMMENTS" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FILEVERSION" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_ISACTIVE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_NOTE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TEMPLATE" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_BUSINESSPROCESS_HIDDEN" minOccurs="0"/>
@@ -3668,142 +3681,271 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<p:Policy xmlns:p="office.server.policy" id="" local="true">
+  <p:Name>UNDP_POPP_DOCUMENTLIB_CONTENTTYPE</p:Name>
+  <p:Description/>
+  <p:Statement/>
+  <p:PolicyItems>
+    <p:PolicyItem featureId="Microsoft.Office.RecordsManagement.PolicyFeatures.PolicyLabel" staticId="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39|-591493697" UniqueId="d084c973-6e46-4ddd-b9a1-4c01a62f12ea">
+      <p:Name>Labels</p:Name>
+      <p:Description>Generates labels that can be inserted in Microsoft Office documents to ensure that document properties or other important information are included when documents are printed. Labels can also be used to search for documents.</p:Description>
+      <p:CustomData>
+        <label>
+          <properties>
+            <height>0.5</height>
+            <font>Calibri</font>
+          </properties>
+          <segment type="literal">Effective Date: </segment>
+          <segment type="metadata">UNDP_POPP_EFFECTIVEDATE</segment>
+          <segment type="literal">                                                Version #: </segment>
+          <segment type="metadata">UNDP_POPP_REFITEM_VERSION</segment>
+        </label>
+      </p:CustomData>
+    </p:PolicyItem>
+  </p:PolicyItems>
+</p:Policy>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
+    <UNDP_POPP_NOTE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <POPPIsArchived xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">false</POPPIsArchived>
+    <_dlc_DocId xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">UNITBMS-1904581467-147</_dlc_DocId>
+    <UNDP_POPP_DOCUMENT_TYPE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Policy</UNDP_POPP_DOCUMENT_TYPE>
+    <UNDP_POPP_DOCUMENT_TEMPLATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <Location xmlns="e560140e-7b2f-4392-90df-e7567e3021a3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Value>350</Value>
+    </TaxCatchAll>
+    <UNDP_POPP_VERSION_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_DOCUMENT_LANGUAGE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Spanish</UNDP_POPP_DOCUMENT_LANGUAGE>
+    <UNDP_POPP_FOCALPOINT xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </UNDP_POPP_FOCALPOINT>
+    <l0e6ef0c43e74560bd7f3acd1f5e8571 xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Financial Resources Management</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">682d4c54-a288-412d-bfec-ce5587bbd25c</TermId>
+        </TermInfo>
+      </Terms>
+    </l0e6ef0c43e74560bd7f3acd1f5e8571>
+    <UNDP_POPP_PLANNED_REVIEWDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_LASTMODIFIED xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_REJECT_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <DLCPolicyLabelValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 5/20/2015                                                Version #: 7.0</DLCPolicyLabelValue>
+    <UNDP_POPP_EFFECTIVEDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2015-05-19T22:00:00+00:00</UNDP_POPP_EFFECTIVEDATE>
+    <UNDP_POPP_FILEVERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">1536</UNDP_POPP_FILEVERSION>
+    <UNDP_POPP_REFITEM_VERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">7</UNDP_POPP_REFITEM_VERSION>
+    <UNDP_POPP_ISACTIVE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">true</UNDP_POPP_ISACTIVE>
+    <UNDP_POPP_TITLE_EN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Establecimiento y Recaudación de la Tarifa de Apoyo General a la Gestión (GMS)</UNDP_POPP_TITLE_EN>
+    <_dlc_DocIdUrl xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Url>https://intranet.undp.org/unit/bms/dir/internal/init_popp/_layouts/15/DocIdRedir.aspx?ID=UNITBMS-1904581467-147</Url>
+      <Description>UNITBMS-1904581467-147</Description>
+    </_dlc_DocIdUrl>
+    <DLCPolicyLabelLock xmlns="e560140e-7b2f-4392-90df-e7567e3021a3" xsi:nil="true"/>
+    <DLCPolicyLabelClientValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 5/20/2015                                                Version #: 7.0</DLCPolicyLabelClientValue>
+    <UNDP_POPP_BUSINESSUNITID_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF05F970-0D8A-41E3-A2C4-432CB7B83615}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22489B94-52FE-4A51-979F-68ADB68490EB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C57461F-E066-461C-ADBC-ECDA8EC4F600}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="office.server.policy"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9628490-3305-425C-9C5C-71B0D682170D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
+    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5172E37-D4CE-4361-967D-E0A5F86A00A0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1087</Words>
-  <Characters>6201</Characters>
+  <Words>1151</Words>
+  <Characters>6562</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7274</CharactersWithSpaces>
+  <CharactersWithSpaces>7698</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">