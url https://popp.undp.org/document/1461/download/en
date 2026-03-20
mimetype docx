--- v0 (2025-10-10)
+++ v1 (2026-03-20)
@@ -1,127 +1,123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3597C97C" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">General Management Support (GMS) Fee Set Up and Collection  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C97D" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C97E" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="006704F3" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="006704F3">
         <w:t xml:space="preserve">Refer </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="006704F3">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="001260F8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>POPP Cost Recovery from Other Resources - General Management Support (GMS)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00E35C74">
         <w:t>.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
-        <w:r w:rsidR="008B1B87">
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidR="008B1B87" w:rsidRPr="001260F8">
           <w:rPr>
-            <w:color w:val="800080"/>
-            <w:u w:val="single" w:color="800080"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId15">
-        <w:r w:rsidR="008B1B87">
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidR="008B1B87" w:rsidRPr="001260F8">
           <w:rPr>
-            <w:color w:val="333333"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3597C97F" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C980" w14:textId="361CC2A4" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
@@ -138,67 +134,69 @@
       <w:r>
         <w:t xml:space="preserve">Project Management module.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C981" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C982" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Effective collection of cost recovery income is a major component of overall compliance with UNDP’s cost recovery policy. Furthermore, it ensures that the right capacities to manage the non-core resources are sustainably funded. The process starts with the proper negotiation of each donor agreement to reflect the correct cost recovery rate (see</w:t>
       </w:r>
-      <w:r w:rsidR="006704F3">
+      <w:r w:rsidR="006704F3" w:rsidRPr="00E35C74">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="006704F3" w:rsidRPr="006704F3">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="006704F3" w:rsidRPr="001260F8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>POPP Cost Recovery from Other Resources - General Management Support (GMS)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006704F3">
+      <w:r w:rsidR="006704F3" w:rsidRPr="00E35C74">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">and continues with the appropriate project set up and the GMS fee to enable UNDP to collect the cost recovery income accurately, transparently, in a timely manner, and in full adherence to the terms stipulated in the donor agreement. </w:t>
+      <w:r w:rsidRPr="001260F8">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">continues with the appropriate project set up and the GMS fee to enable UNDP to collect the cost recovery income accurately, transparently, in a timely manner, and in full adherence to the terms stipulated in the donor agreement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C983" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C984" w14:textId="2E3B5AF2" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Compliance with the cost recovery policy requires offices to set up the project budget in</w:t>
       </w:r>
       <w:r w:rsidR="00E26673">
         <w:t xml:space="preserve"> </w:t>
@@ -238,102 +236,102 @@
         <w:t>Any exceptions to ‘earn as you go’ must be supported by a sound business case and be approved by the C</w:t>
       </w:r>
       <w:r w:rsidR="00555174">
         <w:t>hief Finance Officer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00D22A8C">
         <w:t xml:space="preserve">Requests for </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">exceptions will only be considered for transition purposes and will be for a limited time frame. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C987" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3597C988" w14:textId="3D44CFC4" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
+    <w:p w14:paraId="3597C988" w14:textId="5E2E8A8E" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The office shall monitor the GMS fee project set-up on a regular basis to ensure that </w:t>
       </w:r>
       <w:r w:rsidR="00DA224A">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>information is complete and accurate</w:t>
       </w:r>
       <w:r w:rsidR="00DA224A">
         <w:t>; to ensure income is being collected;</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="005956BF">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">guarantee </w:t>
       </w:r>
       <w:r w:rsidR="00C412AC">
         <w:t xml:space="preserve">it </w:t>
       </w:r>
       <w:r>
         <w:t>is re</w:t>
       </w:r>
       <w:r w:rsidR="00C412AC">
         <w:t>corded</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as Extra</w:t>
       </w:r>
       <w:r w:rsidR="007D4720">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>bud</w:t>
       </w:r>
       <w:r w:rsidR="00517BB1">
         <w:t>getary income.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">.  </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C989" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C98B" w14:textId="1FD176B8" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="00E923EA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>The cost recovery income collection method shall remain the same throughout the duration of the project</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="048A302D" w14:textId="77777777" w:rsidR="00FA450B" w:rsidRDefault="00FA450B" w:rsidP="006704F3">
@@ -395,51 +393,51 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C990" w14:textId="0CE376B6" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>The cost recovery rate is charged on the programmable budget. For example, on a $1.0 million contribution, with an 8% GMS fee, the programmable budget is $0.926 million and the GMS budget is $0.074 million. Use</w:t>
       </w:r>
       <w:r w:rsidRPr="006704F3">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006704F3" w:rsidRPr="008F757D">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="008F757D" w:rsidRPr="008F757D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>GMS rate calculator</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003B2698">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidR="00D22A8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006704F3" w:rsidRPr="006704F3">
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="006704F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -461,132 +459,138 @@
         <w:t>GEF and MP project</w:t>
       </w:r>
       <w:r w:rsidR="006F74E4">
         <w:t xml:space="preserve"> budgets do not include the GMS b</w:t>
       </w:r>
       <w:r w:rsidR="00836857">
         <w:t>udget,</w:t>
       </w:r>
       <w:r w:rsidR="006F74E4">
         <w:t xml:space="preserve"> it only includes the programmable budget.  The GMS budget is maintained by GEF and MP units at HQ.]</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C991" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3597C992" w14:textId="7CEADCB0" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
+    <w:p w14:paraId="3597C992" w14:textId="3A865482" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The budgeting of the GMS fee component in the project budget ensures that internal </w:t>
       </w:r>
       <w:r w:rsidR="004D1270">
-        <w:t xml:space="preserve"> Quantum </w:t>
+        <w:t xml:space="preserve">Quantum </w:t>
       </w:r>
       <w:r>
         <w:t>system processes can be run on a regular basis and ‘earn-as-you go’</w:t>
       </w:r>
       <w:r w:rsidR="00591410">
         <w:t xml:space="preserve"> on actual expenses</w:t>
       </w:r>
       <w:r w:rsidR="002475E3">
         <w:t>, e</w:t>
       </w:r>
       <w:r>
         <w:t>xtra</w:t>
       </w:r>
       <w:r w:rsidR="008C0464">
         <w:t>-</w:t>
       </w:r>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">budgetary income earned is collected in a timely manner. Failure to reflect the GMS fee at project budget set up and the GMS fee component in the project budget shall only delay this process.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C993" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C994" w14:textId="1A1F40F9" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In the project budget the GMS fee shall always be reflected with the budget account 75100.  A separate GMS budget line per each activity, fund and donor COA combination shall be set up.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C995" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3597C996" w14:textId="724082EE" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
+    <w:p w14:paraId="3597C996" w14:textId="16E41F85" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">GMS expense account code in </w:t>
       </w:r>
       <w:r w:rsidR="00902379">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> for ‘earn as you go’ is 75105 This account is automatically used by the </w:t>
+        <w:t xml:space="preserve"> for ‘earn as you go’ is 75105</w:t>
+      </w:r>
+      <w:r w:rsidR="00072EAE">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> This account is automatically used by the </w:t>
       </w:r>
       <w:r w:rsidR="00902379">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A6283B">
         <w:t xml:space="preserve">burden schedule </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">batch process.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C997" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C998" w14:textId="2FEBC92B" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
@@ -602,125 +606,125 @@
         <w:t xml:space="preserve">Setting up the GMS fee in </w:t>
       </w:r>
       <w:r w:rsidR="00902379">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C999" w14:textId="77777777" w:rsidR="006704F3" w:rsidRDefault="006704F3" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3597C99A" w14:textId="5E8ACD2E" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
+    <w:p w14:paraId="3597C99A" w14:textId="0F104588" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The GMS fee is entered in the </w:t>
       </w:r>
       <w:r w:rsidR="00902379">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B543D">
         <w:t xml:space="preserve">Grants </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Module. The navigation in </w:t>
       </w:r>
       <w:r w:rsidR="00902379">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is Grants</w:t>
       </w:r>
       <w:r w:rsidR="00396D07">
         <w:t xml:space="preserve"> Management</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">/ </w:t>
+        <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="001B6BA4">
-        <w:t xml:space="preserve"> Edit Award Details</w:t>
+        <w:t>Edit Award Details</w:t>
       </w:r>
       <w:r>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="001B6BA4">
         <w:t>Financial Tab</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41B42FC1" w14:textId="3A2292B2" w:rsidR="0069768A" w:rsidRDefault="003B01B6" w:rsidP="00161E49">
       <w:pPr>
         <w:ind w:left="705" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="256748AD" wp14:editId="6AD6E84B">
             <wp:extent cx="3109453" cy="2105025"/>
             <wp:effectExtent l="19050" t="19050" r="15240" b="9525"/>
             <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18">
+                    <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3118247" cy="2110979"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
@@ -773,188 +777,183 @@
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The GMS fee is entered at the </w:t>
       </w:r>
       <w:r w:rsidR="00BB709E">
         <w:t>award</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">-fund-donor level. </w:t>
       </w:r>
       <w:r w:rsidR="00BB709E">
         <w:t>Each award is linked to a specific project.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C99F" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB3624B" w14:textId="219DD0CE" w:rsidR="00AD343B" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
+    <w:p w14:paraId="3AB3624B" w14:textId="0ACE6F68" w:rsidR="00AD343B" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The GMS fee calculation is integrated into </w:t>
       </w:r>
       <w:r w:rsidR="00902379">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for maximum automation and minimal data entry. </w:t>
       </w:r>
       <w:r w:rsidR="00D74EE1">
         <w:t>Country office</w:t>
       </w:r>
       <w:r w:rsidR="008E320B">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00BC125D">
         <w:t xml:space="preserve"> should create a UNALL case with GSSC </w:t>
       </w:r>
       <w:r w:rsidR="008E320B">
         <w:t xml:space="preserve">after award creation to activate their contract and also </w:t>
       </w:r>
       <w:r w:rsidR="00CD668D">
         <w:t xml:space="preserve">indicate Distribution Modality type to </w:t>
       </w:r>
       <w:r w:rsidR="008E320B">
         <w:t>complete setup of GMS</w:t>
       </w:r>
       <w:r w:rsidR="00634DA7">
         <w:t xml:space="preserve">.  Upon selection of </w:t>
       </w:r>
       <w:r>
         <w:t>GMS distribution modality</w:t>
       </w:r>
       <w:r w:rsidR="00CD668D">
-        <w:t xml:space="preserve"> by </w:t>
-[...3 lines deleted...]
-        <w:t>GSSC</w:t>
+        <w:t xml:space="preserve"> by GSSC</w:t>
       </w:r>
       <w:r w:rsidR="00634DA7">
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> percentages are automatically populated</w:t>
+      <w:r w:rsidR="00377DE6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>department percentages are automatically populated</w:t>
       </w:r>
       <w:r w:rsidR="00CD668D">
         <w:t xml:space="preserve"> for income distribution</w:t>
       </w:r>
       <w:r w:rsidR="00634DA7">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26C91491" w14:textId="77777777" w:rsidR="00AD343B" w:rsidRDefault="00AD343B" w:rsidP="00E923EA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3597C9A0" w14:textId="3E6034D2" w:rsidR="00AD5AE1" w:rsidRDefault="00082179" w:rsidP="006704F3">
+    <w:p w14:paraId="3597C9A0" w14:textId="7E4822F5" w:rsidR="00AD5AE1" w:rsidRDefault="00082179" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Except for </w:t>
       </w:r>
       <w:r w:rsidR="00FB3EE0">
         <w:t>Vertical Funds (</w:t>
       </w:r>
       <w:r w:rsidR="005C6AA0">
-        <w:t xml:space="preserve"> Global Fund</w:t>
+        <w:t>Global Fund</w:t>
       </w:r>
       <w:r w:rsidR="00FB3EE0">
         <w:t>, GEF, G</w:t>
       </w:r>
       <w:r w:rsidR="00EA0EB1">
         <w:t xml:space="preserve">reen </w:t>
       </w:r>
       <w:r w:rsidR="00FB3EE0">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="0074255D">
         <w:t xml:space="preserve">limate </w:t>
       </w:r>
       <w:r w:rsidR="00FB3EE0">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="0074255D">
         <w:t>und (GCF)</w:t>
       </w:r>
       <w:r w:rsidR="00FB3EE0">
         <w:t xml:space="preserve"> and Montreal Protocol</w:t>
       </w:r>
       <w:r w:rsidR="0074255D">
         <w:t xml:space="preserve"> (MP</w:t>
       </w:r>
       <w:r w:rsidR="00FB3EE0">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0074255D">
         <w:t>), GMS income will no longer be distributed across internal units of UNDP starting from 2017.</w:t>
       </w:r>
       <w:r w:rsidR="003D0038">
         <w:t xml:space="preserve"> GMS from Vertical Funds </w:t>
       </w:r>
       <w:r w:rsidR="00892F86">
         <w:t xml:space="preserve">will continue to be distributed internally based on the pre-2017 management decision. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C9A1" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F8DE694" w14:textId="721AFEA5" w:rsidR="00AD343B" w:rsidRDefault="003D0038">
+    <w:p w14:paraId="3F8DE694" w14:textId="307205D2" w:rsidR="00AD343B" w:rsidRDefault="003D0038">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">GMS fee rates </w:t>
       </w:r>
       <w:r w:rsidR="00547C8C">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r>
         <w:t>GEF, G</w:t>
       </w:r>
       <w:r w:rsidR="002C1517">
         <w:t xml:space="preserve">reen </w:t>
       </w:r>
       <w:r>
         <w:t>Climate Fund (GCF) and Montreal Protocol (MP)</w:t>
       </w:r>
       <w:r w:rsidR="00CC14D6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -979,51 +978,51 @@
       <w:r w:rsidR="001A0986">
         <w:t xml:space="preserve">The offices can obtain the </w:t>
       </w:r>
       <w:r w:rsidR="00EB23FD">
         <w:t>GMS rates and distribution</w:t>
       </w:r>
       <w:r w:rsidR="001A0986">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00EB23FD">
         <w:t xml:space="preserve"> of GEF and MP projects </w:t>
       </w:r>
       <w:r w:rsidR="000A6FED">
         <w:t xml:space="preserve">using </w:t>
       </w:r>
       <w:r w:rsidR="00BF65A4">
         <w:t xml:space="preserve">the same </w:t>
       </w:r>
       <w:r w:rsidR="00902379">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r w:rsidR="000A6FED">
         <w:t xml:space="preserve"> query </w:t>
       </w:r>
       <w:r w:rsidR="00BF65A4">
-        <w:t xml:space="preserve">for UNDP offices. </w:t>
+        <w:t>for UNDP offices</w:t>
       </w:r>
       <w:r w:rsidR="000A6FED">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE60C16" w14:textId="77777777" w:rsidR="00CC14D6" w:rsidRDefault="00CC14D6" w:rsidP="00E923EA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3597C9A2" w14:textId="10A7ECAA" w:rsidR="00AD5AE1" w:rsidRDefault="00745B93" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="008B1B87">
         <w:t xml:space="preserve">he accountability </w:t>
       </w:r>
       <w:r w:rsidR="00A20EDF">
@@ -1060,188 +1059,193 @@
         <w:t>Grants</w:t>
       </w:r>
       <w:r w:rsidR="005345E4">
         <w:t xml:space="preserve"> Management</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Module to ensure collection of GMS </w:t>
       </w:r>
       <w:r w:rsidR="008B1B87">
         <w:t xml:space="preserve">income rests with the </w:t>
       </w:r>
       <w:r w:rsidR="00907825">
         <w:t xml:space="preserve">project </w:t>
       </w:r>
       <w:r w:rsidR="008B1B87">
         <w:t xml:space="preserve">managing office.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C9A3" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3597C9A4" w14:textId="04B481C5" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
+    <w:p w14:paraId="3597C9A4" w14:textId="215603A9" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>A project shall charge the same cost recovery rate for all donors, however</w:t>
       </w:r>
       <w:r w:rsidR="00907825">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> there are instances where the rates are different and within the cost recovery policy, such as when a project has a combination of programme country</w:t>
       </w:r>
       <w:r w:rsidR="00907825">
         <w:t xml:space="preserve"> (government)</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> cost sharing (GMS fee is a minimum of 3%) and third party costing sharing </w:t>
+        <w:t xml:space="preserve"> cost sharing (GMS fee is a minimum of 3%) and </w:t>
+      </w:r>
+      <w:r w:rsidR="007D6E52">
+        <w:t>third-party</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> costing sharing </w:t>
       </w:r>
       <w:r w:rsidR="002D0D82">
         <w:t>contributions</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (GMS fee is a minimum of 8%)</w:t>
       </w:r>
       <w:r w:rsidR="000E3D17">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C9A5" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3597C9A6" w14:textId="4BB26A2B" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
+    <w:p w14:paraId="3597C9A6" w14:textId="097EC4B6" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For UNDSS (Fund Code 68100) and UNDOCO Common Coordination Fund (Fund Code 680xx), the administrative support fee covers both implementation </w:t>
       </w:r>
       <w:r w:rsidR="00082179">
         <w:t xml:space="preserve">support </w:t>
       </w:r>
       <w:r>
         <w:t>and GMS</w:t>
       </w:r>
       <w:r w:rsidR="00082179">
         <w:t xml:space="preserve"> fee</w:t>
       </w:r>
       <w:r w:rsidR="00373507">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="000E61D0">
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidR="00373507">
-        <w:t>managed separately by HQ units in BMS and DOCO</w:t>
+        <w:t>managed separately by HQ units in BMS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C9A7" w14:textId="77777777" w:rsidR="00AD5AE1" w:rsidRDefault="008B1B87" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3597C9A9" w14:textId="14596E37" w:rsidR="00AD5AE1" w:rsidRDefault="00AD5AE1" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00AD5AE1">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId20"/>
+    <w:sectPr w:rsidR="00AD5AE1" w:rsidSect="001260F8">
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1176" w:right="844" w:bottom="709" w:left="1702" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1176" w:right="844" w:bottom="709" w:left="1702" w:header="720" w:footer="915" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1024AA9F" w14:textId="77777777" w:rsidR="00CB1212" w:rsidRDefault="00CB1212" w:rsidP="006704F3">
+    <w:p w14:paraId="2330183A" w14:textId="77777777" w:rsidR="007E6679" w:rsidRDefault="007E6679" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7AFAB4F0" w14:textId="77777777" w:rsidR="00CB1212" w:rsidRDefault="00CB1212" w:rsidP="006704F3">
+    <w:p w14:paraId="2D086CB1" w14:textId="77777777" w:rsidR="007E6679" w:rsidRDefault="007E6679" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1260,52 +1264,57 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="3597C9AF" w14:textId="4E6CBB97" w:rsidR="006704F3" w:rsidRDefault="004D6EED">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="01C35A87" w14:textId="77777777" w:rsidR="007D6E52" w:rsidRDefault="007D6E52">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="3597C9AF" w14:textId="74AD5C45" w:rsidR="006704F3" w:rsidRDefault="004D6EED">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -1352,222 +1361,232 @@
     </w:r>
     <w:r w:rsidR="00D876DE">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t>Effective Date:</w:t>
     </w:r>
     <w:r w:rsidR="002C6D8B">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00161E49">
-      <w:t>29</w:t>
+    <w:r w:rsidR="0080753D">
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00DA6B07">
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="002C6D8B">
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="00161E49">
-      <w:t>11</w:t>
+    <w:r w:rsidR="0080753D">
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00DA6B07">
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00001BAC">
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="00161E49">
-      <w:t>2022</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="0080753D">
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00161E49">
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="00161E49">
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
     <w:r w:rsidR="00001BAC">
       <w:t>#:</w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-1477911541"/>
         <w:placeholder>
           <w:docPart w:val="A5E0F6239F0B41DBBB3BD770598D6EB8"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{C9628490-3305-425C-9C5C-71B0D682170D}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="003B2698">
-          <w:t>6</w:t>
+        <w:r w:rsidR="00152BC9">
+          <w:t>7</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6AAA0BC7" w14:textId="77777777" w:rsidR="00CB1212" w:rsidRDefault="00CB1212" w:rsidP="006704F3">
+    <w:p w14:paraId="0BDEEE3E" w14:textId="77777777" w:rsidR="007E6679" w:rsidRDefault="007E6679" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50CCC5B7" w14:textId="77777777" w:rsidR="00CB1212" w:rsidRDefault="00CB1212" w:rsidP="006704F3">
+    <w:p w14:paraId="2F93F4A3" w14:textId="77777777" w:rsidR="007E6679" w:rsidRDefault="007E6679" w:rsidP="006704F3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="0D4DDB45" w14:textId="6CECBD2A" w:rsidR="003B2698" w:rsidRPr="003B2698" w:rsidRDefault="003B2698">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If you experience problems trying to open the GMS rate calculator, </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="003B2698">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>please follow this guide</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="6D403467" w14:textId="1243DF0D" w:rsidR="004D6EED" w:rsidRDefault="004D6EED" w:rsidP="004D6EED">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:left="9730" w:right="43"/>
     </w:pPr>
     <w:r w:rsidRPr="004D6EED">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="333333"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50D0A4B4" wp14:editId="20084307">
           <wp:extent cx="304745" cy="601980"/>
           <wp:effectExtent l="0" t="0" r="635" b="7620"/>
-          <wp:docPr id="1" name="Picture 1"/>
+          <wp:docPr id="11" name="Picture 11"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="logo-undp-300.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="14363"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="304800" cy="602089"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41437165"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E26E1FE"/>
     <w:lvl w:ilvl="0" w:tplc="55DC3356">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -1736,254 +1755,291 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E1BEECC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2140760018">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD5AE1"/>
     <w:rsid w:val="00001BAC"/>
     <w:rsid w:val="000149BF"/>
     <w:rsid w:val="00035EFD"/>
     <w:rsid w:val="0004467A"/>
+    <w:rsid w:val="00072EAE"/>
+    <w:rsid w:val="00081A0C"/>
     <w:rsid w:val="00082179"/>
     <w:rsid w:val="00096E83"/>
     <w:rsid w:val="000A6FED"/>
     <w:rsid w:val="000D434A"/>
     <w:rsid w:val="000E3D17"/>
     <w:rsid w:val="000E61D0"/>
     <w:rsid w:val="000F2CD5"/>
     <w:rsid w:val="001117AA"/>
+    <w:rsid w:val="001260F8"/>
     <w:rsid w:val="00126B7F"/>
+    <w:rsid w:val="00152BC9"/>
     <w:rsid w:val="00161E49"/>
     <w:rsid w:val="00187E1A"/>
     <w:rsid w:val="001A0986"/>
     <w:rsid w:val="001A2D8B"/>
     <w:rsid w:val="001B543D"/>
     <w:rsid w:val="001B6BA4"/>
+    <w:rsid w:val="001C0C7A"/>
     <w:rsid w:val="001C36C3"/>
+    <w:rsid w:val="001C7E3D"/>
     <w:rsid w:val="001D4817"/>
     <w:rsid w:val="001E05F3"/>
     <w:rsid w:val="00240825"/>
     <w:rsid w:val="002475E3"/>
+    <w:rsid w:val="00262E12"/>
+    <w:rsid w:val="002814FA"/>
     <w:rsid w:val="0029647D"/>
     <w:rsid w:val="002C1517"/>
     <w:rsid w:val="002C2AEB"/>
     <w:rsid w:val="002C6D8B"/>
     <w:rsid w:val="002D0D82"/>
+    <w:rsid w:val="002E67B9"/>
     <w:rsid w:val="003331A4"/>
     <w:rsid w:val="003478DA"/>
     <w:rsid w:val="00373507"/>
     <w:rsid w:val="003744B4"/>
+    <w:rsid w:val="003747D3"/>
+    <w:rsid w:val="00377DE6"/>
     <w:rsid w:val="0039373E"/>
     <w:rsid w:val="00396D07"/>
     <w:rsid w:val="0039758D"/>
     <w:rsid w:val="003B01B6"/>
     <w:rsid w:val="003B2698"/>
     <w:rsid w:val="003B3565"/>
     <w:rsid w:val="003D0038"/>
     <w:rsid w:val="003E0276"/>
     <w:rsid w:val="003E6520"/>
+    <w:rsid w:val="003E6BEF"/>
     <w:rsid w:val="00451F7D"/>
     <w:rsid w:val="00455B3F"/>
+    <w:rsid w:val="004676DC"/>
     <w:rsid w:val="004A6EDE"/>
     <w:rsid w:val="004D1270"/>
     <w:rsid w:val="004D6EED"/>
+    <w:rsid w:val="005117C8"/>
+    <w:rsid w:val="00517A3C"/>
     <w:rsid w:val="00517BB1"/>
     <w:rsid w:val="00521886"/>
     <w:rsid w:val="00521FFB"/>
     <w:rsid w:val="005262C2"/>
     <w:rsid w:val="005345E4"/>
     <w:rsid w:val="00547C8C"/>
     <w:rsid w:val="00555174"/>
     <w:rsid w:val="00575BD2"/>
     <w:rsid w:val="00587344"/>
     <w:rsid w:val="00591410"/>
+    <w:rsid w:val="005952CC"/>
     <w:rsid w:val="005956BF"/>
     <w:rsid w:val="005B3464"/>
     <w:rsid w:val="005C29FD"/>
     <w:rsid w:val="005C6AA0"/>
+    <w:rsid w:val="00616D19"/>
     <w:rsid w:val="0063144F"/>
     <w:rsid w:val="00634DA7"/>
     <w:rsid w:val="006704F3"/>
     <w:rsid w:val="0069768A"/>
     <w:rsid w:val="006B5812"/>
+    <w:rsid w:val="006F1EB3"/>
     <w:rsid w:val="006F74E4"/>
     <w:rsid w:val="00723990"/>
     <w:rsid w:val="00725C9B"/>
     <w:rsid w:val="0074255D"/>
     <w:rsid w:val="00745B93"/>
     <w:rsid w:val="00756D94"/>
     <w:rsid w:val="00790D47"/>
+    <w:rsid w:val="007941A3"/>
     <w:rsid w:val="00795F1C"/>
     <w:rsid w:val="007D4720"/>
+    <w:rsid w:val="007D6E52"/>
+    <w:rsid w:val="007E6679"/>
     <w:rsid w:val="007F5D96"/>
+    <w:rsid w:val="0080753D"/>
     <w:rsid w:val="00822B04"/>
     <w:rsid w:val="00836857"/>
     <w:rsid w:val="00892F86"/>
     <w:rsid w:val="008A64D6"/>
     <w:rsid w:val="008B1B87"/>
     <w:rsid w:val="008C0464"/>
     <w:rsid w:val="008C3CF6"/>
     <w:rsid w:val="008E320B"/>
     <w:rsid w:val="008F757D"/>
     <w:rsid w:val="00902379"/>
+    <w:rsid w:val="009025F6"/>
     <w:rsid w:val="00907825"/>
     <w:rsid w:val="00916564"/>
     <w:rsid w:val="0094375C"/>
     <w:rsid w:val="00997C08"/>
     <w:rsid w:val="009C1B2D"/>
     <w:rsid w:val="009D3054"/>
+    <w:rsid w:val="009E7884"/>
     <w:rsid w:val="00A10F21"/>
     <w:rsid w:val="00A20EDF"/>
     <w:rsid w:val="00A22E14"/>
     <w:rsid w:val="00A3252E"/>
     <w:rsid w:val="00A60040"/>
     <w:rsid w:val="00A6283B"/>
+    <w:rsid w:val="00AA2D1D"/>
     <w:rsid w:val="00AC08F1"/>
     <w:rsid w:val="00AD343B"/>
     <w:rsid w:val="00AD5AE1"/>
+    <w:rsid w:val="00B3165A"/>
     <w:rsid w:val="00B653B4"/>
     <w:rsid w:val="00B8066B"/>
     <w:rsid w:val="00B91746"/>
     <w:rsid w:val="00BA783D"/>
     <w:rsid w:val="00BB709E"/>
     <w:rsid w:val="00BC125D"/>
     <w:rsid w:val="00BC372B"/>
     <w:rsid w:val="00BE1949"/>
     <w:rsid w:val="00BF65A4"/>
     <w:rsid w:val="00C03F20"/>
     <w:rsid w:val="00C102AB"/>
     <w:rsid w:val="00C17396"/>
     <w:rsid w:val="00C412AC"/>
+    <w:rsid w:val="00C63450"/>
+    <w:rsid w:val="00C80EDA"/>
     <w:rsid w:val="00CB1212"/>
     <w:rsid w:val="00CC14D6"/>
     <w:rsid w:val="00CD2246"/>
     <w:rsid w:val="00CD668D"/>
     <w:rsid w:val="00D22A8C"/>
     <w:rsid w:val="00D2745F"/>
     <w:rsid w:val="00D332BA"/>
     <w:rsid w:val="00D74EE1"/>
     <w:rsid w:val="00D876DE"/>
     <w:rsid w:val="00D87891"/>
     <w:rsid w:val="00DA224A"/>
+    <w:rsid w:val="00DA3D7F"/>
     <w:rsid w:val="00DA56F9"/>
+    <w:rsid w:val="00DA6B07"/>
     <w:rsid w:val="00DD30BC"/>
     <w:rsid w:val="00DE09EF"/>
+    <w:rsid w:val="00E040DA"/>
+    <w:rsid w:val="00E0485F"/>
     <w:rsid w:val="00E26673"/>
+    <w:rsid w:val="00E35C74"/>
     <w:rsid w:val="00E50CB6"/>
     <w:rsid w:val="00E53BDC"/>
     <w:rsid w:val="00E923EA"/>
     <w:rsid w:val="00EA0EB1"/>
     <w:rsid w:val="00EB23FD"/>
+    <w:rsid w:val="00EB4B62"/>
+    <w:rsid w:val="00EC449C"/>
     <w:rsid w:val="00ED0D07"/>
     <w:rsid w:val="00EE4581"/>
+    <w:rsid w:val="00F27C33"/>
     <w:rsid w:val="00F46B97"/>
     <w:rsid w:val="00FA450B"/>
     <w:rsid w:val="00FB3EE0"/>
+    <w:rsid w:val="243F7DFC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3597C97C"/>
   <w15:docId w15:val="{7D457D6B-D5BB-44B9-B8E5-C619F370E7CA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2643,104 +2699,104 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="003B2698"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00451F7D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10556" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2841" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10556" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/UNDP_POPP_DOCUMENT_LIBRARY/Public/FRM_Resource%20Planning%20and%20Cost%20Recovery_Cost%20Recovery_Cost%20Recovery%20from%20Other%20Resources%20-%20GMS.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/UNDP_POPP_DOCUMENT_LIBRARY/Public/FRM_Resource%20Planning%20and%20Cost%20Recovery_Cost%20Recovery_Cost%20Recovery%20from%20Other%20Resources%20-%20GMS.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/UNDP_POPP_DOCUMENT_LIBRARY/Public/FRM_Resource%20Planning%20and%20Cost%20Recovery_Cost%20Recovery_Cost%20Recovery%20from%20Other%20Resources%20-%20GMS.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/UNDP_POPP_DOCUMENT_LIBRARY/Public/FRM_Resource%20Planning%20and%20Cost%20Recovery_Cost%20Recovery_Cost%20Recovery%20from%20Other%20Resources%20-%20GMS.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10556" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2841" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10556" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/guidance-note-gms-setup-quantum" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A5E0F6239F0B41DBBB3BD770598D6EB8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CD3A5D11-8ED9-4243-838B-D8A6C9185404}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00155688" w:rsidRDefault="00AA2D1D">
           <w:r w:rsidRPr="00214305">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -2755,133 +2811,142 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA2D1D"/>
+    <w:rsid w:val="00084BA6"/>
+    <w:rsid w:val="000E2B5E"/>
     <w:rsid w:val="00155688"/>
     <w:rsid w:val="001C36C3"/>
     <w:rsid w:val="0038716A"/>
+    <w:rsid w:val="00450434"/>
     <w:rsid w:val="004A42BC"/>
+    <w:rsid w:val="005117C8"/>
+    <w:rsid w:val="00517A3C"/>
     <w:rsid w:val="005C7D61"/>
+    <w:rsid w:val="00616D19"/>
+    <w:rsid w:val="007B5104"/>
+    <w:rsid w:val="00824BE2"/>
     <w:rsid w:val="00873559"/>
     <w:rsid w:val="00901272"/>
+    <w:rsid w:val="00947BC3"/>
     <w:rsid w:val="00952342"/>
+    <w:rsid w:val="009E7884"/>
     <w:rsid w:val="00AA2D1D"/>
+    <w:rsid w:val="00B0240B"/>
+    <w:rsid w:val="00DA3D7F"/>
     <w:rsid w:val="00DB5604"/>
+    <w:rsid w:val="00E040DA"/>
     <w:rsid w:val="00E23F65"/>
     <w:rsid w:val="00E66C8A"/>
+    <w:rsid w:val="00EB4B62"/>
     <w:rsid w:val="00F730FC"/>
     <w:rsid w:val="00F90E63"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3276,51 +3341,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA2D1D"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -3583,379 +3648,211 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...55 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C70F24FAA7BA5249BDEB0641E59DC52A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d971145f1b56e9c13361b9e0ab868cd7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9c9e5014-7273-40ba-95fc-e628b777c505" xmlns:ns3="7ef5284c-a724-486d-9c6e-6b46d35db2dd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f55cf61d224918266b7d54861f14722c" ns2:_="" ns3:_="">
+    <xsd:import namespace="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <xsd:import namespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9c9e5014-7273-40ba-95fc-e628b777c505" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="16" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text">
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{795fc9f7-b0fa-4401-b58e-16dde1209691}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7ef5284c-a724-486d-9c6e-6b46d35db2dd">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -4000,253 +3897,176 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="7ef5284c-a724-486d-9c6e-6b46d35db2dd" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9c9e5014-7273-40ba-95fc-e628b777c505">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...79 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9628490-3305-425C-9C5C-71B0D682170D}">
-[...10 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4837CEED-F004-45AE-8813-0234540FD75C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{783FF842-8B79-4C65-AF42-F9173F4C5AC1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9628490-3305-425C-9C5C-71B0D682170D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BEA3D920-F452-4067-9D61-0BA794435EFD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF05F970-0D8A-41E3-A2C4-432CB7B83615}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>911</Words>
-  <Characters>5195</Characters>
+  <Words>910</Words>
+  <Characters>5187</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>43</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6094</CharactersWithSpaces>
+  <CharactersWithSpaces>6085</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100C70F24FAA7BA5249BDEB0641E59DC52A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>0bc6c8ac-073a-4827-98f1-9d513275141a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="UNDP_POPP_BUSINESSPROCESS_HIDDEN">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TaxCatchAll">
     <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
     <vt:lpwstr>Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="DLCPolicyLabelValue">
     <vt:lpwstr>Effective Date: {Effective Date}                                                Version #: {POPPRefItemVersion}</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>