--- v0 (2025-10-21)
+++ v1 (2025-12-11)
@@ -1,6073 +1,16229 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7FE54778" w14:textId="7551DC47" w:rsidR="00DA770A" w:rsidRDefault="00DA770A" w:rsidP="00DA770A">
+    <w:p w14:paraId="7FE54778" w14:textId="7551DC47" w:rsidR="00DA770A" w:rsidRPr="004C59DA" w:rsidRDefault="00DA770A" w:rsidP="00DA770A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EC21CEF" w14:textId="77777777" w:rsidR="00830CB2" w:rsidRPr="00627EFF" w:rsidRDefault="00830CB2" w:rsidP="00B36788">
+    <w:p w14:paraId="1EC21CEF" w14:textId="77777777" w:rsidR="00830CB2" w:rsidRPr="004C59DA" w:rsidRDefault="00830CB2" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Gestion des partenariats</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17DCBBFE" w14:textId="77777777" w:rsidR="00830CB2" w:rsidRPr="00627EFF" w:rsidRDefault="00830CB2" w:rsidP="00B36788">
+    <w:p w14:paraId="17DCBBFE" w14:textId="77777777" w:rsidR="00830CB2" w:rsidRPr="004C59DA" w:rsidRDefault="00830CB2" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A24B779" w14:textId="4586131B" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="0A24B779" w14:textId="4586131B" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="MyriadPro-Regular"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="49C3C6"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Les partenariats sont au cœur du </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>Programme de développement durable à</w:t>
+          <w:t>Programme de développement durable à l</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-          </w:rPr>
-[...10 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>’</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="004C59DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>horizon 2030</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> et sont essentiels pour concrétiser la vision et les résultats du Plan stratégique du </w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Programme des Nations Unies pour le développement (PNUD)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D9F5946" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00A105E4" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="3D9F5946" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2530B4BD" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="2530B4BD" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Les ressources confiées au PNUD doivent être utilisées conformément aux normes fiduciaires les plus strictes. Ceci s</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>applique aussi bien aux activités de développement menées directement par le PNUD qu</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>aux activités exécutées par des partenaires de réalisation financés par le PNUD.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58927620" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00A105E4" w:rsidRDefault="00DF4ECD" w:rsidP="0032362B">
+    <w:p w14:paraId="58927620" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="0032362B">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05CA7DB3" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="05CA7DB3" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Cette politique fournit le contenu, les principes et les pratiques prescriptifs pour la gestion des partenariats.</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>La série de politiques institutionnelles approuvées et détaillées ici guide les partenariats du PNUD avec les gouvernements, le système des Nations Unies, les institutions financières internationales (IFI), le secteur privé, les fondations et les organisations de la société civile (OSC).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4444E7DC" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="00A105E4" w:rsidRDefault="0032362B" w:rsidP="00B36788">
+    <w:p w14:paraId="4444E7DC" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="004C59DA" w:rsidRDefault="0032362B" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="40" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="227FC6BA" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRDefault="00DF4ECD" w:rsidP="00F37C35">
+    <w:p w14:paraId="227FC6BA" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00F37C35">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Les politiques de partenariat institutionnel aident le personnel du PNUD à</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AF7A550" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00F37C35">
+    <w:p w14:paraId="1AF7A550" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00F37C35">
       <w:pPr>
         <w:ind w:right="40"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="298DBC70" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="0032362B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="298DBC70" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="0032362B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>rendre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des décisions éclairées et cohérentes sur la sélection des partenaires</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D82EE61" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="3D82EE61" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="43"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62FFC2F9" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00B36788">
+    <w:p w14:paraId="62FFC2F9" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00B36788">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>istinguer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> si un partenariat formel est nécessaire ou non</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08E7AC18" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="08E7AC18" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AC1BBD5" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00B36788">
+    <w:p w14:paraId="3AC1BBD5" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00B36788">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dentifier</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>instrument de partenariat à utiliser</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="354FAD2D" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="354FAD2D" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CB3662C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00B36788">
+    <w:p w14:paraId="4CB3662C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00B36788">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>uivre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les processus d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>approbation de partenariat appropriés</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1963831F" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="1963831F" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19AA0DA3" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00B36788">
+    <w:p w14:paraId="19AA0DA3" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00B36788">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>aximiser</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les avantages du partenariat tout en gérant et en minimisant les risques</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BD9E3BC" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="2BD9E3BC" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61025BA4" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00B36788">
+    <w:p w14:paraId="61025BA4" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00C83DF5" w:rsidRDefault="00F37C35" w:rsidP="00B36788">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="9" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-    <w:p w14:paraId="32829332" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ntretenir</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et suivre la relation de partenariat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68294650" w14:textId="77777777" w:rsidR="00134FAD" w:rsidRPr="004C59DA" w:rsidRDefault="00134FAD" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43D89DC4" w14:textId="6EB2B46D" w:rsidR="00134FAD" w:rsidRDefault="00134FAD" w:rsidP="00B36788">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="9" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="40" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Aligner les efforts de mobilisation des ressources, y compris les Stratégies et Plans d’action de partenariat et de communication (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:tooltip="https://intranet.undp.org/unit/pb/resmob/rmtoolkit/developing/SitePages/Developing%20a%20Partnerships%20and%20Communications%20strategy%20and%20Action%20Plan%20(PCAP).aspx" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>PCAP</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="006B5731">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B5731">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(en anglais) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ainsi que les stratégies thématiques et régionales, sur les </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:tooltip="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/SACE/Resource-Mobilization-Strategy.aspx" w:history="1">
+        <w:r w:rsidRPr="00C83DF5">
+          <w:rPr>
+            <w:color w:val="000000"/>
+          </w:rPr>
+          <w:t>Stratégies institutionnelles de mobilisation des ressources</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00F778C0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0059244C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007D3E7B" w:rsidRPr="007D3E7B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">conformément à la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:tooltip="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/SACE/Resource-Mobilization-Strategy.aspx" w:history="1">
+        <w:r w:rsidR="0059244C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Stratégie de mobilisation des ressources institutionnelles du PNUD</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0059244C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F778C0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(en anglais)</w:t>
+      </w:r>
+      <w:r w:rsidR="007F36BA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> successives.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FBE7167" w14:textId="77777777" w:rsidR="008F3CEE" w:rsidRDefault="008F3CEE" w:rsidP="008F3CEE">
+      <w:pPr>
+        <w:spacing w:after="9" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34C5E72C" w14:textId="77777777" w:rsidR="008F3CEE" w:rsidRDefault="008F3CEE" w:rsidP="008F3CEE">
+      <w:pPr>
+        <w:spacing w:after="9" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20BBC2E1" w14:textId="77777777" w:rsidR="008F3CEE" w:rsidRPr="004C59DA" w:rsidRDefault="008F3CEE" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:spacing w:after="9" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32829332" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5655BF3A" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5655BF3A" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Définition des partenariats du PNUD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3295FAA6" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="3295FAA6" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="20"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3EBD7F55" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EBD7F55" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Un partenariat du PNUD est un engagement volontaire de collaboration entre le PNUD et une ou plusieurs parties. Ensemble, ils œuvrent à la réalisation d</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>objectifs communs conformes aux objectifs généraux de développement soutenus par le PNUD.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06CAAF3B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00A31274" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="06CAAF3B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28B12B9F" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="28B12B9F" w14:textId="16A0F346" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Les parties doivent s</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>engager à respecter les valeurs et les politiques qui sont au cœur du mandat du PNUD et à maximiser l</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">utilisation efficace des ressources, notamment en </w:t>
+      </w:r>
+      <w:r w:rsidR="006B5521" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>en identifiant</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC531D" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>évaluant</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1551" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et en gérant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> soigneusement les risques, les responsabilités, les compétences et les avantages. Ils peuvent offrir des possibilités d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>innovation et de réalisations qui pourraient ne pas être réalisables par le PNUD ou par son partenaire en travaillant seul.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE34DA7" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="2FE34DA7" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3E26BFCF" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E26BFCF" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Principes de partenariat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F992E41" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="00627EFF" w:rsidRDefault="0032362B" w:rsidP="00B36788">
+    <w:p w14:paraId="6F992E41" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="004C59DA" w:rsidRDefault="0032362B" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="21"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62906D72" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="62906D72" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="21"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Tous les partenariats doivent être clairement articulés et développés conjointement en fonction</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> :</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59C395BD" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00F37C35">
+    <w:p w14:paraId="59C395BD" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00F37C35">
       <w:pPr>
         <w:spacing w:after="21"/>
         <w:ind w:left="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="3F546002" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F546002" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>intégrité</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F3F93B" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00F258B1">
+    <w:p w14:paraId="22F3F93B" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00F258B1">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04AD115F" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
+    <w:p w14:paraId="04AD115F" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la non-exclusivité et d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>aucun avantage déloyal</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E80212E" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="7E80212E" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1485E058" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
+    <w:p w14:paraId="1485E058" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rôles et responsabilités clairement définis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFC428B" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="6EFC428B" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E91BFA3" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
+    <w:p w14:paraId="5E91BFA3" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la concentration mutuelle sur l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>obtention de résultats de développement</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1871B4D9" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="1871B4D9" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D339A22" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
+    <w:p w14:paraId="5D339A22" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dévouement aux résultats convenus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FACF820" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="1FACF820" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49B79B12" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
+    <w:p w14:paraId="49B79B12" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la rentabilité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23C4EB44" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="23C4EB44" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54824E7E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
+    <w:p w14:paraId="54824E7E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attentes réalistes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="260A19DB" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="260A19DB" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C8EB77B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
+    <w:p w14:paraId="6C8EB77B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> perspective à moyen et long terme</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A21CA1E" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="3A21CA1E" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D53B20C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
+    <w:p w14:paraId="3D53B20C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> intérêts institutionnels et des valeurs organisationnelles de base</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE24555" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="4EE24555" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="598AB8F3" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
+    <w:p w14:paraId="598AB8F3" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>alignement sur les priorités et les processus du PNUD</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39E631C5" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="39E631C5" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F103732" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
+    <w:p w14:paraId="4F103732" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la non-approbation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C2250D5" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="3C2250D5" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B83C2CA" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
+    <w:p w14:paraId="0B83C2CA" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>impartialité, la transparence et la responsabilisation</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D476D4" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="58D476D4" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69DF8CBD" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
+    <w:p w14:paraId="69DF8CBD" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> partage des risques</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="402713D0" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="402713D0" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="362FF4A5" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
+    <w:p w14:paraId="362FF4A5" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-    <w:p w14:paraId="68C92EDD" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avantages du partenariat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C92EDD" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="22"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0917B4B9" w14:textId="565ABF95" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0917B4B9" w14:textId="565ABF95" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Le PNUD ne peut pas nouer des partenariats avec des organisations impliquées officiellement ou officieusement dans des activités incompatibles avec la </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Charte des Nations Unies</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ou qui ne relèvent pas du mandat du PNUD. Les discussions avec les partenaires potentiels doivent être claires sur ce point dès le début. Au-delà des principes ci-dessus, tous les partenariats du PNUD doivent respecter</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D7CC7EA" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="6D7CC7EA" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="670E4A60" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="670E4A60" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> normes et standards exprimés par l</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Assemblée générale, le Conseil économique et social</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A483425" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00272D8F">
+    <w:p w14:paraId="2A483425" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00272D8F">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F053F2B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00272D8F">
+    <w:p w14:paraId="2F053F2B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00272D8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> résolutions ou décisions du Conseil d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>administration du PNUD</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77551249" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="77551249" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15AB672B" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="009008AD">
+    <w:p w14:paraId="15AB672B" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="009008AD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cadre réglementaire du PNUD (Règlement financier et règles de gestion financière du PNUD et Politique de diligence raisonnable du secteur privé)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA19EC8" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="6BA19EC8" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32554768" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="32554768" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spécifications d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>indemnisation</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CA1383A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00F258B1">
+    <w:p w14:paraId="0CA1383A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00F258B1">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FF6BB93" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="1FF6BB93" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> droits de propriété intellectuelle, y compris en ce qui concerne l</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>utilisation du nom et du logo du PNUD</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5786BA36" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="5786BA36" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="66A29237" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00000000" w:rsidP="00B36788">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66A29237" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="001E0D32" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="001E0D32">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId16">
+        <w:r w:rsidRPr="004C59DA">
           <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>Évaluation des partenariats</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="05D037B4" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="05D037B4" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00C83DF5" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="21"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="1FF5A133" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57F3C0FE" w14:textId="3836A850" w:rsidR="00436083" w:rsidRPr="004C59DA" w:rsidRDefault="00436083" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lors de la mise en place d’un partenariat, il est important que le personnel du PNUD clarifie et formule les objectifs et les attentes en matière de développement, ainsi que comprenne ceux des partenaires potentiels. Le personnel doit veiller à adopter une approche favorisant la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>co-création</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et une relation de travail ouverte et transparente. À cet égard, les Stratégies et Plans d’action de partenariat et de communication (PCAP) permettent au personnel du PNUD de mieux comprendre l’écosystème des partenariats et les priorités des partenaires dans le pays et dans le domaine thématique concerné. Chaque document de programme de pays doit comporter une PCAP (section connexe du POPP </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>ici</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et note d’orientation disponible dans la Boîte à outils de mobilisation des ressources (RM Toolkit) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>ici</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00837C50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00837C50" w:rsidRPr="00837C50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(en anglais)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="564D86AE" w14:textId="77777777" w:rsidR="00436083" w:rsidRPr="004C59DA" w:rsidRDefault="00436083" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FF5A133" w14:textId="1F7CCFE4" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Le processus d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>évaluation doit soulever des questions et des préoccupations qui pourraient nécessiter un examen plus approfondi, ce qui garantit une diligence raisonnable plus poussée. Il doit prévoir les garanties adéquates et les limites définies, tout en laissant la possibilité d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>un engagement innovant et ouvert. Il doit inclure une justification, basée sur une analyse solide, pour savoir pourquoi le PNUD devrait ou ne devrait pas procéder au partenariat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D35ECD5" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="2D35ECD5" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="08CB6FEA" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08CB6FEA" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Compte tenu des coûts de transaction et de gestion inévitables liés aux partenariats, tous devraient aspirer à des avantages évidents pour le PNUD et ses mandants. Lors de la négociation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>un accord de partenariat, le PNUD et ses partenaires doivent définir clairement les différents types et niveaux d</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>avantages qu</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ils en attendent. Tous les partenariats doivent être évalués en fonction de leur potentiel à fournir ces avantages, et revus régulièrement pour s</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>assurer que les avantages sont atteints.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F9110E3" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="7F9110E3" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="22"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7B41CD19" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="00F37C35" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B41CD19" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Du côté du PNUD, les avantages doivent</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26662302" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00F37C35">
+    <w:p w14:paraId="26662302" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00F37C35">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3759BEFF" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3759BEFF" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pporter</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des contributions à la mission fondamentale, au mandat et à la réalisation des résultats de développement du PNUD</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09010A1E" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="00A105E4" w:rsidRDefault="0032362B" w:rsidP="0032362B">
+    <w:p w14:paraId="09010A1E" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="004C59DA" w:rsidRDefault="0032362B" w:rsidP="0032362B">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07EDCD56" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="00F37C35" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="07EDCD56" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ompléter</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la capacité du PNUD à</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48EB04B4" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00F37C35">
+    <w:p w14:paraId="48EB04B4" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00F37C35">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7B204A86" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B204A86" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ournir</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> une expertise technique ou générer des connaissances</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20D7EE6B" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="20D7EE6B" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16E23C8A" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="16E23C8A" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ccéder</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou mobiliser des ressources</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0039406B" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="0039406B" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F690AE2" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="2F690AE2" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ettre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en œuvre des programmes et des projets</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BD35AEA" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="6BD35AEA" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2653B0EE" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="2653B0EE" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>uivre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les résultats et assurer la responsabilisation</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...3 lines deleted...]
-    <w:p w14:paraId="73B75FEB" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="73B75FEB" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CE7A2D2" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="5CE7A2D2" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>avoriser</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la créativité, l</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>innovation et le changement</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D5E3439" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="00A105E4" w:rsidRDefault="0032362B" w:rsidP="0032362B">
+    <w:p w14:paraId="3D5E3439" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="004C59DA" w:rsidRDefault="0032362B" w:rsidP="0032362B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="280" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="2610" w:firstLine="0"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="620631B1" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="620631B1" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Les partenariats du PNUD doivent promouvoir et renforcer les activités du PNUD dans un ou plusieurs des domaines suivants</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22AD3BFA" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00F37C35">
+    <w:p w14:paraId="22AD3BFA" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00F37C35">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="20"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6AE2B624" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AE2B624" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>irection</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du programme</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1672787E" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="1672787E" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40854587" w14:textId="77777777" w:rsidR="00DC4033" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00DC4033">
+    <w:p w14:paraId="40854587" w14:textId="77777777" w:rsidR="00DC4033" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00DC4033">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>xécution</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des résultats du programme</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53C91805" w14:textId="77777777" w:rsidR="00DC4033" w:rsidRPr="00A105E4" w:rsidRDefault="00DC4033" w:rsidP="00DC4033">
+    <w:p w14:paraId="53C91805" w14:textId="77777777" w:rsidR="00DC4033" w:rsidRPr="004C59DA" w:rsidRDefault="00DC4033" w:rsidP="00DC4033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64AB58B2" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00DC4033">
+    <w:p w14:paraId="64AB58B2" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00DC4033">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ohérence</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du programme</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C769F8D" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="1C769F8D" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DD39381" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="0DD39381" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ccès</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aux partenaires et au réseau</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08CE86F2" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="08CE86F2" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="761BA589" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="761BA589" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>nfluence</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur les politiques en faveur des pauvres</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DAA7EBE" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="1DAA7EBE" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30CD102C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="30CD102C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>éalisation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des objectifs de développement durable</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F236F5" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="45F236F5" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78334013" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="78334013" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mélioration</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la réputation (vers le PNUD en tant que « partenaire de choix »)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-    <w:p w14:paraId="612E0865" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="612E0865" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E04EF52" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="3E04EF52" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...6 lines deleted...]
-    <w:p w14:paraId="5E5DF474" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>econnaissance</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (image de marque) et visibilité des résultats.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5577F3E9" w14:textId="4AD7C229" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="009A4EE0" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Examen des risques</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="75D50F74" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Gestion </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>des risques</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D50F74" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="22"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="09BEBEDE" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6984D098" w14:textId="77777777" w:rsidR="00582263" w:rsidRPr="004C59DA" w:rsidRDefault="00582263" w:rsidP="00582263">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5989C96D" w14:textId="77777777" w:rsidR="00582263" w:rsidRPr="004C59DA" w:rsidRDefault="00582263" w:rsidP="00582263">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BE00956" w14:textId="77777777" w:rsidR="00582263" w:rsidRPr="004C59DA" w:rsidRDefault="00582263" w:rsidP="00582263">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75B334EB" w14:textId="77777777" w:rsidR="00582263" w:rsidRPr="004C59DA" w:rsidRDefault="00582263" w:rsidP="00582263">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26E8A827" w14:textId="77777777" w:rsidR="00582263" w:rsidRPr="004C59DA" w:rsidRDefault="00582263" w:rsidP="00582263">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B34E73B" w14:textId="77777777" w:rsidR="00582263" w:rsidRPr="004C59DA" w:rsidRDefault="00582263" w:rsidP="00582263">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="316697AB" w14:textId="77777777" w:rsidR="00582263" w:rsidRPr="004C59DA" w:rsidRDefault="00582263" w:rsidP="00582263">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B99D086" w14:textId="77777777" w:rsidR="00582263" w:rsidRPr="004C59DA" w:rsidRDefault="00582263" w:rsidP="00582263">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0682A62E" w14:textId="77777777" w:rsidR="00582263" w:rsidRPr="004C59DA" w:rsidRDefault="00582263" w:rsidP="00582263">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4260AE14" w14:textId="77777777" w:rsidR="00582263" w:rsidRPr="004C59DA" w:rsidRDefault="00582263" w:rsidP="00582263">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AB20D1F" w14:textId="77777777" w:rsidR="00582263" w:rsidRPr="004C59DA" w:rsidRDefault="00582263" w:rsidP="00582263">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="210AC467" w14:textId="77777777" w:rsidR="00582263" w:rsidRPr="004C59DA" w:rsidRDefault="00582263" w:rsidP="00582263">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09BEBEDE" w14:textId="08CF591D" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Outre les avantages potentiels, le PNUD doit évaluer les risques de partenariats potentiels et définir des moyens de les gérer </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85A1D" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>et de les atténuer</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85A1D" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidR="00A85A1D" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> efficacement. Il convient de noter que pour tout partenariat avec des entités du secteur privé, y compris les entreprises</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85A1D" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidR="00A85A1D" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> publiques, l’application de la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00F436BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Politique en matière de diligence raisonnable et de partenariats avec le secteur privé</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00A85A1D" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> est requise. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Les risques possibles peuvent inclure</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75AD0983" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="75AD0983" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00C83DF5" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0A52CFA5" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="00F37C35" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A52CFA5" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>étournement</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du PNUD de sa mission principale </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comme par exemple</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F49388" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00F37C35" w:rsidRDefault="00DF4ECD" w:rsidP="00F37C35">
+    <w:p w14:paraId="25F49388" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00F37C35">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="32CC90CA" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32CC90CA" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>épassement</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du mandat du PNUD</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CDB5AB0" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="6CDB5AB0" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:firstLine="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="363312D1" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="363312D1" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>erte</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de l</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>orientation programmatique ou de cohérence</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60659F96" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="60659F96" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35A81828" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="35A81828" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>édoublement</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des efforts</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...3 lines deleted...]
-    <w:p w14:paraId="0CB38822" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="0CB38822" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E7A2C68" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="5E7A2C68" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>anque</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de coordination interne ou externe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10068A7E" w14:textId="77777777" w:rsidR="000F12D8" w:rsidRPr="00A105E4" w:rsidRDefault="000F12D8" w:rsidP="00B36788">
+    <w:p w14:paraId="10068A7E" w14:textId="77777777" w:rsidR="000F12D8" w:rsidRPr="004C59DA" w:rsidRDefault="000F12D8" w:rsidP="00B36788">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="1800" w:right="55"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65FBCF26" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00F37C35" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="65FBCF26" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ncapacité</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de respecter ses engagements</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0846DAAC" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00F37C35">
+    <w:p w14:paraId="0846DAAC" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00F37C35">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="1440" w:firstLine="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="213FA13F" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="213FA13F" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>nvestissement</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en temps trop ambitieux</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2119C089" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="2119C089" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="1800"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73FC08A8" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="73FC08A8" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ncidences</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> financières, comme le manque de capacité financière ou des coûts prohibitifs</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26E4FA69" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="26E4FA69" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39675ED8" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="39675ED8" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>anque</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de capacités suffisantes du PNUD ou du partenaire</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...3 lines deleted...]
-    <w:p w14:paraId="4DAE4FFF" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="4DAE4FFF" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="333FC713" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="333FC713" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ituations</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> instables pouvant changer en raison de circonstances politiques ou de crise</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30C4EAC9" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00A105E4" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="30C4EAC9" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D6FF46B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00F37C35" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="0D6FF46B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>onséquences</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> externes imprévues</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B0066B8" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00F37C35">
+    <w:p w14:paraId="1B0066B8" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00F37C35">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="1440" w:firstLine="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="79715D02" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79715D02" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>anque</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de compréhension de la véritable motivation derrière le partenariat</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D0A1076" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="0D0A1076" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="1800"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="562646B9" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="562646B9" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>nterface</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avec les processus nationaux</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...3 lines deleted...]
-    <w:p w14:paraId="15740878" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="15740878" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F758E3B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="1F758E3B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>pprobation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> involontaire d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>un partenaire</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BDE2E78" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="7BDE2E78" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15A9A4E9" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00F37C35" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="15A9A4E9" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ompromis</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de réputation</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2828471A" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="00627EFF" w:rsidRDefault="00F37C35" w:rsidP="00F37C35">
+    <w:p w14:paraId="2828471A" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00F37C35">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="1440" w:firstLine="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2C3C7CB9" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C3C7CB9" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>eutralité</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de l</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>ONU</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27899B9A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="27899B9A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="1800"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="652326FA" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="652326FA" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>isques</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> politiques, y compris pour les relations avec le gouvernement</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="109B4254" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00A105E4" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="109B4254" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F4C4D82" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
+    <w:p w14:paraId="2F4C4D82" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00652B27" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>isques</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sociaux et environnementaux</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D464886" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="1D464886" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="2520"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C58FD6B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="2C58FD6B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:ind w:left="10" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Définition des attentes des partenaires vis-à-vis du PNUD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CFEC94F" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="6CFEC94F" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="23"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="057DDAEE" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="719E95E9" w14:textId="77777777" w:rsidR="00582263" w:rsidRPr="004C59DA" w:rsidRDefault="00582263" w:rsidP="00527A5C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="057DDAEE" w14:textId="60E2A346" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Les partenariats doivent être mutuellement avantageux. Les partenaires ont le </w:t>
       </w:r>
-      <w:r w:rsidR="00652B27">
-        <w:rPr>
+      <w:r w:rsidR="00652B27" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>droit d’attendre du PNUD qu’il</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4844A06C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="4844A06C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="20"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0BCB1F69" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BCB1F69" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>engage dans des partenariats que s</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>il a la capacité de s</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>acquitter de ses obligations et d</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>en rendre compte</w:t>
       </w:r>
-      <w:r w:rsidR="00652B27">
-        <w:rPr>
+      <w:r w:rsidR="00652B27" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A80C043" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="00A105E4" w:rsidRDefault="0032362B" w:rsidP="0032362B">
+    <w:p w14:paraId="0A80C043" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="004C59DA" w:rsidRDefault="0032362B" w:rsidP="0032362B">
       <w:pPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="1531" w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="085C77E6" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="00F37C35" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="085C77E6" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>honore</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ses engagements et agi</w:t>
+      </w:r>
+      <w:r w:rsidR="00652B27" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>sse</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> de manière transparente et responsable</w:t>
       </w:r>
-      <w:r w:rsidR="00652B27">
-        <w:rPr>
+      <w:r w:rsidR="00652B27" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E7076D0" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00F37C35">
+    <w:p w14:paraId="5E7076D0" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00F37C35">
       <w:pPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1B8AF59D" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B8AF59D" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conforme à tous les mandats stipulés dans l</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>examen quadriennal complet, à toutes les lois, résolutions et décisions de l</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Assemblée générale, du Conseil économique et social et du Conseil d</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">administration du PNUD, et aux décisions </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>interinstitutions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> telles que celles du Groupe des Nations Unies pour le développement, du Comité de haut niveau sur les programmes et du Comité de haut niveau sur la gestion</w:t>
+      </w:r>
+      <w:r w:rsidR="00652B27" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CFD38AA" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="00A31274" w:rsidRDefault="0032362B" w:rsidP="0032362B">
+    <w:p w14:paraId="3CFD38AA" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="004C59DA" w:rsidRDefault="0032362B" w:rsidP="0032362B">
       <w:pPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="1531" w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5973A72D" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="5973A72D" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="9" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-    <w:p w14:paraId="44E145E2" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>efforce</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de maximiser les avantages du partenariat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E145E2" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1142D575" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00000000" w:rsidP="00B36788">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1142D575" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="001E0D32" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="001E0D32">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidRPr="004C59DA">
           <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>Formalisation des partenariats</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4C03A1A0" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00547257">
+    <w:p w14:paraId="4C03A1A0" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00547257">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="425C52D6" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="425C52D6" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Une fois la phase d</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>évaluation terminée, si le PNUD et son partenaire potentiel identifient des résultats significatifs et souhaitent établir un partenariat pour les atteindre, le personnel doit identifier et utiliser l</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>instrument de partenariat approprié. Tous les instruments de partenariat formels doivent être conformes aux règlements, règles, politiques et procédures du PNUD. Le personnel doit également s</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>assurer que des mécanismes de suivi et de mesure soient en place.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE2C22B" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="00A31274" w:rsidRDefault="0032362B" w:rsidP="0032362B">
+    <w:p w14:paraId="6AE2C22B" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="004C59DA" w:rsidRDefault="0032362B" w:rsidP="0032362B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="40" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="183FD114" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="183FD114" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00C83DF5" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorsque les partenariats sont conformes aux principes de partenariat, le PNUD a évalué les risques et les avantages. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>il n</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>y a pas de produits livrables programmatiques, opérationnels, de service ou financiers, le partenariat ne nécessite pas d</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>instrument de partenariat formel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63449DA4" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="36785805" w14:textId="77777777" w:rsidR="00781711" w:rsidRPr="004C59DA" w:rsidRDefault="00781711" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="688BEDC2" w14:textId="77777777" w:rsidR="00781711" w:rsidRPr="004C59DA" w:rsidRDefault="00781711" w:rsidP="00781711">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Enregistrement et suivi des opportunités de partenariat</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2D0FCE" w14:textId="77777777" w:rsidR="00781711" w:rsidRPr="004C59DA" w:rsidRDefault="00781711" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A75808F" w14:textId="77777777" w:rsidR="00332145" w:rsidRPr="004C59DA" w:rsidRDefault="00332145" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FF38431" w14:textId="77777777" w:rsidR="00332145" w:rsidRPr="004C59DA" w:rsidRDefault="00332145" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33273D17" w14:textId="77777777" w:rsidR="00332145" w:rsidRPr="004C59DA" w:rsidRDefault="00332145" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0067AD9B" w14:textId="77777777" w:rsidR="00332145" w:rsidRPr="004C59DA" w:rsidRDefault="00332145" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D436AA6" w14:textId="77777777" w:rsidR="00332145" w:rsidRPr="004C59DA" w:rsidRDefault="00332145" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04EC9C21" w14:textId="77777777" w:rsidR="00332145" w:rsidRPr="004C59DA" w:rsidRDefault="00332145" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EB34283" w14:textId="77777777" w:rsidR="00332145" w:rsidRPr="004C59DA" w:rsidRDefault="00332145" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F1F6403" w14:textId="77777777" w:rsidR="00332145" w:rsidRPr="004C59DA" w:rsidRDefault="00332145" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60CF3BBE" w14:textId="77777777" w:rsidR="00332145" w:rsidRPr="004C59DA" w:rsidRDefault="00332145" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="257540DC" w14:textId="77777777" w:rsidR="00332145" w:rsidRPr="004C59DA" w:rsidRDefault="00332145" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D72820E" w14:textId="77777777" w:rsidR="00332145" w:rsidRPr="004C59DA" w:rsidRDefault="00332145" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3611D9B3" w14:textId="77777777" w:rsidR="00332145" w:rsidRPr="004C59DA" w:rsidRDefault="00332145" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63639E50" w14:textId="77777777" w:rsidR="00332145" w:rsidRPr="004C59DA" w:rsidRDefault="00332145" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A8593B4" w14:textId="77777777" w:rsidR="00332145" w:rsidRPr="004C59DA" w:rsidRDefault="00332145" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C0AE059" w14:textId="77777777" w:rsidR="00332145" w:rsidRPr="004C59DA" w:rsidRDefault="00332145" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67F33C6E" w14:textId="77777777" w:rsidR="00332145" w:rsidRPr="004C59DA" w:rsidRDefault="00332145" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AC433FD" w14:textId="5D5AAF57" w:rsidR="00781711" w:rsidRPr="004C59DA" w:rsidRDefault="00781711" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tous les bureaux participant à des négociations de partenariats financiers ou non financiers sont tenus d’enregistrer et de suivre leurs opportunités de partenariat dès leur création dans Quantum+ UNITY, conformément à la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>politique de gestion du pipeline du PNUD</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00FC17C0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (en anglais).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="040B6F2B" w14:textId="77777777" w:rsidR="00781711" w:rsidRPr="004C59DA" w:rsidRDefault="00781711" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45B47AA5" w14:textId="77777777" w:rsidR="00781711" w:rsidRPr="004C59DA" w:rsidRDefault="00781711" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quantum+ UNITY est la plateforme de gestion des relations avec les partenaires du PNUD. Elle sert de dépôt numérique complet pour toutes les négociations, accords et évaluations des risques </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>du secteur privé, qu’ils soient actifs ou historiques, couvrant les partenariats financiers et non financiers ainsi que les partenariats cibles. Quantum+ UNITY offre un accès en temps réel aux informations mondiales sur les négociations de partenariat menées par les bureaux de pays, les bureaux régionaux et les départements du siège du PNUD.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D1E45C" w14:textId="77777777" w:rsidR="00781711" w:rsidRPr="004C59DA" w:rsidRDefault="00781711" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A325DCA" w14:textId="77777777" w:rsidR="00781711" w:rsidRPr="004C59DA" w:rsidRDefault="00781711" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Cette plateforme facilite une communication bidirectionnelle et en temps réel entre les bureaux de pays et le siège, rationalisant ainsi la gestion des partenariats et réduisant les coûts de transaction. UNITY permet aux unités de gérer les négociations de partenariat depuis la phase d’opportunité jusqu’à la signature, de soumettre les accords financiers au GSSC, de maintenir des prévisions de financement exactes, de mener des évaluations des risques du secteur privé et de tenir à jour les notes d’information, profils de partenaires, listes de contacts et enregistrements de communication. Elle soutient également les calendriers de rapports aux donateurs et d’autres tâches essentielles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4944C2FB" w14:textId="77777777" w:rsidR="00781711" w:rsidRPr="004C59DA" w:rsidRDefault="00781711" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50610E8F" w14:textId="534D4227" w:rsidR="00781711" w:rsidRPr="004C59DA" w:rsidRDefault="00781711" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>UNITY est utilisée dans l’ensemble des bureaux du PNUD afin de prévoir efficacement les financements, en exploitant les données provenant de plus de 170 unités opérationnelles à travers le monde.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63449DA4" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="21"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5A609151" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A609151" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:ind w:left="10" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Choix du bon instrument de partenariat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B3AA1D" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="45B3AA1D" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="20"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="189204A3" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="189204A3" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00781711">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Le PNUD utilise plusieurs instruments de partenariat standard</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34C89C7C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1570BC19" w14:textId="77777777" w:rsidR="00B06C2D" w:rsidRPr="004C59DA" w:rsidRDefault="00B06C2D" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Accord-cadre de partenariat (PFA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : Un Accord-cadre de partenariat (PFA) est un document formel de haut niveau convenu au niveau institutionnel, qui établit les termes et conditions généraux d’une collaboration stratégique à long terme entre deux ou plusieurs organisations. Le PFA définit les principes, priorités et orientations communes qui régissent le partenariat, garantissant l’alignement sur des objectifs mutuels et favorisant une relation de collaboration. Les principales caractéristiques comprennent : 1) son caractère stratégique et global, servant de cadre fondateur énonçant l’intention stratégique de la collaboration et définissant les grands domaines d’intervention ; 2) la définition d’objectifs communs pouvant établir des priorités pour certains domaines de travail conjoint et/ou de financement ; et 3) le fait qu’il puisse servir de base à d’autres instruments de partenariat ou de financement, tels que les accords de partage des coûts. Les accords-cadres de partenariat existants peuvent être consultés </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>ici</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03655ED2" w14:textId="77777777" w:rsidR="00467CF3" w:rsidRPr="004C59DA" w:rsidRDefault="00467CF3" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F280E87" w14:textId="029E0653" w:rsidR="00F37C35" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>Mémorandum d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>accord de l</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>organisation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC1FD7B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00F37C35">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A23A698" w14:textId="7B0580B5" w:rsidR="00A42EC7" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Mémorandum d</w:t>
+        </w:r>
+        <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>’</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>accord (</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>MoU</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> est une déclaration d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">intention et un engagement général entre les partenaires. </w:t>
+      </w:r>
+      <w:r w:rsidR="004F06B0" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il formalise un partenariat non contraignant et énonce la coopération commune et non contraignante des parties. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Il définit le contexte législatif, les principes généraux et l</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>orientation de la coopération potentielle dans la poursuite d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">objectifs communs. Il sert de cadre général à toute coopération mondiale, régionale et nationale. Les accords de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">mise en œuvre spécifiques au niveau des </w:t>
+      </w:r>
+      <w:r w:rsidR="00356BF0" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>pays sont</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subordonnés aux mémorandums d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>accord et sont utilisés pour préciser les conditions de travail. Le PNUD dispose de différents modèles pour les gouvernements, les entités des Nations Unies, le secteur privé, les organisations non gouvernementales et de la société civile, les institutions universitaires et les fondations.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00431E5D" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Les entreprises publiques sont considérées comme des partenaires du secteur privé. REMARQUE : pour tout partenariat avec des entités du secteur privé, y compris les entreprises  publiques</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3C48" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidR="00431E5D" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, l’application de la Politique sur la diligence raisonnable est requise. Voir les détails dans la section Partenariats avec le secteur privé du POPP. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>MoU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>est pas un instrument financier et ne peut donc pas être utilisé par le PNUD pour verser ou recevoir des contributions</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6086" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en espèces ou en nature de la part des </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>partenaires.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F34DD7" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E11274C" w14:textId="77777777" w:rsidR="00A42EC7" w:rsidRPr="004C59DA" w:rsidRDefault="00A42EC7" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="2161" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43260025" w14:textId="124D617B" w:rsidR="00FF4900" w:rsidRPr="004C59DA" w:rsidRDefault="00F34DD7" w:rsidP="00527A5C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tous les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>MoU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d'accord signés doivent être stockés dans le </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>module UNITY</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, qui est le référentiel central des accords non financiers du PNUD. Tous les protocoles d'accord téléchargés dans UNITY sont ensuite accessibles par l'ensemble du personnel du PNUD sur le </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t xml:space="preserve">site </w:t>
+        </w:r>
+        <w:r w:rsidR="00B25914" w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>SharePoint</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> BERA Non-Financial </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Agreements</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Library</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E06894" w14:textId="77777777" w:rsidR="00FF4900" w:rsidRPr="004C59DA" w:rsidRDefault="00FF4900" w:rsidP="00FF4900">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="2161" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="109DAB0B" w14:textId="77777777" w:rsidR="005E30C8" w:rsidRPr="004C59DA" w:rsidRDefault="005E30C8" w:rsidP="005E30C8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Déclaration d’intention </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB77FF8" w14:textId="77777777" w:rsidR="005E30C8" w:rsidRPr="004C59DA" w:rsidRDefault="005E30C8" w:rsidP="005E30C8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19B4FEB3" w14:textId="77777777" w:rsidR="005E30C8" w:rsidRPr="004C59DA" w:rsidRDefault="005E30C8" w:rsidP="005E30C8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Une</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="statement-of-intent-%28soi%29" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Déclaration d’intention (</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>SoI</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> est un instrument informel, principalement utilisé à des fins de visibilité. Elle exprime l’intention des parties de définir une collaboration future. Si les parties souhaitent formaliser une collaboration spécifique déjà définie, le Mémorandum d’accord (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>MoU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) doit être utilisé, et non la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>SoI</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>SoI</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne peut pas être utilisée pour recevoir ou transférer des fonds, ni pour convenir d’activités spécifiques.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F9BD5F2" w14:textId="77777777" w:rsidR="005E30C8" w:rsidRPr="004C59DA" w:rsidRDefault="005E30C8" w:rsidP="005E30C8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2161" w:firstLine="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="286B723E" w14:textId="77777777" w:rsidR="005E30C8" w:rsidRPr="004C59DA" w:rsidRDefault="005E30C8" w:rsidP="005E30C8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Accord de confidentialité </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0A7962" w14:textId="77777777" w:rsidR="005E30C8" w:rsidRPr="004C59DA" w:rsidRDefault="005E30C8" w:rsidP="005E30C8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55DF7BAB" w14:textId="77777777" w:rsidR="005E30C8" w:rsidRPr="004C59DA" w:rsidRDefault="005E30C8" w:rsidP="005E30C8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Accords de confidentialité (NDA)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (en anglais) peuvent être utilisés avec des contreparties qui les exigent comme condition préalable à l’ouverture de discussions en vue de développer une relation potentielle. Les modèles d’accords de confidentialité sont disponibles </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>ici</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D4E2DB" w14:textId="77777777" w:rsidR="007B1942" w:rsidRPr="00C83DF5" w:rsidRDefault="007B1942" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7318C723" w14:textId="7BF0E6D8" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Instruments de programmation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189C6D99" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00F37C35">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="337334C2" w14:textId="77777777" w:rsidR="000E3231" w:rsidRPr="004C59DA" w:rsidRDefault="000E3231" w:rsidP="000E3231">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il existe plusieurs types de partenaires programmatiques : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65BBCE11" w14:textId="7D4355D1" w:rsidR="000E3231" w:rsidRPr="004C59DA" w:rsidRDefault="000E3231" w:rsidP="000E3231">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Partenaire de mise en œuvre (IP)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : responsable de la mise en œuvre d’un projet, en assumant l’entière responsabilité et la reddition de comptes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">pour l’utilisation efficace des ressources du PNUD et la réalisation des produits définis dans un document de projet ou de portefeuille. Le rôle du partenaire de mise en œuvre est défini </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>ici</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70DD48FA" w14:textId="7785D33C" w:rsidR="000E3231" w:rsidRPr="004C59DA" w:rsidRDefault="000E3231" w:rsidP="000E3231">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Parties responsables (RP)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : sélectionnées par un partenaire de mise en œuvre pour exécuter des activités de projet ou des interventions de portefeuille et/ou produire des produits en utilisant le budget du projet ou du portefeuille. Les parties responsables rendent compte directement au partenaire de mise en œuvre. Le rôle de la partie responsable est défini </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>ici</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744580C0" w14:textId="6D768CC1" w:rsidR="000E3231" w:rsidRPr="00C83DF5" w:rsidRDefault="000E3231" w:rsidP="000E3231">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Bénéficiaires de subventions</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : bénéficient de subventions accordées au titre des accords de subvention de faible valeur. Le rôle du bénéficiaire de subvention est défini </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>ici</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA0F323" w14:textId="77777777" w:rsidR="00FB28FB" w:rsidRPr="004C59DA" w:rsidRDefault="00FB28FB" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2881" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="243C270A" w14:textId="03522E3F" w:rsidR="000E3231" w:rsidRPr="004C59DA" w:rsidRDefault="009A4BF5" w:rsidP="00F37C35">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Les accords suivants sont émis pour engager un partenaire de mise en œuvre :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D8F6F26" w14:textId="77777777" w:rsidR="00FB28FB" w:rsidRPr="004C59DA" w:rsidRDefault="00FB28FB" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2161" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid1"/>
+        <w:tblW w:w="9355" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2228"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="4052"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B508F" w:rsidRPr="004C59DA" w14:paraId="058AF78A" w14:textId="77777777" w:rsidTr="00C83DF5">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A36B9AB" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Catégorie de partenaire de mise en œuvre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="407D878C" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="004C59DA" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Documents requis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC5E911" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="004C59DA" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Signatures requises</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B508F" w:rsidRPr="004C59DA" w14:paraId="1408241C" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F470BC0" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="004C59DA" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Entité gouvernementale</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="239A9B72" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t>Document de projet et/ou document de portefeuille</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D4A1DF5" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t>L’autorité</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:footnoteReference w:id="5"/>
+            </w:r>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gouvernementale de coordination du développement, le partenaire de mise en œuvre et le PNUD signent le document de projet et/ou le document de portefeuille.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F6C2D07" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t>Dans un portefeuille, chaque partenaire de mise en œuvre et le PNUD signent le MYWP.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B508F" w:rsidRPr="004C59DA" w14:paraId="2D1E4165" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="175E135A" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="004C59DA" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>PNUD (DIM)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F191A9F" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Document de projet et/ou document de portefeuille</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="511EFEB5" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="004C59DA" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’autorité gouvernementale de coordination du développement et le PNUD signent le document de projet et/ou le document de portefeuille. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Dans un portefeuille, le PNUD signe le MYWP.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B508F" w:rsidRPr="004C59DA" w14:paraId="7688AD3F" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CBF78C9" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="004C59DA" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Autre agence des Nations Unies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5889A098" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="009B508F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:ind w:left="432"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t>Si un Accord de base type d’agence d’exécution (SBEAA) est en place : document de projet et/ou document de portefeuille.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32E2BE83" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:ind w:left="432"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FB37285" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="004C59DA" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:ind w:left="72"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>OU</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="623D245E" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="004C59DA" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:ind w:left="72"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EA911FF" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="004C59DA" w:rsidRDefault="009B508F" w:rsidP="009B508F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:ind w:left="432"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Si </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>aucun</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SBEAA </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>n’est</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> place : Accord de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>coopération</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>projet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>portefeuille</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> avec le document de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>projet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> le document de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>portefeuille</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>annexé</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17245A67" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="009B508F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Si un SBEAA est </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>signé</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> entre le PNUD et </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>l’agence</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> des Nations </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Unies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>l’autorité</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>gouvernementale</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de coordination du </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>développement</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, le PNUD et </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>l’agence</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> des Nations </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Unies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>signent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> le document de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>projet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> le document de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>portefeuille</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t>Dans un portefeuille, l’autre agence des Nations Unies et le PNUD signent le MYWP.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68ACD112" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48DD8D75" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="009B508F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t>L’agence des Nations Unies et le PNUD signent l’accord de coopération de projet/portefeuille ; l’autorité gouvernementale de coordination du développement et le PNUD signent le document de projet et/ou le document de portefeuille. Dans un portefeuille, l’autre agence des Nations Unies et le PNUD signent le MYWP.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B508F" w:rsidRPr="004C59DA" w14:paraId="3D4EAC2C" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="746B51BB" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="004C59DA" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Organisation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>intergouvernementale</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="542B58E9" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="009B508F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t>Si un SBEAA est en place : document de projet et/ou document de portefeuille.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DFEC4BA" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51CDE47E" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="004C59DA" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>OU</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62C39634" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="004C59DA" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04664055" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="004C59DA" w:rsidRDefault="009B508F" w:rsidP="009B508F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Si </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>aucun</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SBEAA </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>n’est</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> place : Accord de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>coopération</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>projet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>portefeuille</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> avec le document de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>projet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> le document de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>portefeuille</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>annexé</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61BE9E85" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="009B508F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Si un SBEAA est </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>signé</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> entre le PNUD et </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>l’organisation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>l’autorité</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>gouvernementale</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de coordination du </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>développement</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, le PNUD et </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>l’organisation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>intergouvernementale</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>signent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> le document de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>projet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> le document de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>portefeuille</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t>Dans un portefeuille, l’organisation et le PNUD signent le MYWP.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68D44382" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="322EC159" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="009B508F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t>L’organisation et le PNUD signent l’accord de coopération de projet/portefeuille ; l’autorité gouvernementale de coordination du développement et le PNUD signent le document de projet et/ou le document de portefeuille. Dans un portefeuille, l’organisation et le PNUD signent le MYWP.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46BC351E" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:ind w:left="342"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B508F" w:rsidRPr="004C59DA" w14:paraId="468B41B3" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2FD985" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Organisation de la société civile / ONG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB88C5F" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t>Accord de coopération de projet/portefeuille (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://popp.undp.org/fr/document/accord-de-cooperation-sur-un-projetportefeuille-avec-un-partenaire-de-realisation"</w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t>PCA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t>) avec document de projet et/ou document de portefeuille annexé</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EEDF62C" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t>L’organisation et le PNUD signent l’accord de coopération de projet/portefeuille ; le document de projet et/ou de portefeuille (signé par l’autorité gouvernementale de coordination du développement et le PNUD) est annexé au PCA.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A09D1C5" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65C15FF6" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00C83DF5" w:rsidRDefault="009B508F" w:rsidP="00726A00">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t>Dans un portefeuille, l’organisation et le PNUD signent le MYWP.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="10E957C6" w14:textId="77777777" w:rsidR="009A4BF5" w:rsidRDefault="009A4BF5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44253F01" w14:textId="68DB0C72" w:rsidR="0052321D" w:rsidRDefault="007F7BEC" w:rsidP="00F37C35">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Pour que le PNUD puisse engager des partenaires en tant que parties responsables, le modèle pertinent doit être utilisé selon le type d’organisation. Cela comprend :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E95605" w14:textId="77777777" w:rsidR="00211475" w:rsidRPr="004C59DA" w:rsidRDefault="00211475" w:rsidP="00211475">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2161" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52BC8C1B" w14:textId="7FCA6985" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tableau </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>2 :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Instruments </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>juridiques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>utilisés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par le PNUD pour engager </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>partie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>responsable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3505"/>
+        <w:gridCol w:w="5660"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w14:paraId="69AD5A91" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2657C2C6" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Type </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>d’institution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD7ED0A" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Type </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>d’accord</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w14:paraId="70C714CA" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A7866E2" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ministère </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> institution </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>gouvernementale</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="380FCFC2" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="00C83DF5" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r w:rsidRPr="00C83DF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="it-IT"/>
+                </w:rPr>
+                <w:t>Lettre d’accord standard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="51A20F48" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Pour le paiement fondé sur la performance :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="513113C6" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="00257775" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r w:rsidRPr="00C83DF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>Accord de paiement basés sur la performance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en anglais)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62D06BDE" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="00C83DF5" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r w:rsidRPr="00C83DF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>Accord de paiement basés sur la performance de faible valeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en anglais)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w14:paraId="37FEA0DC" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20756DDD" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Organisation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>intergouvernementale</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>non ONU</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54048117" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="00C83DF5" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r w:rsidRPr="00C83DF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="it-IT"/>
+                </w:rPr>
+                <w:t>Lettre d’accord standard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="4BD925F9" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Pour le paiement fondé sur la performance :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64929A65" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="00257775" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidRPr="00C83DF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>Accord de paiement basés sur la performance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en anglais)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="673A05D5" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="00C83DF5" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r w:rsidRPr="00C83DF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>Accord de paiement basés sur la performance de faible valeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en anglais)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w14:paraId="17FE677D" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6DE1A7" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Agence des Nations Unies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18769352" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accord de </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>transfert</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> entre </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>entités</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> des Nations </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>Unies</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+            </w:hyperlink>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> anglais)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w14:paraId="50EE429C" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:trHeight w:val="1043"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15D4F0D1" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Organisation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de la société civile, y </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>compris</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ONG, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>universités</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>fondations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>secteur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>privé</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>entreprises</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>publiques</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25274391" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour les sélections collaboratives, concurrentielles ou à budget fixe fondées sur la qualité, lorsqu’elles agissent en tant que partie responsable : </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accord de </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>partie</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>responsable</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="6E57C9A5" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour les paiements fondés sur la performance : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38DFB315" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="00257775" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r w:rsidRPr="00C83DF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>Accord de paiement basés sur la performance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en anglais)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78E5F515" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="00C83DF5" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r w:rsidRPr="00C83DF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>Accord de paiement basés sur la performance de faible valeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en anglais)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28F81945" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="00C83DF5" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w14:paraId="28A332B7" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F7E2CA4" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Secteur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>privé</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="068384D8" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="00C83DF5" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00C83DF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="da-DK"/>
+                </w:rPr>
+                <w:t>Contrat type de fourniture de biens et/ou services</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="7E8C1035" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Pour les paiements fondés sur la performance :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E56B4DE" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="00257775" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r w:rsidRPr="00C83DF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>Accord de paiement basés sur la performance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en anglais)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F658CFA" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="00C83DF5" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r w:rsidRPr="00C83DF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>Accord de paiement basés sur la performance de faible valeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en anglais)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35DE34FA" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="00C83DF5" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="17DD4C6E" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRDefault="00C21ECB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2161" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65F056B9" w14:textId="77777777" w:rsidR="00D932B5" w:rsidRPr="004C59DA" w:rsidRDefault="00D932B5" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2161" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FC9E969" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Tableau 3 : Accord juridique utilisé pour engager le PNUD à fournir des services d’appui à un projet NIM et/ou à un portefeuille MYWP</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9404" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2145"/>
+        <w:gridCol w:w="2880"/>
+        <w:gridCol w:w="4379"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w14:paraId="527C1645" w14:textId="77777777" w:rsidTr="00C83DF5">
+        <w:trPr>
+          <w:trHeight w:val="455"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2145" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="200C25A2" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Partenaire de mise en œuvre</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D0C6C14" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="309B05E5" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Objet de l’accord</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="463DF8BC" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Type d’accord</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w14:paraId="4DB0A887" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:trHeight w:val="1084"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2145" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6F23F6" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Ministère ou institution gouvernementale</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC39ED6" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Pour engager le PNUD à fournir des services d’appui à un projet ou à un portefeuille NIM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB144FF" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lettre d’accord entre le PNUD et un gouvernement ou une organisation intergouvernementale pour la réalisation d’activités lorsque le PNUD fournit des </w:t>
+              </w:r>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:lastRenderedPageBreak/>
+                <w:t>services d’appui à un projet/portefeuille avec mise en œuvre non-directe (</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>non-DIM</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="398BBC4E" w14:textId="77777777" w:rsidR="00D932B5" w:rsidRPr="004C59DA" w:rsidRDefault="00D932B5" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2161" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="231A9973" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Tableau 4 : Accords juridiques utilisés par le PNUD pour engager des parties responsables dans le cadre du COS</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2138"/>
+        <w:gridCol w:w="2956"/>
+        <w:gridCol w:w="4236"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w14:paraId="57DF5E8C" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E7D865A" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Partenaire de mise en œuvre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2956" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4097FFAA" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Objet de l’accord</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2237F5DA" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Type d’accord</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w14:paraId="4542FF96" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F3AFD19" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Ministère ou institution gouvernementale</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2956" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="050C7291" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Pour que le PNUD engage une partie responsable au nom du partenaire de mise en œuvre dans le cadre du COS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4993C6EB" w14:textId="77777777" w:rsidR="00C21ECB" w:rsidRPr="004C59DA" w:rsidRDefault="00C21ECB" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:color w:val="0070C0"/>
+                </w:rPr>
+                <w:t>Lettre d’accord entre le PNUD et un partenaire de réalisation pour la fourniture de services d’appui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="63EEDA95" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64DCDDA1" w14:textId="77777777" w:rsidR="008A70E0" w:rsidRPr="004C59DA" w:rsidRDefault="008A70E0" w:rsidP="008A70E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18423EAC" w14:textId="77777777" w:rsidR="008A70E0" w:rsidRPr="004C59DA" w:rsidRDefault="008A70E0" w:rsidP="008A70E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67206D0D" w14:textId="77777777" w:rsidR="008A70E0" w:rsidRPr="004C59DA" w:rsidRDefault="008A70E0" w:rsidP="008A70E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FC61F54" w14:textId="406B1564" w:rsidR="008A70E0" w:rsidRPr="004C59DA" w:rsidRDefault="008A70E0" w:rsidP="008A70E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pour tous les accords de partie responsable lorsque le paiement n’est effectué qu’après la vérification de la réalisation d’un résultat de développement mesurable convenu, veuillez consulter la politique sur les </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Paiements basés sur la performance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. La politique Sélectionner les parties responsables et les bénéficiaires de subventions est disponible </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>ici</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="284CC347" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2161" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E309167" w14:textId="77777777" w:rsidR="00DF7B01" w:rsidRPr="00C83DF5" w:rsidRDefault="00DF7B01" w:rsidP="00DF7B01">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Les accords de subvention pour des activités liées ou non au crédit s’appliquent à l’octroi de fonds de subvention aux organisations non gouvernementales et aux organisations de la société civile.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E64E8AD" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00986058">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Tableau 5 : Instruments utilisés par le PNUD pour octroyer des subventions de faible valeur</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9535" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1795"/>
+        <w:gridCol w:w="2435"/>
+        <w:gridCol w:w="5305"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00986058" w:rsidRPr="004C59DA" w14:paraId="38840835" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="203EF836" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC4EE69" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Bénéficiaire de subvention</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FFAEDDC" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Type d’accord</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986058" w:rsidRPr="004C59DA" w14:paraId="486A35C3" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3BB9B0" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Subvention de faible valeur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A4F6602" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour les bénéficiaires de subvention </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>(organisation de la société civile ou organisation non gouvernementale, milieu universitaire)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33094919" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:proofErr w:type="gramStart"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>Accord</w:t>
+              </w:r>
+              <w:proofErr w:type="gramEnd"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="gramStart"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>de</w:t>
+              </w:r>
+              <w:proofErr w:type="gramEnd"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> subvention de </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>faible</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>valeur</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="06460CEB" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986058" w:rsidRPr="004C59DA" w14:paraId="34062039" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9D61FE" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sous-subvention </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09C5132F" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clauses à </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>joindre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aux documents de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>projet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>portefeuille</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> au PCA pour les </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>partenaires</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de mise </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>œuvre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aux accords de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>partie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>responsable</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sous gestion </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>directe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (DIM)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="687DB79B" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clauses de sous-subvention pour les </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>partenaires</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> de mise </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>en</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>œuvre</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> non PNUD</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> anglais)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39F9A4BA" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3931513B" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clauses de sous-subvention pour les parties </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>responsables</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="004C59DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> sous DIM</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> anglais)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986058" w:rsidRPr="004C59DA" w14:paraId="37970F71" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A0EF1BD" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5CC0FE" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ministère/institution </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>gouvernementale</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>organisation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>intergouvernementale</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>agissant</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tant </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>qu’institution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>octroyant</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la subvention</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3364A83E" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Évaluation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>complète</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HACT et </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>évaluation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de la sous-subvention ; clauses de sous-subvention </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ajoutées</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> à la </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>lettre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>d’accord</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> standard</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986058" w:rsidRPr="004C59DA" w14:paraId="49343531" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39382F61" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B7E6119" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agence des Nations </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Unies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>agissant</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tant </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>qu’institution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>octroyant</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la subvention</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A5FD325" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Évaluation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pour la sous-subvention ; clauses de sous-subvention </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ajoutées</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> à </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>l’accord</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>transfert</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> entre </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>agences</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> des Nations </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Unies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986058" w:rsidRPr="004C59DA" w14:paraId="119840D5" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72E9714A" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00AC1195" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Organisations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de la société civile (y </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>compris</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> les </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>organisations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> non </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>gouvernementales</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, le milieu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>universitaire</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et les </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>entités</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> public-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>privé</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>agissant</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tant </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>qu’institution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>octroyant</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la subvention</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="642B319B" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Évaluation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>complète</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HACT et </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>évaluation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de la sous-subvention ; clauses de sous-subvention </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ajoutées</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> à :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="681AF527" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00986058">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>l’accord</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>partie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>responsable</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pour </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>sélection</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> collaborative ; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D3BC968" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00986058">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">le </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>contrat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> type de services </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>professionnels</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pour </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>sélection</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>concurrentielle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29AA9EBB" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>L’accord</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> type de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>partie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>responsable</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pour les fonds </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>communs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de pays (CBPF) pour les fonds multi-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>donateurs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>basés</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sur le pays</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="18FBD724" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="000405D0" w:rsidRDefault="00986058" w:rsidP="00986058">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BBC6EFB" w14:textId="77777777" w:rsidR="006A2DC1" w:rsidRPr="004C59DA" w:rsidRDefault="006A2DC1" w:rsidP="006A2DC1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F0A5E4E" w14:textId="77777777" w:rsidR="006A2DC1" w:rsidRPr="004C59DA" w:rsidRDefault="006A2DC1" w:rsidP="006A2DC1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B2F77A1" w14:textId="77777777" w:rsidR="006A2DC1" w:rsidRPr="004C59DA" w:rsidRDefault="006A2DC1" w:rsidP="006A2DC1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41CC1D4A" w14:textId="77777777" w:rsidR="006A2DC1" w:rsidRPr="004C59DA" w:rsidRDefault="006A2DC1" w:rsidP="006A2DC1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EC1B8E4" w14:textId="77777777" w:rsidR="006A2DC1" w:rsidRPr="004C59DA" w:rsidRDefault="006A2DC1" w:rsidP="006A2DC1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A8A6E2E" w14:textId="20E29566" w:rsidR="006A2DC1" w:rsidRPr="00C83DF5" w:rsidRDefault="006A2DC1" w:rsidP="006A2DC1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les défis de l’innovation visent à solliciter des idées et des solutions pour relever des défis de développement. Les défis de l’innovation : (a) incluent souvent des parties prenantes qui ne sont pas nécessairement touchées par le défi de développement, mais qui sont bien placées pour élaborer des solutions, y compris des acteurs du secteur privé </w:t>
+      </w:r>
+      <w:r w:rsidR="00A12425" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; (b) se limitent généralement à la génération ou à la mise à l’essai d’idées, sans leur mise en œuvre ; (c) peuvent être attribués directement par le chef de bureau, conformément à la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">politique </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Politique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du Concours d’Innovation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, disponible </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>ici</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="662B3BDA" w14:textId="77777777" w:rsidR="00986058" w:rsidRPr="004C59DA" w:rsidRDefault="00986058" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FB61E53" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>Instruments de financement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B63B9C" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00F37C35">
+      <w:pPr>
+        <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="2162" w:right="40"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="221980E7" w14:textId="64369A56" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="005C1FEF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="40" w:hanging="361"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>accords de partage de coûts</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sont des instruments de financement des partenaires donateurs qui stipulent les conditions de réception, d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>administration, d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">utilisation et de notification des ressources pour des activités </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">spécifiques du PNUD. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Le PNUD dispose de modèles d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">accords </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>spécifiques</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour les gouvernements, les entités des Nations Unies, le secteur privé,</w:t>
+      </w:r>
+      <w:r w:rsidR="005F7FFC" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les institutions financières internationales (IFI)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA25F5" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les organisations non gouvernementales et de la société civile et les fondations.</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1FEF" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Le PNUD dispose de modèles d’accords standard disponibles </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:history="1">
+        <w:r w:rsidR="005C1FEF" w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>ici</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005C1FEF" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ainsi que de </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:history="1">
+        <w:r w:rsidR="005C1FEF" w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>modèles spécifiques</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005C1FEF" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> convenus mutuellement avec les principaux partenaires de financement, disponibles </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:history="1">
+        <w:r w:rsidR="005C1FEF" w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>ici</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005C1FEF" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5563FEBF" w14:textId="77777777" w:rsidR="00A12425" w:rsidRPr="004C59DA" w:rsidRDefault="00A12425" w:rsidP="00A12425">
+      <w:pPr>
+        <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="2162" w:right="40"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47263BA6" w14:textId="0FC36094" w:rsidR="00A12425" w:rsidRPr="004C59DA" w:rsidRDefault="00A12425" w:rsidP="00A12425">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les accords de </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>fonds d’affectation</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spéciale établissent une entité comptable distincte au titre de laquelle le PNUD reçoit des contributions pour financer des activités de programme. Les accords de fonds d’affectation spéciale sont utilisés lorsque le PNUD reçoit des financements thématiques souples, spécifiques à une entité, dans le cadre des </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Fenêtres de financement du PNUD</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:footnoteReference w:id="7"/>
+      </w:r>
+      <w:r w:rsidR="00C47E02">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (en anglais)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4772DE5B" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="004C59DA" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+      <w:pPr>
+        <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="2162" w:right="40"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5676C5DC" w14:textId="77777777" w:rsidR="00DF4624" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4624" w:rsidP="00DF4624">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:ind w:left="2162" w:right="40" w:hanging="361"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FA6FB5A" w14:textId="7268C636" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>Accord de services de gestion</w:t>
+      </w:r>
+      <w:r w:rsidR="00774B39" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00724F07" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">couvre l’assistance au développement fournie aux partenaires de développement en tant que bénéficiaires de services du PNUD dans son rôle de partenaire de mise en œuvre. La politique Services de développement est disponible </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:tgtFrame="_blank" w:tooltip="https://popp.undp.org/fr/page-de-politique/services-de-developpement" w:history="1">
+        <w:r w:rsidR="00724F07" w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>ici</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00724F07" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76450CC0" w14:textId="77777777" w:rsidR="00EC304C" w:rsidRPr="004C59DA" w:rsidRDefault="00EC304C" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67F6F4BD" w14:textId="77777777" w:rsidR="004C59DA" w:rsidRPr="004C59DA" w:rsidRDefault="004C59DA" w:rsidP="004C59DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
-        <w:ind w:right="40"/>
-[...9 lines deleted...]
-      <w:pPr>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1766D07D" w14:textId="77777777" w:rsidR="004C59DA" w:rsidRPr="004C59DA" w:rsidRDefault="004C59DA" w:rsidP="004C59DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="0F280E87" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B110FC8" w14:textId="77777777" w:rsidR="004C59DA" w:rsidRPr="004C59DA" w:rsidRDefault="004C59DA" w:rsidP="004C59DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59640395" w14:textId="77777777" w:rsidR="004C59DA" w:rsidRPr="004C59DA" w:rsidRDefault="004C59DA" w:rsidP="004C59DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="733F25EF" w14:textId="77777777" w:rsidR="004C59DA" w:rsidRPr="004C59DA" w:rsidRDefault="004C59DA" w:rsidP="004C59DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FB7E3AB" w14:textId="77777777" w:rsidR="004C59DA" w:rsidRPr="004C59DA" w:rsidRDefault="004C59DA" w:rsidP="004C59DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...206 lines deleted...]
-    <w:p w14:paraId="7318C723" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08AED5F0" w14:textId="77777777" w:rsidR="004C59DA" w:rsidRPr="004C59DA" w:rsidRDefault="004C59DA" w:rsidP="004C59DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:u w:color="000000"/>
-[...166 lines deleted...]
-    <w:p w14:paraId="4FB61E53" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="00F37C35" w:rsidRDefault="00DF4ECD" w:rsidP="00F37C35">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0514C4BE" w14:textId="77777777" w:rsidR="004C59DA" w:rsidRPr="004C59DA" w:rsidRDefault="004C59DA" w:rsidP="004C59DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...175 lines deleted...]
-    <w:p w14:paraId="7BD36DA6" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="00F37C35" w:rsidRDefault="00000000" w:rsidP="00F37C35">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25200ED8" w14:textId="77777777" w:rsidR="004C59DA" w:rsidRPr="004C59DA" w:rsidRDefault="004C59DA" w:rsidP="004C59DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:u w:val="single" w:color="000000"/>
-[...187 lines deleted...]
-    <w:p w14:paraId="2FA6FB5A" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71011945" w14:textId="77777777" w:rsidR="004C59DA" w:rsidRPr="004C59DA" w:rsidRDefault="004C59DA" w:rsidP="004C59DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:u w:val="single" w:color="000000"/>
-[...99 lines deleted...]
-    <w:p w14:paraId="520729D2" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15F6510C" w14:textId="77777777" w:rsidR="004C59DA" w:rsidRPr="004C59DA" w:rsidRDefault="004C59DA" w:rsidP="004C59DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CF6857F" w14:textId="77777777" w:rsidR="004C59DA" w:rsidRPr="004C59DA" w:rsidRDefault="004C59DA" w:rsidP="004C59DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A4A9FB1" w14:textId="258FE951" w:rsidR="00E71AD3" w:rsidRPr="004C59DA" w:rsidRDefault="00E71AD3" w:rsidP="004C59DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Mémorandum pour la prestation de services (MPS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BDD1AF9" w14:textId="77777777" w:rsidR="00E71AD3" w:rsidRPr="004C59DA" w:rsidRDefault="00E71AD3" w:rsidP="00E71AD3">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La politique sur la Gestion de la prestation de services est disponible </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>ici</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (en anglais).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C4308B" w14:textId="77777777" w:rsidR="00E71AD3" w:rsidRPr="00C83DF5" w:rsidRDefault="00E71AD3" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:u w:color="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="0A1346AA" w14:textId="77777777" w:rsidR="004C59DA" w:rsidRPr="004C59DA" w:rsidRDefault="004C59DA" w:rsidP="004C59DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="520729D2" w14:textId="3F9D214C" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="004C59DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
         <w:t>Services administratifs ou autres services d</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>appui aux entités des Nations Unies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77DC31BB" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="00F37C35" w:rsidRDefault="00F37C35" w:rsidP="00F37C35">
+    <w:p w14:paraId="77DC31BB" w14:textId="77777777" w:rsidR="00F37C35" w:rsidRPr="004C59DA" w:rsidRDefault="00F37C35" w:rsidP="00F37C35">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="2162" w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="556CC7F8" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="556CC7F8" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="361"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Les accords de prestation de services énoncent les conditions permettant au PNUD de fournir des activités ou des services opérationnels spécifiques et limités à d</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>autres entités des Nations Unies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49406ACE" w14:textId="77777777" w:rsidR="00FD3132" w:rsidRPr="00A31274" w:rsidRDefault="00FD3132" w:rsidP="00FD3132">
+    <w:p w14:paraId="49406ACE" w14:textId="77777777" w:rsidR="00FD3132" w:rsidRPr="004C59DA" w:rsidRDefault="00FD3132" w:rsidP="00FD3132">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="2162" w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="474E4863" w14:textId="77777777" w:rsidR="006B28FF" w:rsidRPr="00627EFF" w:rsidRDefault="006B28FF" w:rsidP="00527A5C">
+    <w:p w14:paraId="474E4863" w14:textId="77777777" w:rsidR="006B28FF" w:rsidRPr="004C59DA" w:rsidRDefault="006B28FF" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="361"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Pour plus d</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">informations, voir </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId65" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Gestion de la prestation de services à d</w:t>
         </w:r>
-        <w:r w:rsidR="00F37C35">
+        <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>’</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="004C59DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>autres agences des Nations Unies</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="213BD8DB" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="213BD8DB" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FFB09B3" w14:textId="77777777" w:rsidR="00C52592" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="0FFB09B3" w14:textId="77777777" w:rsidR="00C52592" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00781711">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Les accords de partenariat ne doivent pas être utilisés pour les approvisionnements. Pour les opérations d</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>approvisionnement, se référer à la section Approvisionnements d</w:t>
       </w:r>
-      <w:r w:rsidR="00FD3B0F">
+      <w:r w:rsidR="00FD3B0F" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> POPP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CAFDE16" w14:textId="77777777" w:rsidR="00C52592" w:rsidRPr="00A105E4" w:rsidRDefault="00C52592" w:rsidP="00B36788">
+    <w:p w14:paraId="2CAFDE16" w14:textId="77777777" w:rsidR="00C52592" w:rsidRPr="004C59DA" w:rsidRDefault="00C52592" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71E7C576" w14:textId="77777777" w:rsidR="006961E5" w:rsidRPr="001F214B" w:rsidRDefault="00230579" w:rsidP="006961E5">
+    <w:p w14:paraId="11356C77" w14:textId="77777777" w:rsidR="007E08C5" w:rsidRPr="004C59DA" w:rsidRDefault="007E08C5" w:rsidP="007E08C5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>Cohérence et coordination internes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498EDD0F" w14:textId="77777777" w:rsidR="007E08C5" w:rsidRPr="00C83DF5" w:rsidRDefault="007E08C5" w:rsidP="007E08C5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08C35B66" w14:textId="6D3EECA3" w:rsidR="007E08C5" w:rsidRPr="004C59DA" w:rsidRDefault="007E08C5" w:rsidP="007E08C5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Une </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:history="1">
+        <w:r w:rsidRPr="00C83DF5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:lang w:val="fr-CH"/>
+          </w:rPr>
+          <w:t>Procédure opérationnelle standard (SOP) de gestion des partenariats institutionnels</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00193576" w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>(e</w:t>
+      </w:r>
+      <w:r w:rsidR="00193576">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n anglais(=) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a été élaborée pour compléter ces lignes directrices. Elle définit les modalités d’engagement du PNUD avec les donateurs du CAD, les institutions financières internationales (IFI), les nouveaux partenaires </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">stratégiques et les fondations philanthropiques. La SOP précise les principes, les rôles, les responsabilités et les dispositions de gestion visant à renforcer les partenariats aux niveaux du siège et des régions. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Son </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>objectif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> est de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>garantir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les engagements </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> matière de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>partenariats</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>soient</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>guidés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>stratégies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>d’engagement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>convenues</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avec les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>partenaires</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alignés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>celles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-ci. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lorsque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>telles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>stratégies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> existent, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>doivent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>servir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de cadre de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>référence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>orienter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les interactions, assurer </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>séquence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>appropriée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, identifier les points </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>d’entrée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>clés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>définir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>priorités</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>annuelles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Les engagements </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>planifiés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>compris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les missions - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>doivent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>refléter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cette</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>approche</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>stratégique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>afin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>promouvoir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cohérence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la coordination et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> collaboration à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>valeur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ajoutée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au sein du PNUD.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49960E74" w14:textId="77777777" w:rsidR="007E08C5" w:rsidRPr="004C59DA" w:rsidRDefault="007E08C5" w:rsidP="007E08C5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CB54D09" w14:textId="77777777" w:rsidR="007E08C5" w:rsidRDefault="007E08C5" w:rsidP="007E08C5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La SOP ne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>couvre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pas les engagements avec des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>partenaires</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>menés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>directement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par les bureaux de pays du PNUD. Elle </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>s’applique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aux bureaux </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>centraux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>régionaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lorsque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C0A60D8" w14:textId="77777777" w:rsidR="00CA1226" w:rsidRPr="004C59DA" w:rsidRDefault="00CA1226" w:rsidP="007E08C5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72592463" w14:textId="77777777" w:rsidR="007E08C5" w:rsidRPr="004C59DA" w:rsidRDefault="007E08C5" w:rsidP="007E08C5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>partenariats</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les collaborations techniques </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sont</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>initiés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gérés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avec des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>partenaires</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>directement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>supervisés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par un bureau </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>disposant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’un point focal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>désigné</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D5ED2A" w14:textId="77777777" w:rsidR="007E08C5" w:rsidRPr="004C59DA" w:rsidRDefault="007E08C5" w:rsidP="007E08C5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Des engagements </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des missions </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sont</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>entrepris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par la haute direction du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>siège</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, des bureaux </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>régionaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des bureaux de pays </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>auprès</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’un pays </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>membre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du CAD </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’un nouveau </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>partenaire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>stratégique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (pays programme).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D39959" w14:textId="77777777" w:rsidR="007E08C5" w:rsidRPr="004C59DA" w:rsidRDefault="007E08C5" w:rsidP="006961E5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="638F270B" w14:textId="606344C4" w:rsidR="00230579" w:rsidRPr="004C59DA" w:rsidRDefault="00230579" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Approbation des partenariats</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="638F270B" w14:textId="77777777" w:rsidR="00230579" w:rsidRDefault="00230579" w:rsidP="001F214B">
-[...8 lines deleted...]
-    <w:p w14:paraId="05D9AF7C" w14:textId="77777777" w:rsidR="00230579" w:rsidRPr="00871FEF" w:rsidRDefault="00230579" w:rsidP="001F214B">
+    <w:p w14:paraId="05D9AF7C" w14:textId="5B51EFAA" w:rsidR="00230579" w:rsidRPr="004C59DA" w:rsidRDefault="00230579" w:rsidP="00781711">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Les partenariats doivent être approuvés conformément à la politique de délégation de pouvoirs</w:t>
+      </w:r>
+      <w:r w:rsidR="00704E33" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attribuée par l’Administrateur. Les pouvoirs d’approbation et de signature sont généralement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comme suit</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B2DDD66" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00A105E4" w:rsidRDefault="00AF0CEC" w:rsidP="001F214B">
+    <w:p w14:paraId="0B2DDD66" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="004C59DA" w:rsidRDefault="00AF0CEC" w:rsidP="001F214B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:right="40"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3114"/>
         <w:gridCol w:w="4704"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w14:paraId="6B790A6F" w14:textId="77777777" w:rsidTr="001F214B">
+      <w:tr w:rsidR="00AF0CEC" w:rsidRPr="004C59DA" w14:paraId="6B790A6F" w14:textId="77777777" w:rsidTr="001F214B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7993521D" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+          <w:p w14:paraId="7993521D" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00C83DF5" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="17"/>
-                <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Nature du partenariat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23C22E5A" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+          <w:p w14:paraId="23C22E5A" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00C83DF5" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="17"/>
-                <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Pouvoir d</w:t>
             </w:r>
-            <w:r w:rsidR="00F37C35">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:r w:rsidR="00F37C35" w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="17"/>
-                <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="17"/>
-                <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>approbation et de signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w14:paraId="65ED7C56" w14:textId="77777777" w:rsidTr="001F214B">
+      <w:tr w:rsidR="00AF0CEC" w:rsidRPr="004C59DA" w14:paraId="65ED7C56" w14:textId="77777777" w:rsidTr="001F214B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D923911" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+          <w:p w14:paraId="1D923911" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00C83DF5" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Partenariats mondiaux</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DA3F4A8" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+          <w:p w14:paraId="0DA3F4A8" w14:textId="301483BC" w:rsidR="00AF0CEC" w:rsidRPr="00C83DF5" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Administrateur</w:t>
+            </w:r>
+            <w:r w:rsidR="009C1F52" w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, Administrateur associé, Directeurs des bureaux centraux</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w14:paraId="4AFE3C0A" w14:textId="77777777" w:rsidTr="001F214B">
+      <w:tr w:rsidR="00AF0CEC" w:rsidRPr="004C59DA" w14:paraId="4AFE3C0A" w14:textId="77777777" w:rsidTr="001F214B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62C7EEFE" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+          <w:p w14:paraId="62C7EEFE" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00C83DF5" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Partenariats régionaux</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B287ADD" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+          <w:p w14:paraId="2B287ADD" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00C83DF5" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Directeurs des bureaux régionaux</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w14:paraId="2362C81B" w14:textId="77777777" w:rsidTr="001F214B">
+      <w:tr w:rsidR="00AF0CEC" w:rsidRPr="004C59DA" w14:paraId="2362C81B" w14:textId="77777777" w:rsidTr="00C83DF5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1652179D" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00C83DF5" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83DF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Partenariats thématiques</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66609C8D" w14:textId="71642C24" w:rsidR="00AF0CEC" w:rsidRPr="00C83DF5" w:rsidRDefault="00B509FA" w:rsidP="00AF0CEC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Directeurs des bureaux centraux</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B509FA" w:rsidRPr="004C59DA" w14:paraId="26377DA3" w14:textId="77777777" w:rsidTr="001F214B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1652179D" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+          <w:p w14:paraId="354D7864" w14:textId="7658D943" w:rsidR="00B509FA" w:rsidRPr="004C59DA" w:rsidRDefault="0079043F" w:rsidP="0079043F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Partenariats thématiques</w:t>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Partenariats au niveau des pays</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66609C8D" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+          <w:p w14:paraId="7810591C" w14:textId="2E52E945" w:rsidR="00B509FA" w:rsidRPr="004C59DA" w:rsidRDefault="00E36804" w:rsidP="00AF0CEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Directeur, BBPPS</w:t>
+            <w:r w:rsidRPr="004C59DA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Représentants résidents</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1FA38974" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00230579" w:rsidRDefault="00AF0CEC" w:rsidP="001F214B">
+    <w:p w14:paraId="1FA38974" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="004C59DA" w:rsidRDefault="00AF0CEC" w:rsidP="001F214B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:right="40"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FDCF238" w14:textId="77777777" w:rsidR="006961E5" w:rsidRDefault="006961E5" w:rsidP="00B36788">
+    <w:p w14:paraId="5FDCF238" w14:textId="77777777" w:rsidR="006961E5" w:rsidRPr="004C59DA" w:rsidRDefault="006961E5" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="3A452855" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00000000" w:rsidP="00B36788">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A452855" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="001E0D32" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="001E0D32">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId67">
+        <w:r w:rsidRPr="004C59DA">
           <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>Suivi des partenariats</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0A29247E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00C52592">
+    <w:p w14:paraId="0A29247E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00C52592">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6769A08E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00871FEF" w:rsidRDefault="00DF4ECD" w:rsidP="001F214B">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6769A08E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00781711">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>objectif du suivi des partenariats est d</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>apprendre comment la mise en œuvre améliore les résultats de chaque partenaire, de surveiller et de gérer les risques, et de prendre des mesures correctives pour s</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>assurer que le partenariat atteigne les résultats escomptés.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A415CEC" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00A105E4" w:rsidRDefault="00DF4ECD" w:rsidP="00871FEF">
+    <w:p w14:paraId="2061DFD8" w14:textId="77777777" w:rsidR="00FC7D19" w:rsidRPr="004C59DA" w:rsidRDefault="00FC7D19" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55701320" w14:textId="2AFE43AF" w:rsidR="00FC7D19" w:rsidRPr="004C59DA" w:rsidRDefault="00FC7D19" w:rsidP="00FC7D19">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Un </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Plan d’action pour le partenariat et la communication (PCAP)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (en anglais) est un outil utile qui peut faciliter le suivi régulier des partenariats essentiels à la mobilisation des ressources. En dehors des documents de programme de pays pour lesquels un PCAP est obligatoire, toute unité peut choisir d’utiliser un PCAP pour définir son approche en matière de partenariats et les actions prioritaires associées.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A415CEC" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00871FEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1896B4CF" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="001F214B" w:rsidRDefault="00DF4ECD" w:rsidP="001F214B">
+    <w:p w14:paraId="1896B4CF" w14:textId="3480A7F9" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00781711">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Le suivi de la mise en œuvre des accords de partenariat incombe au bureau ou à l</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>unité concerné. Le suivi comprend des examens périodiques de l</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>efficacité de l</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>accord de partenariat, le respect d</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>un calendrier d</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>examen minimal (annuel) et le lancement d</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>autres examens programmés ou ad hoc. Tous les examens doivent inclure les contributions de certains bureaux de pays ou centres régionaux du PNUD</w:t>
+      </w:r>
+      <w:r w:rsidR="00164D31" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, du Réseau mondial des politiques (GPN)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>autres partenaires pertinents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A33254" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00871FEF">
+    <w:p w14:paraId="68A33254" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00871FEF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="57CEA525" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="001F214B" w:rsidRDefault="00DF4ECD" w:rsidP="001F214B">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57CEA525" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00781711">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>À tout moment, si le bureau, l</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>unité ou le partenaire estime qu</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>une révision importante de l</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>instrument de partenariat est nécessaire, l</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>unité administrative du PNUD chargée de l</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>initiative doit procéder aux révisions appropriées en suivant les mêmes procédures que lors de la création d</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>un nouvel instrument.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA2541C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00871FEF">
+    <w:p w14:paraId="2DA2541C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00871FEF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="47817D94" w14:textId="77777777" w:rsidR="00C52592" w:rsidRPr="00627EFF" w:rsidRDefault="00000000" w:rsidP="001F214B">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47817D94" w14:textId="77777777" w:rsidR="00C52592" w:rsidRPr="004C59DA" w:rsidRDefault="001E0D32" w:rsidP="001F214B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-15"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId25">
-        <w:r w:rsidR="001E0D32">
+      <w:hyperlink r:id="rId69">
+        <w:r w:rsidRPr="004C59DA">
           <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:t>Rapports</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4DBB7493" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="001F214B">
+    <w:p w14:paraId="4DBB7493" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="001F214B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-15"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B741521" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00871FEF" w:rsidRDefault="00DF4ECD" w:rsidP="001F214B">
+    <w:p w14:paraId="2B741521" w14:textId="02A3DDA3" w:rsidR="00DF4ECD" w:rsidRPr="004C59DA" w:rsidRDefault="00DF4ECD" w:rsidP="00781711">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Les progrès et les résultats du partenariat doivent être enregistrés en fonction des calendriers et de la périodicité convenus.</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00781BC3" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pour les partenariats mis en œuvre au moyen d’instruments de programmation, les exigences en matière de rapports sont précisées dans l’accord de financement et/ou le document de projet. Le PNUD est responsable de veiller à ce que les rapports destinés aux donateurs soient préparés conformément à la qualité, à la fréquence et aux délais attendus. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Le rapport d</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>activité du projet disponible sur le point de situation exécutif dans Atlas et l</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>espace du projet dans le système de planification de l</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F37C35">
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">organisation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>doivent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="1F5B51C8" w14:textId="77777777" w:rsidR="00C90B62" w:rsidRPr="00A105E4" w:rsidRDefault="00C90B62" w:rsidP="00A31274">
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">appliquer. </w:t>
+      </w:r>
+      <w:r w:rsidR="00471DE3" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Une version du modèle de rapport d’avancement du projet/portefeuille est disponible ici. Si les informations figurant dans le rapport d’avancement du projet/portefeuille ne sont pas suffisamment détaillées pour le partenaire de financement, un format de rapport doit être convenu au moment de la signature de l’accord de contribution. Le modèle de rapport standard du PNUD doit être utilisé si aucun format spécifique au donateur n’est exigé. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Les rapports des donateurs doivent suivre les directives narratives et financières concernant les rapports des donateurs.</w:t>
+      </w:r>
+      <w:r w:rsidR="004A107F" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Les rapports externes doivent toujours respecter les normes de marque du PNUD.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70911D38" w14:textId="77777777" w:rsidR="001725CE" w:rsidRPr="004C59DA" w:rsidRDefault="001725CE" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="788F5F69" w14:textId="6F2AFA7D" w:rsidR="007B0650" w:rsidRPr="004C59DA" w:rsidRDefault="001725CE" w:rsidP="00781711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Il est important de communiquer efficacement le contenu des rapports de projet à des publics externes, notamment par les médias sociaux, les blogs, les entretiens, les photographies ou les vidéos. Cette communication permet de démontrer que les ressources, y compris les fonds publics, sont utilisées de manière judicieuse, que l’investissement dans le développement durable est efficace et que les interventions du PNUD sont visibles et ont un impact. Le mérite doit être dûment attribué aux partenaires de projet, y compris aux donateurs et aux autres organisations des Nations Unies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5B51C8" w14:textId="77777777" w:rsidR="00C90B62" w:rsidRPr="004C59DA" w:rsidRDefault="00C90B62" w:rsidP="00A31274">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D5D2161" w14:textId="20E7FBF7" w:rsidR="00851940" w:rsidRDefault="00E946BB" w:rsidP="00A31274">
+    <w:p w14:paraId="0D5D2161" w14:textId="20E7FBF7" w:rsidR="00851940" w:rsidRPr="004C59DA" w:rsidRDefault="00E946BB" w:rsidP="00A31274">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Informations complémentaires</w:t>
       </w:r>
-      <w:r w:rsidR="00F37C35">
-        <w:rPr>
+      <w:r w:rsidR="00F37C35" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EB9F749" w14:textId="77777777" w:rsidR="00A31274" w:rsidRPr="00627EFF" w:rsidRDefault="00A31274" w:rsidP="00A31274">
+    <w:p w14:paraId="7EB9F749" w14:textId="77777777" w:rsidR="00A31274" w:rsidRPr="004C59DA" w:rsidRDefault="00A31274" w:rsidP="00A31274">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48D630CC" w14:textId="18AEA28C" w:rsidR="00BF3942" w:rsidRDefault="00673FC1" w:rsidP="001F214B">
+    <w:p w14:paraId="48D630CC" w14:textId="18AEA28C" w:rsidR="00BF3942" w:rsidRPr="00C83DF5" w:rsidRDefault="00673FC1" w:rsidP="001F214B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00AF76D9" w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/Home.aspx"</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00356BF0" w:rsidRPr="004C59DA">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...11 lines deleted...]
-      <w:r w:rsidR="00356BF0">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Accueil des partenariats </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF3942" w:rsidRPr="004C59DA">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00BF3942">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00356BF0" w:rsidRPr="004C59DA">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00356BF0">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>NUD</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF3942" w:rsidRPr="004C59DA">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00BF3942">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> BERA</w:t>
+      </w:r>
+      <w:r w:rsidR="00C84139" w:rsidRPr="004C59DA">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-      <w:r w:rsidR="00BF3942">
+      <w:r w:rsidR="00C84139" w:rsidRPr="00C83DF5">
+        <w:t>(en anglais)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF3942" w:rsidRPr="00C83DF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CCF0C0C" w14:textId="13F0ABEC" w:rsidR="004C638A" w:rsidRPr="001F214B" w:rsidRDefault="00000000" w:rsidP="001F214B">
+    <w:p w14:paraId="765D584D" w14:textId="77777777" w:rsidR="00432159" w:rsidRPr="00432159" w:rsidRDefault="00673FC1" w:rsidP="00432159">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
-[...5 lines deleted...]
-        <w:r w:rsidR="001E0D32">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:tgtFrame="_blank" w:tooltip="https://undp.sharepoint.com/teams/bera-portal/sitepages/publicpartnerships/nonfinancialagreements/library.aspx?xsdata=mdv8mdj8fdk5mjgwn2rlm2jhztrjmwrkogfkmdhkyzmynjzimwjkfgizztvkyjvlmjk0ndq4mzc5owy1nzq4ogfjztu0mze5fdb8mhw2mzg0nda2njm4mjk4mjk4mdv8vw5rbm93bnxwr1" w:history="1">
+        <w:r w:rsidR="00C95F59" w:rsidRPr="004C59DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>Compendium de financement du PNUD</w:t>
+          <w:t>Bibliothèque des accords non financiers site SharePoint</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="1713632D" w14:textId="77777777" w:rsidR="0036184B" w:rsidRDefault="00000000" w:rsidP="0036184B">
+      <w:r w:rsidR="00432159">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00432159" w:rsidRPr="00432159">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(en anglais) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A930F26" w14:textId="60BDA210" w:rsidR="00432159" w:rsidRPr="00C83DF5" w:rsidRDefault="00C95F59" w:rsidP="00432159">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId71" w:tooltip="https://undp.sharepoint.com/teams/BPC/Repository%20of%20Agency%20Agreements/Forms/AllItems.aspx" w:history="1">
+        <w:r w:rsidRPr="00432159">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Référentiel des accords de services institutionnels BMS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00432159">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="0563C1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk213254393"/>
+      <w:r w:rsidR="00432159" w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(en anglais) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="6C0DB27D" w14:textId="77777777" w:rsidR="00432159" w:rsidRPr="00B2476B" w:rsidRDefault="00BF3942" w:rsidP="00432159">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PrivatePartnerships/Home.aspx"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Partenariats privés du PNUD</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00432159" w:rsidRPr="00B2476B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(en anglais) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6057B175" w14:textId="77777777" w:rsidR="00543C25" w:rsidRPr="004C59DA" w:rsidRDefault="00543C25" w:rsidP="00543C25">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId72" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Politique en matière de diligence raisonnable et de partenariats avec le secteur privé</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4EF24E16" w14:textId="77777777" w:rsidR="00432159" w:rsidRPr="00B2476B" w:rsidRDefault="00543C25" w:rsidP="00432159">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId73" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Centre de ressources sur les institutions financières internationales</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00432159">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00432159" w:rsidRPr="00B2476B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(en anglais) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CCF0C0C" w14:textId="1AC28DAF" w:rsidR="004C638A" w:rsidRPr="004C59DA" w:rsidRDefault="001E0D32" w:rsidP="001F214B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId74" w:history="1">
+        <w:r w:rsidR="00543C25" w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Compendium de financement</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1713632D" w14:textId="1AAFEA91" w:rsidR="0036184B" w:rsidRPr="004C59DA" w:rsidRDefault="001E0D32" w:rsidP="0036184B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="left"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:r w:rsidR="001E0D32">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId75" w:history="1">
+        <w:r w:rsidR="00543C25" w:rsidRPr="004C59DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>Canaux de financement du PNUD</w:t>
+          <w:t>Canaux de financement</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001E0D32">
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27EAAD8F" w14:textId="5D8FC53C" w:rsidR="004C638A" w:rsidRPr="0036184B" w:rsidRDefault="00000000" w:rsidP="0036184B">
+    <w:p w14:paraId="13C9B729" w14:textId="77777777" w:rsidR="00432159" w:rsidRPr="00B2476B" w:rsidRDefault="00500CC5" w:rsidP="00432159">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...10 lines deleted...]
-        <w:r w:rsidR="00851940">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId76" w:history="1">
+        <w:r w:rsidRPr="00C83DF5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="da-DK"/>
+          </w:rPr>
+          <w:t>Fenêtres de financement du PNUD</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00432159" w:rsidRPr="00B2476B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(en anglais) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BADE6EA" w14:textId="2D251A97" w:rsidR="006872C1" w:rsidRPr="00C83DF5" w:rsidRDefault="006872C1" w:rsidP="00185674">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId77" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Enquête sur les partenariats du PNUD</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00874174">
+      <w:r w:rsidR="00432159">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="711108CF" w14:textId="6E8D0D03" w:rsidR="00851940" w:rsidRPr="001F214B" w:rsidRDefault="00000000" w:rsidP="00A31274">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:t>(en anglais)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50AA3F5B" w14:textId="4E175522" w:rsidR="00432159" w:rsidRPr="00B2476B" w:rsidRDefault="00185674" w:rsidP="00432159">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...7 lines deleted...]
-        <w:r w:rsidR="004C638A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId78" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>Stratégie de parte</w:t>
-[...23 lines deleted...]
-          <w:t>2016-20)</w:t>
+          <w:t>Boîte à outils pour les partenariats avec les IFI</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="358BE071" w14:textId="75148E0D" w:rsidR="004C638A" w:rsidRPr="004C638A" w:rsidRDefault="00000000" w:rsidP="00A31274">
+      <w:r w:rsidR="00432159">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00432159" w:rsidRPr="00B2476B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(en anglais) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E80AFCA" w14:textId="77777777" w:rsidR="00B956F1" w:rsidRPr="00B2476B" w:rsidRDefault="00185674" w:rsidP="00B956F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId79" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Mobiliser le financement privé pour le développement durable</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B956F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk213254699"/>
+      <w:r w:rsidR="00B956F1" w:rsidRPr="00B2476B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(en anglais) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="5B854411" w14:textId="2A2C281E" w:rsidR="000A3A20" w:rsidRPr="000A3A20" w:rsidRDefault="009A0D4E" w:rsidP="000A3A20">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="000A3A20" w:rsidRPr="000A3A20">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/External-Assessment.aspx"</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006528DF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="000A3A20" w:rsidRPr="000A3A20">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Analyse externe du PNUD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="000A3A20" w:rsidRPr="000A3A20">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A3A20" w:rsidRPr="000A3A20">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(en anglais) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C96AA7A" w14:textId="77777777" w:rsidR="000A3A20" w:rsidRPr="000A3A20" w:rsidRDefault="00D75F7F" w:rsidP="000A3A20">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId80" w:history="1">
+        <w:r w:rsidRPr="00C83DF5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="de-DE"/>
+          </w:rPr>
+          <w:t>Base de données des partenariats des Nations Unies</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="000A3A20" w:rsidRPr="000A3A20">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A3A20" w:rsidRPr="000A3A20">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(en anglais) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1790DBD1" w14:textId="77777777" w:rsidR="00D75F7F" w:rsidRPr="004C59DA" w:rsidRDefault="00D75F7F" w:rsidP="00D75F7F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:r w:rsidR="004C638A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId81" w:history="1">
+        <w:r w:rsidRPr="004C59DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Mobiliser le financement privé pour le</w:t>
+          <w:t xml:space="preserve">Gestion du </w:t>
         </w:r>
-        <w:r w:rsidR="004C638A">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="004C59DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>risque</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="004C638A">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="004C59DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>développement durable</w:t>
+          <w:t>institutionnel</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="004C59DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (GRI)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00874174">
-[...6 lines deleted...]
-    <w:p w14:paraId="522E109D" w14:textId="2C331267" w:rsidR="00851940" w:rsidRDefault="00000000" w:rsidP="00A31274">
+    </w:p>
+    <w:p w14:paraId="08361E7C" w14:textId="77777777" w:rsidR="000A3A20" w:rsidRPr="000A3A20" w:rsidRDefault="00D75F7F" w:rsidP="000A3A20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...5 lines deleted...]
-        <w:r w:rsidR="001E0D32">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId82" w:history="1">
+        <w:r w:rsidRPr="00C83DF5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="da-DK"/>
           </w:rPr>
-          <w:t>Évaluations externes du PNUD</w:t>
+          <w:t>Boîte à outils de mobilisation des ressources</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="58DA136F" w14:textId="51E5D2D8" w:rsidR="007163AD" w:rsidRDefault="007163AD" w:rsidP="007163AD">
+      <w:r w:rsidR="000A3A20" w:rsidRPr="000A3A20">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A3A20" w:rsidRPr="000A3A20">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(en anglais) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D68A40" w14:textId="5982ABAA" w:rsidR="007163AD" w:rsidRPr="004C59DA" w:rsidRDefault="007163AD" w:rsidP="007163AD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="7ED3F38B" w14:textId="77777777" w:rsidR="007163AD" w:rsidRPr="007163AD" w:rsidRDefault="007163AD" w:rsidP="007163AD">
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ED3F38B" w14:textId="77777777" w:rsidR="007163AD" w:rsidRPr="004C59DA" w:rsidRDefault="007163AD" w:rsidP="007163AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007163AD">
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Disclaimer:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Disclaimer: This document was translated from English into French. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="24330AEB" w14:textId="77777777" w:rsidR="007163AD" w:rsidRPr="007163AD" w:rsidRDefault="007163AD" w:rsidP="007163AD">
+        <w:t xml:space="preserve"> This document was translated from English into French. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24330AEB" w14:textId="77777777" w:rsidR="007163AD" w:rsidRPr="004C59DA" w:rsidRDefault="007163AD" w:rsidP="007163AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="553690BE" w14:textId="77777777" w:rsidR="007163AD" w:rsidRPr="00A105E4" w:rsidRDefault="007163AD" w:rsidP="007163AD">
+    <w:p w14:paraId="553690BE" w14:textId="77777777" w:rsidR="007163AD" w:rsidRPr="004C59DA" w:rsidRDefault="007163AD" w:rsidP="007163AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007163AD">
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C83DF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Avertissement:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>Avertissement: Ce document a été traduit de l'anglais vers le français. En cas de divergence entre cette traduction et le document anglais original, le document anglais original prévaudra.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="050080B0" w14:textId="77777777" w:rsidR="007163AD" w:rsidRPr="00A105E4" w:rsidRDefault="007163AD" w:rsidP="007163AD">
+        <w:t xml:space="preserve"> Ce document a été traduit de l'anglais vers le français. En cas de divergence entre cette traduction et le document anglais original, le document anglais original prévaudra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050080B0" w14:textId="77777777" w:rsidR="007163AD" w:rsidRPr="004C59DA" w:rsidRDefault="007163AD" w:rsidP="007163AD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007163AD" w:rsidRPr="00A105E4" w:rsidSect="00514922">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId38"/>
+    <w:sectPr w:rsidR="007163AD" w:rsidRPr="004C59DA" w:rsidSect="00514922">
+      <w:headerReference w:type="default" r:id="rId83"/>
+      <w:footerReference w:type="default" r:id="rId84"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F06BD3E" w14:textId="77777777" w:rsidR="00514922" w:rsidRDefault="00514922" w:rsidP="00104339">
+    <w:p w14:paraId="5F64DF09" w14:textId="77777777" w:rsidR="00D80716" w:rsidRDefault="00D80716" w:rsidP="00104339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="667921B3" w14:textId="77777777" w:rsidR="00514922" w:rsidRDefault="00514922" w:rsidP="00104339">
+    <w:p w14:paraId="4FCBE65A" w14:textId="77777777" w:rsidR="00D80716" w:rsidRDefault="00D80716" w:rsidP="00104339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="60BC571B" w14:textId="77777777" w:rsidR="00514922" w:rsidRDefault="00514922">
+    <w:p w14:paraId="29A9476C" w14:textId="77777777" w:rsidR="00D80716" w:rsidRDefault="00D80716">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -6089,309 +16245,535 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MyriadPro-Regular">
-[...14 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="09127CEA" w14:textId="77777777" w:rsidR="00855439" w:rsidRDefault="00855439">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E27B99E" w14:textId="4D414555" w:rsidR="00652B27" w:rsidRPr="0070768D" w:rsidRDefault="0070768D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
-  </w:p>
-[...9 lines deleted...]
-    <w:r>
+    <w:r w:rsidRPr="008046D8">
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="008046D8">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="008046D8">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="008046D8">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00DA770A">
+    <w:r w:rsidRPr="008046D8">
       <w:rPr>
         <w:b/>
-        <w:noProof/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>16</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="008046D8">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="008046D8">
       <w:t xml:space="preserve"> de </w:t>
     </w:r>
-    <w:fldSimple w:instr=" NUMPAGES  \* Arabic  \* MERGEFORMAT ">
-[...8 lines deleted...]
-    <w:r>
+    <w:r w:rsidRPr="008046D8">
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="008046D8">
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="008046D8">
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="008046D8">
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:t>17</w:t>
+    </w:r>
+    <w:r w:rsidRPr="008046D8">
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="008046D8">
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
-    <w:r>
-      <w:t xml:space="preserve">Date d’entrée en vigueur : </w:t>
+    <w:r w:rsidRPr="008046D8">
+      <w:t xml:space="preserve">Date </w:t>
     </w:r>
-    <w:r w:rsidR="00A105E4" w:rsidRPr="00A105E4">
+    <w:r w:rsidR="00652B27" w:rsidRPr="008046D8">
+      <w:t xml:space="preserve">d’entrée en vigueur : </w:t>
+    </w:r>
+    <w:r w:rsidR="00C569D8" w:rsidRPr="008046D8">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
-      <w:t>22/12/2017</w:t>
+      <w:t>05</w:t>
     </w:r>
-    <w:r w:rsidR="00A105E4">
+    <w:r w:rsidR="00A105E4" w:rsidRPr="008046D8">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t>/1</w:t>
+    </w:r>
+    <w:r w:rsidR="00C569D8" w:rsidRPr="008046D8">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00A105E4" w:rsidRPr="008046D8">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t>/20</w:t>
+    </w:r>
+    <w:r w:rsidR="00C569D8" w:rsidRPr="008046D8">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t>25</w:t>
+    </w:r>
+    <w:r w:rsidR="00A105E4" w:rsidRPr="008046D8">
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00652B27" w:rsidRPr="008046D8">
       <w:t>Version n</w:t>
     </w:r>
-    <w:r w:rsidR="00FD3B0F" w:rsidRPr="00FD3B0F">
+    <w:r w:rsidR="00FD3B0F" w:rsidRPr="008046D8">
       <w:rPr>
         <w:vertAlign w:val="superscript"/>
       </w:rPr>
       <w:t>o</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00652B27" w:rsidRPr="008046D8">
       <w:t xml:space="preserve"> : </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="1307821146"/>
         <w:placeholder>
           <w:docPart w:val="5A4837841A5140D78733BC3F8E278D29"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{03230D09-B3AF-4C43-A662-DF0BF3CC200F}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00CB7D5D">
-          <w:t>3</w:t>
+        <w:r w:rsidR="00C569D8" w:rsidRPr="008046D8">
+          <w:t>4</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F3F2EF8" w14:textId="77777777" w:rsidR="00514922" w:rsidRDefault="00514922" w:rsidP="00104339">
+    <w:p w14:paraId="14E8A5B7" w14:textId="77777777" w:rsidR="00D80716" w:rsidRDefault="00D80716" w:rsidP="00104339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B38F6A6" w14:textId="77777777" w:rsidR="00514922" w:rsidRDefault="00514922" w:rsidP="00104339">
+    <w:p w14:paraId="369F843E" w14:textId="77777777" w:rsidR="00D80716" w:rsidRDefault="00D80716" w:rsidP="00104339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="070528C6" w14:textId="77777777" w:rsidR="00514922" w:rsidRDefault="00514922">
+    <w:p w14:paraId="5F47786C" w14:textId="77777777" w:rsidR="00D80716" w:rsidRDefault="00D80716">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="55DA439A" w14:textId="5C0DBAD3" w:rsidR="00A85A1D" w:rsidRPr="00847592" w:rsidRDefault="00A85A1D" w:rsidP="00A85A1D">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847592">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00847592">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F3CEE" w:rsidRPr="00847592">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Veuillez-vous</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847592">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> référer à la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId1" w:history="1">
+        <w:r w:rsidRPr="00847592">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t>Politique de gestion du risque institutionnel (GRI) du PNUD</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00847592">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="316056C5" w14:textId="43CB8E76" w:rsidR="00A85A1D" w:rsidRPr="00F82A0C" w:rsidRDefault="00A85A1D" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00847592">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00847592">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847592">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pour la définition du secteur privé du PNUD et les processus d’évaluation des risques requis, se référer à la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId2" w:history="1">
+        <w:r w:rsidR="00A2087E">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:kern w:val="2"/>
+            <w:u w:val="single"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:t>Po</w:t>
+        </w:r>
+        <w:r w:rsidR="00040232">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:kern w:val="2"/>
+            <w:u w:val="single"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:t>litique en matière de diligence raisonnable et de partenariats avec le secteur privé</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00847592">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="0DAACF9C" w14:textId="732BCB02" w:rsidR="008E3C48" w:rsidRPr="00C83DF5" w:rsidRDefault="008E3C48" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1D73" w:rsidRPr="000405D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pour la définition du secteur privé du PNUD et les processus d’évaluation des risques requis, se référer à la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId3" w:history="1">
+        <w:r w:rsidR="002B4307">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
+            <w:kern w:val="2"/>
+            <w:u w:val="single"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:t>Politique en matière de diligence raisonnable et de partenariats avec le secteur privé</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00AE1D73" w:rsidRPr="000405D0">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p w14:paraId="676447FE" w14:textId="77777777" w:rsidR="009B508F" w:rsidRPr="00826DD9" w:rsidRDefault="009B508F" w:rsidP="009B508F">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C59DA">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="004C59DA">
+        <w:t xml:space="preserve"> D’autres preuves de l’accord du gouvernement peuvent être acceptées en lieu et place d’une signature, à moins que le gouvernement du pays programme n’exige une signature.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="6">
+    <w:p w14:paraId="2F8A2912" w14:textId="1DB7106B" w:rsidR="00A12425" w:rsidRPr="007F36BA" w:rsidRDefault="00A12425" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12425">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00A12425">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12425">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pour la définition du secteur privé du PNUD et les processus d’évaluation des risques requis, se référer à la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r w:rsidR="00330572">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
+            <w:kern w:val="2"/>
+            <w:u w:val="single"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:t>Politique en matière de diligence raisonnable et de partenariats avec le secteur privé</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A12425">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="7">
+    <w:p w14:paraId="09AFB6DC" w14:textId="77777777" w:rsidR="00A12425" w:rsidRPr="00C83DF5" w:rsidRDefault="00A12425" w:rsidP="00C83DF5">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12425">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00A12425">
+        <w:t xml:space="preserve"> Les Fenêtres de financement du PNUD constituent un mécanisme de financement pluri-donateurs et flexible, offrant une opportunité stratégique aux partenaires de contribuer à la réalisation du Programme de développement durable à l’horizon 2030 grâce à la mise en œuvre du Plan stratégique du PNUD.</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="653EBBC2" w14:textId="74F8AD92" w:rsidR="00652B27" w:rsidRDefault="00652B27" w:rsidP="00627EFF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="653EBBC2" w14:textId="1FD0EFF2" w:rsidR="00652B27" w:rsidRDefault="00C569D8" w:rsidP="00627EFF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00D402CF">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D467AEB" wp14:editId="51423BB0">
-[...2 lines deleted...]
-          <wp:docPr id="24" name="Picture 24"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0592CEAD" wp14:editId="7B3DF238">
+          <wp:extent cx="596900" cy="907984"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="104493393" name="Picture 3" descr="A blue and white logo with white text&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2" name="logo-undp-300.png"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="104493393" name="Picture 3" descr="A blue and white logo with white text&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
+                <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect r="-18" b="16642"/>
-                  <a:stretch/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="309373" cy="594754"/>
+                    <a:ext cx="618681" cy="941116"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
-                  <a:extLst>
-[...3 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04097E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D978590C"/>
     <w:lvl w:ilvl="0" w:tplc="9058155C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -6586,51 +16968,51 @@
     <w:nsid w:val="043E6FB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="837C9C90"/>
     <w:lvl w:ilvl="0" w:tplc="5252AE56">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
@@ -6863,50 +17245,136 @@
     <w:lvl w:ilvl="8" w:tplc="039252A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6855"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="167E14D1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="229AF6E6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17013BDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AEA68C6A"/>
     <w:lvl w:ilvl="0" w:tplc="B4CC6B02">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6975,51 +17443,137 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="193659B3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C05043CE"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2161" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2881" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3601" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4321" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5041" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5761" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6481" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7201" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7921" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B1D4B4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D9C37DC"/>
     <w:lvl w:ilvl="0" w:tplc="97703DD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7088,51 +17642,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C314876"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C05043CE"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2161" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2881" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7174,51 +17728,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6481" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7201" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7921" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="201B5636"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="837C9C90"/>
     <w:lvl w:ilvl="0" w:tplc="5252AE56">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7264,51 +17818,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="218A5A8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F464521C"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2162"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -7476,51 +18030,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BFD605B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7921"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24353773"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DFEC6E6"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7562,51 +18116,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26471D7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BFB4EC2A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7648,51 +18202,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28062102"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F464521C"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2162"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -7860,51 +18414,141 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BFD605B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7921"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2889427D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="837C9C90"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29D171E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D9BC7C6C"/>
     <w:lvl w:ilvl="0" w:tplc="A33EF6AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7974,51 +18618,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32547EF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F464521C"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2162"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -8186,51 +18830,164 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BFD605B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7921"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38641FD3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4252C120"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E033B30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DFEC6E6"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8272,51 +19029,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48E35E13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D978590C"/>
     <w:lvl w:ilvl="0" w:tplc="9058155C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -8484,51 +19241,250 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="039252A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6855"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49586FBD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EE641804"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49755BA1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F55EA65A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F7466BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D978590C"/>
     <w:lvl w:ilvl="0" w:tplc="9058155C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -8696,64 +19652,64 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="039252A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6855"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53BE59BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C05043CE"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2161" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2881" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3601" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4321" w:hanging="360"/>
       </w:pPr>
@@ -8782,51 +19738,315 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6481" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7201" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7921" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56245B87"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="64C2FDD6"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="359" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1079" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1799" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2519" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3239" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3959" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4679" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5399" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58DD58D3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C05043CE"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2161" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2881" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3601" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4321" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5041" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5761" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6481" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7201" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7921" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5AD60FF4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D578ED0E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C305608"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F3E235E"/>
     <w:lvl w:ilvl="0" w:tplc="29CE11F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8896,51 +20116,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6464275F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F464521C"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2162"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -9108,51 +20328,137 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BFD605B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7921"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65F4179E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8DD48050"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69E54E68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DFEC6E6"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9194,51 +20500,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B5621CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DFEC6E6"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9280,51 +20586,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B7F409D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="365493FC"/>
     <w:lvl w:ilvl="0" w:tplc="97703DD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9393,51 +20699,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C1B14E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99A86FF2"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9479,51 +20785,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6CB10521"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="91107BAE"/>
+    <w:lvl w:ilvl="0" w:tplc="C8EA4484">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74D55483"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D978590C"/>
     <w:lvl w:ilvl="0" w:tplc="9058155C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -9691,51 +21086,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="039252A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6855"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CFE78EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7980748"/>
     <w:lvl w:ilvl="0" w:tplc="359877E0">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -9904,572 +21299,824 @@
     <w:lvl w:ilvl="8" w:tplc="C0343AC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6571"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1414818891">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="184170752">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2135587758">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="315233516">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="965281901">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1332872595">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="866335781">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1836341058">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1651907815">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="726227867">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="972297389">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1935747532">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="885532461">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1714768120">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1651907815">
-[...16 lines deleted...]
-  </w:num>
   <w:num w:numId="15" w16cid:durableId="2130317371">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1725180770">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="476344111">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1217812129">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="231088628">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="629238824">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1924144473">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1394617134">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="240531900">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="243028802">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="2106994414">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1924144473">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="26" w16cid:durableId="1562867668">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1394617134">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="27" w16cid:durableId="1959676631">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="240531900">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="28" w16cid:durableId="1469979983">
+    <w:abstractNumId w:val="25"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="243028802">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="29" w16cid:durableId="1942762334">
+    <w:abstractNumId w:val="20"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="2106994414">
+  <w:num w:numId="30" w16cid:durableId="1206330152">
     <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="880362940">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1505582724">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1512138176">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1615207953">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1627467030">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1407536296">
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="18"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY0NDEwMzU3M7c0NzAyNDNQ0lEKTi0uzszPAykwrAUAbtYKmCwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00DF4ECD"/>
     <w:rsid w:val="0000693A"/>
+    <w:rsid w:val="00016756"/>
     <w:rsid w:val="00025289"/>
     <w:rsid w:val="0003379F"/>
+    <w:rsid w:val="00040232"/>
     <w:rsid w:val="00040DDA"/>
     <w:rsid w:val="00060354"/>
     <w:rsid w:val="000732A8"/>
     <w:rsid w:val="00075E13"/>
     <w:rsid w:val="00083B7C"/>
+    <w:rsid w:val="00086563"/>
     <w:rsid w:val="00086684"/>
+    <w:rsid w:val="00092909"/>
     <w:rsid w:val="00093337"/>
     <w:rsid w:val="000A0011"/>
     <w:rsid w:val="000A2B9C"/>
+    <w:rsid w:val="000A3A20"/>
     <w:rsid w:val="000B3ACF"/>
     <w:rsid w:val="000B5C83"/>
     <w:rsid w:val="000B732E"/>
+    <w:rsid w:val="000D01D2"/>
     <w:rsid w:val="000D0C9D"/>
     <w:rsid w:val="000D29AB"/>
+    <w:rsid w:val="000E3231"/>
     <w:rsid w:val="000E3611"/>
     <w:rsid w:val="000E5ADF"/>
     <w:rsid w:val="000E71CE"/>
     <w:rsid w:val="000F12D8"/>
+    <w:rsid w:val="000F314E"/>
     <w:rsid w:val="0010157E"/>
     <w:rsid w:val="00104339"/>
     <w:rsid w:val="00104D37"/>
     <w:rsid w:val="001166D2"/>
     <w:rsid w:val="00117A4A"/>
+    <w:rsid w:val="00134FAD"/>
     <w:rsid w:val="001364E9"/>
     <w:rsid w:val="00140162"/>
     <w:rsid w:val="00146727"/>
     <w:rsid w:val="00147C59"/>
     <w:rsid w:val="0015142E"/>
     <w:rsid w:val="001546CA"/>
+    <w:rsid w:val="00164D31"/>
+    <w:rsid w:val="001725CE"/>
     <w:rsid w:val="00173521"/>
     <w:rsid w:val="00181884"/>
     <w:rsid w:val="00181F9B"/>
+    <w:rsid w:val="00185674"/>
     <w:rsid w:val="00190E85"/>
+    <w:rsid w:val="00193576"/>
     <w:rsid w:val="001A73A6"/>
+    <w:rsid w:val="001B5F40"/>
     <w:rsid w:val="001D5CCF"/>
     <w:rsid w:val="001E0D32"/>
     <w:rsid w:val="001E1485"/>
     <w:rsid w:val="001F103D"/>
     <w:rsid w:val="001F214B"/>
     <w:rsid w:val="001F487B"/>
     <w:rsid w:val="001F66BB"/>
     <w:rsid w:val="00201276"/>
     <w:rsid w:val="00203558"/>
+    <w:rsid w:val="0020598A"/>
     <w:rsid w:val="00210526"/>
+    <w:rsid w:val="00211475"/>
     <w:rsid w:val="0022392C"/>
     <w:rsid w:val="00223C70"/>
     <w:rsid w:val="00224BB9"/>
     <w:rsid w:val="00225726"/>
     <w:rsid w:val="00230579"/>
     <w:rsid w:val="00230F49"/>
+    <w:rsid w:val="00231672"/>
     <w:rsid w:val="0024301B"/>
     <w:rsid w:val="00243155"/>
     <w:rsid w:val="00251E8A"/>
     <w:rsid w:val="00256157"/>
+    <w:rsid w:val="00257775"/>
     <w:rsid w:val="00260510"/>
     <w:rsid w:val="00261E71"/>
     <w:rsid w:val="00262F7B"/>
+    <w:rsid w:val="00271CBE"/>
     <w:rsid w:val="00272D8F"/>
     <w:rsid w:val="002734C0"/>
     <w:rsid w:val="00284206"/>
+    <w:rsid w:val="002872EE"/>
     <w:rsid w:val="002940E7"/>
     <w:rsid w:val="002A10A3"/>
+    <w:rsid w:val="002A155D"/>
     <w:rsid w:val="002A3DF5"/>
     <w:rsid w:val="002B358A"/>
     <w:rsid w:val="002B3F4F"/>
+    <w:rsid w:val="002B4307"/>
     <w:rsid w:val="002D00FB"/>
     <w:rsid w:val="002D0DC3"/>
     <w:rsid w:val="002E011F"/>
+    <w:rsid w:val="003048F7"/>
     <w:rsid w:val="00312A49"/>
     <w:rsid w:val="00313C52"/>
     <w:rsid w:val="0032362B"/>
     <w:rsid w:val="003265A4"/>
     <w:rsid w:val="00327E5C"/>
+    <w:rsid w:val="00330572"/>
+    <w:rsid w:val="00332145"/>
     <w:rsid w:val="00332AE0"/>
     <w:rsid w:val="00335A95"/>
+    <w:rsid w:val="00342820"/>
     <w:rsid w:val="00346252"/>
     <w:rsid w:val="00351DC8"/>
     <w:rsid w:val="00356BF0"/>
     <w:rsid w:val="0036184B"/>
     <w:rsid w:val="00372185"/>
     <w:rsid w:val="00372307"/>
     <w:rsid w:val="0037512C"/>
     <w:rsid w:val="003859C4"/>
     <w:rsid w:val="003A4AB2"/>
     <w:rsid w:val="003A6F76"/>
     <w:rsid w:val="003B449E"/>
     <w:rsid w:val="003B777D"/>
     <w:rsid w:val="003C3E46"/>
     <w:rsid w:val="003D776A"/>
     <w:rsid w:val="003E198B"/>
+    <w:rsid w:val="003E6086"/>
+    <w:rsid w:val="003F17C7"/>
     <w:rsid w:val="003F2A0C"/>
     <w:rsid w:val="003F5EA2"/>
     <w:rsid w:val="00401678"/>
+    <w:rsid w:val="00405F7E"/>
     <w:rsid w:val="00410F76"/>
     <w:rsid w:val="00414353"/>
     <w:rsid w:val="00415D68"/>
+    <w:rsid w:val="00431E5D"/>
+    <w:rsid w:val="00432159"/>
+    <w:rsid w:val="00436083"/>
     <w:rsid w:val="00440D07"/>
     <w:rsid w:val="0044139B"/>
+    <w:rsid w:val="0044472C"/>
     <w:rsid w:val="00444C00"/>
     <w:rsid w:val="0044774D"/>
     <w:rsid w:val="0046528C"/>
+    <w:rsid w:val="00467CF3"/>
     <w:rsid w:val="004709EE"/>
+    <w:rsid w:val="00471DE3"/>
+    <w:rsid w:val="0047265F"/>
     <w:rsid w:val="00493107"/>
+    <w:rsid w:val="004A107F"/>
     <w:rsid w:val="004B5AB8"/>
     <w:rsid w:val="004B5FF0"/>
     <w:rsid w:val="004C40E3"/>
+    <w:rsid w:val="004C59DA"/>
     <w:rsid w:val="004C638A"/>
     <w:rsid w:val="004E5EA2"/>
+    <w:rsid w:val="004F06B0"/>
     <w:rsid w:val="004F7583"/>
+    <w:rsid w:val="00500CC5"/>
     <w:rsid w:val="005011D0"/>
     <w:rsid w:val="00514922"/>
     <w:rsid w:val="00514D88"/>
     <w:rsid w:val="00521DA0"/>
     <w:rsid w:val="0052321D"/>
+    <w:rsid w:val="005264E3"/>
     <w:rsid w:val="00527A5C"/>
     <w:rsid w:val="005436ED"/>
+    <w:rsid w:val="00543C25"/>
     <w:rsid w:val="0054451B"/>
     <w:rsid w:val="00547257"/>
     <w:rsid w:val="00551F87"/>
     <w:rsid w:val="00560963"/>
     <w:rsid w:val="005640F0"/>
     <w:rsid w:val="0056519E"/>
     <w:rsid w:val="00574681"/>
     <w:rsid w:val="00575A78"/>
     <w:rsid w:val="00575FA2"/>
+    <w:rsid w:val="00582263"/>
     <w:rsid w:val="00582698"/>
+    <w:rsid w:val="005858E4"/>
     <w:rsid w:val="00587BB2"/>
     <w:rsid w:val="005913D7"/>
+    <w:rsid w:val="0059244C"/>
     <w:rsid w:val="0059404C"/>
     <w:rsid w:val="005B402C"/>
+    <w:rsid w:val="005C1FEF"/>
+    <w:rsid w:val="005C44B7"/>
+    <w:rsid w:val="005C6E78"/>
+    <w:rsid w:val="005E30C8"/>
     <w:rsid w:val="005F12B7"/>
+    <w:rsid w:val="005F7FFC"/>
     <w:rsid w:val="0060543B"/>
     <w:rsid w:val="006074D0"/>
     <w:rsid w:val="00614AA3"/>
     <w:rsid w:val="006244E7"/>
     <w:rsid w:val="00627EFF"/>
     <w:rsid w:val="00636253"/>
     <w:rsid w:val="0063659E"/>
     <w:rsid w:val="006371BC"/>
     <w:rsid w:val="006429D3"/>
+    <w:rsid w:val="006528DF"/>
     <w:rsid w:val="00652B27"/>
     <w:rsid w:val="006568CE"/>
     <w:rsid w:val="006678BD"/>
     <w:rsid w:val="00673FC1"/>
     <w:rsid w:val="00674CCC"/>
     <w:rsid w:val="006779F6"/>
     <w:rsid w:val="00680CA1"/>
     <w:rsid w:val="006864D8"/>
+    <w:rsid w:val="006872C1"/>
     <w:rsid w:val="006954E6"/>
     <w:rsid w:val="006961E5"/>
+    <w:rsid w:val="006A2DC1"/>
     <w:rsid w:val="006A77D8"/>
     <w:rsid w:val="006B28FF"/>
+    <w:rsid w:val="006B5521"/>
+    <w:rsid w:val="006B5731"/>
+    <w:rsid w:val="006C1644"/>
     <w:rsid w:val="006C75FA"/>
     <w:rsid w:val="006D04CF"/>
+    <w:rsid w:val="006D4D10"/>
     <w:rsid w:val="006D6039"/>
     <w:rsid w:val="006D6EFF"/>
     <w:rsid w:val="006E7E62"/>
     <w:rsid w:val="00703213"/>
     <w:rsid w:val="00703FD7"/>
     <w:rsid w:val="00704BD7"/>
+    <w:rsid w:val="00704E33"/>
+    <w:rsid w:val="0070768D"/>
     <w:rsid w:val="00710280"/>
     <w:rsid w:val="00712AB6"/>
+    <w:rsid w:val="00716103"/>
     <w:rsid w:val="007163AD"/>
     <w:rsid w:val="00722083"/>
+    <w:rsid w:val="00724F07"/>
     <w:rsid w:val="00725A04"/>
     <w:rsid w:val="00732F17"/>
     <w:rsid w:val="00743937"/>
     <w:rsid w:val="0074528A"/>
     <w:rsid w:val="007468D9"/>
     <w:rsid w:val="00757DF3"/>
     <w:rsid w:val="0076154C"/>
+    <w:rsid w:val="00764202"/>
     <w:rsid w:val="0076610D"/>
     <w:rsid w:val="00766FBB"/>
     <w:rsid w:val="007678B9"/>
+    <w:rsid w:val="00774B39"/>
+    <w:rsid w:val="00781711"/>
+    <w:rsid w:val="00781BC3"/>
     <w:rsid w:val="007821EC"/>
+    <w:rsid w:val="0079043F"/>
     <w:rsid w:val="00793FC4"/>
     <w:rsid w:val="007A580F"/>
     <w:rsid w:val="007A6037"/>
     <w:rsid w:val="007B027E"/>
     <w:rsid w:val="007B0358"/>
+    <w:rsid w:val="007B0650"/>
     <w:rsid w:val="007B0769"/>
+    <w:rsid w:val="007B1942"/>
     <w:rsid w:val="007B4278"/>
+    <w:rsid w:val="007B4741"/>
     <w:rsid w:val="007C082D"/>
     <w:rsid w:val="007D317C"/>
+    <w:rsid w:val="007D3E7B"/>
+    <w:rsid w:val="007E08C5"/>
     <w:rsid w:val="007E0E17"/>
     <w:rsid w:val="007F0BBD"/>
+    <w:rsid w:val="007F36BA"/>
     <w:rsid w:val="007F46B1"/>
+    <w:rsid w:val="007F7BEC"/>
     <w:rsid w:val="008005D8"/>
+    <w:rsid w:val="008046D8"/>
     <w:rsid w:val="00804FB8"/>
     <w:rsid w:val="0081001F"/>
     <w:rsid w:val="00810188"/>
     <w:rsid w:val="00817401"/>
+    <w:rsid w:val="00820E61"/>
     <w:rsid w:val="00824394"/>
     <w:rsid w:val="00830CB2"/>
     <w:rsid w:val="008337E7"/>
+    <w:rsid w:val="00837C50"/>
     <w:rsid w:val="008410D5"/>
     <w:rsid w:val="00843550"/>
     <w:rsid w:val="00851940"/>
     <w:rsid w:val="00855439"/>
     <w:rsid w:val="00863F0B"/>
     <w:rsid w:val="0086672E"/>
     <w:rsid w:val="0087029D"/>
     <w:rsid w:val="00871FEF"/>
     <w:rsid w:val="00874174"/>
     <w:rsid w:val="0088354D"/>
     <w:rsid w:val="00883925"/>
     <w:rsid w:val="008856DB"/>
+    <w:rsid w:val="00893C88"/>
     <w:rsid w:val="008942DA"/>
     <w:rsid w:val="0089573F"/>
+    <w:rsid w:val="008A70E0"/>
     <w:rsid w:val="008B124D"/>
     <w:rsid w:val="008B1FEC"/>
+    <w:rsid w:val="008B2E4F"/>
     <w:rsid w:val="008B40D7"/>
     <w:rsid w:val="008C7273"/>
     <w:rsid w:val="008D313F"/>
     <w:rsid w:val="008D421A"/>
     <w:rsid w:val="008D43AE"/>
     <w:rsid w:val="008E0A8E"/>
+    <w:rsid w:val="008E3C48"/>
     <w:rsid w:val="008F1CF2"/>
+    <w:rsid w:val="008F3CEE"/>
     <w:rsid w:val="008F77B3"/>
     <w:rsid w:val="009008AD"/>
     <w:rsid w:val="00901EB2"/>
     <w:rsid w:val="00911D1A"/>
     <w:rsid w:val="009241AC"/>
     <w:rsid w:val="0094408F"/>
     <w:rsid w:val="009466CC"/>
+    <w:rsid w:val="00950060"/>
     <w:rsid w:val="009533A3"/>
     <w:rsid w:val="00953964"/>
     <w:rsid w:val="00962265"/>
     <w:rsid w:val="00963194"/>
     <w:rsid w:val="00970C8C"/>
+    <w:rsid w:val="00986058"/>
     <w:rsid w:val="0099120A"/>
+    <w:rsid w:val="009A0D4E"/>
+    <w:rsid w:val="009A4BF5"/>
+    <w:rsid w:val="009A4EE0"/>
     <w:rsid w:val="009A5145"/>
     <w:rsid w:val="009B3F77"/>
     <w:rsid w:val="009B48FC"/>
+    <w:rsid w:val="009B508F"/>
     <w:rsid w:val="009B6B8D"/>
     <w:rsid w:val="009B6E51"/>
     <w:rsid w:val="009C1114"/>
+    <w:rsid w:val="009C1F52"/>
     <w:rsid w:val="009D35F8"/>
     <w:rsid w:val="009D423E"/>
     <w:rsid w:val="009E561E"/>
     <w:rsid w:val="009E59B9"/>
     <w:rsid w:val="009E5FD4"/>
+    <w:rsid w:val="009F14A2"/>
     <w:rsid w:val="00A0368C"/>
     <w:rsid w:val="00A03DE2"/>
     <w:rsid w:val="00A04D01"/>
     <w:rsid w:val="00A105E4"/>
+    <w:rsid w:val="00A12425"/>
     <w:rsid w:val="00A1785B"/>
+    <w:rsid w:val="00A2087E"/>
     <w:rsid w:val="00A23016"/>
     <w:rsid w:val="00A242D4"/>
     <w:rsid w:val="00A31274"/>
     <w:rsid w:val="00A362B3"/>
     <w:rsid w:val="00A36F1E"/>
     <w:rsid w:val="00A371DE"/>
     <w:rsid w:val="00A42B07"/>
+    <w:rsid w:val="00A42EC7"/>
     <w:rsid w:val="00A472C2"/>
+    <w:rsid w:val="00A4752A"/>
     <w:rsid w:val="00A60128"/>
     <w:rsid w:val="00A638CF"/>
     <w:rsid w:val="00A64729"/>
     <w:rsid w:val="00A6563D"/>
+    <w:rsid w:val="00A723CB"/>
     <w:rsid w:val="00A730C6"/>
     <w:rsid w:val="00A779C0"/>
     <w:rsid w:val="00A77DCE"/>
+    <w:rsid w:val="00A85A1D"/>
     <w:rsid w:val="00A9147E"/>
     <w:rsid w:val="00A93816"/>
     <w:rsid w:val="00A94C1A"/>
     <w:rsid w:val="00A965A8"/>
+    <w:rsid w:val="00AA0821"/>
+    <w:rsid w:val="00AA3972"/>
     <w:rsid w:val="00AA6506"/>
     <w:rsid w:val="00AA778D"/>
     <w:rsid w:val="00AA7F0A"/>
+    <w:rsid w:val="00AB1D01"/>
     <w:rsid w:val="00AB347F"/>
     <w:rsid w:val="00AC254D"/>
+    <w:rsid w:val="00AE1D73"/>
     <w:rsid w:val="00AF0CEC"/>
     <w:rsid w:val="00AF76D9"/>
     <w:rsid w:val="00B0195A"/>
     <w:rsid w:val="00B0554C"/>
+    <w:rsid w:val="00B06C2D"/>
+    <w:rsid w:val="00B14925"/>
     <w:rsid w:val="00B15331"/>
+    <w:rsid w:val="00B23CED"/>
     <w:rsid w:val="00B247CA"/>
+    <w:rsid w:val="00B25914"/>
+    <w:rsid w:val="00B27748"/>
     <w:rsid w:val="00B36788"/>
     <w:rsid w:val="00B36941"/>
+    <w:rsid w:val="00B509FA"/>
     <w:rsid w:val="00B5328E"/>
+    <w:rsid w:val="00B652D2"/>
     <w:rsid w:val="00B70DBC"/>
     <w:rsid w:val="00B7160A"/>
     <w:rsid w:val="00B75673"/>
+    <w:rsid w:val="00B823FD"/>
     <w:rsid w:val="00B82F6A"/>
     <w:rsid w:val="00B83C3D"/>
     <w:rsid w:val="00B9083D"/>
+    <w:rsid w:val="00B956F1"/>
     <w:rsid w:val="00BA2754"/>
     <w:rsid w:val="00BA40B2"/>
     <w:rsid w:val="00BA52BE"/>
+    <w:rsid w:val="00BC213A"/>
+    <w:rsid w:val="00BC531D"/>
     <w:rsid w:val="00BD496B"/>
     <w:rsid w:val="00BE5A31"/>
     <w:rsid w:val="00BF3942"/>
     <w:rsid w:val="00BF6C91"/>
     <w:rsid w:val="00C03B39"/>
     <w:rsid w:val="00C03E99"/>
     <w:rsid w:val="00C04D69"/>
     <w:rsid w:val="00C11E1D"/>
+    <w:rsid w:val="00C21ECB"/>
     <w:rsid w:val="00C30D5C"/>
     <w:rsid w:val="00C3413C"/>
+    <w:rsid w:val="00C47E02"/>
     <w:rsid w:val="00C513C9"/>
     <w:rsid w:val="00C52592"/>
     <w:rsid w:val="00C548FB"/>
+    <w:rsid w:val="00C569D8"/>
     <w:rsid w:val="00C66997"/>
     <w:rsid w:val="00C70F9B"/>
     <w:rsid w:val="00C805F1"/>
+    <w:rsid w:val="00C83DF5"/>
     <w:rsid w:val="00C84139"/>
     <w:rsid w:val="00C90B62"/>
     <w:rsid w:val="00C93BFD"/>
     <w:rsid w:val="00C93F12"/>
+    <w:rsid w:val="00C95F59"/>
+    <w:rsid w:val="00CA1226"/>
     <w:rsid w:val="00CB2326"/>
     <w:rsid w:val="00CB2AD1"/>
     <w:rsid w:val="00CB7D5D"/>
     <w:rsid w:val="00CC3012"/>
     <w:rsid w:val="00CF5A1C"/>
     <w:rsid w:val="00D00A00"/>
     <w:rsid w:val="00D04E4C"/>
     <w:rsid w:val="00D20D24"/>
     <w:rsid w:val="00D256F1"/>
     <w:rsid w:val="00D27E36"/>
     <w:rsid w:val="00D62A32"/>
+    <w:rsid w:val="00D75F7F"/>
+    <w:rsid w:val="00D80716"/>
     <w:rsid w:val="00D824DF"/>
     <w:rsid w:val="00D92703"/>
+    <w:rsid w:val="00D932B5"/>
+    <w:rsid w:val="00D93A27"/>
     <w:rsid w:val="00D95476"/>
+    <w:rsid w:val="00DA2051"/>
     <w:rsid w:val="00DA2AB2"/>
     <w:rsid w:val="00DA770A"/>
     <w:rsid w:val="00DC1356"/>
+    <w:rsid w:val="00DC1551"/>
     <w:rsid w:val="00DC4033"/>
     <w:rsid w:val="00DD25BD"/>
     <w:rsid w:val="00DD4D40"/>
+    <w:rsid w:val="00DE101D"/>
     <w:rsid w:val="00DE2CB5"/>
     <w:rsid w:val="00DE5443"/>
+    <w:rsid w:val="00DF4624"/>
     <w:rsid w:val="00DF4ECD"/>
     <w:rsid w:val="00DF5198"/>
+    <w:rsid w:val="00DF7B01"/>
     <w:rsid w:val="00E0654D"/>
     <w:rsid w:val="00E145DB"/>
     <w:rsid w:val="00E33F43"/>
+    <w:rsid w:val="00E36804"/>
     <w:rsid w:val="00E37CE8"/>
+    <w:rsid w:val="00E4493D"/>
     <w:rsid w:val="00E5349D"/>
     <w:rsid w:val="00E536B6"/>
+    <w:rsid w:val="00E71AD3"/>
     <w:rsid w:val="00E72ABE"/>
+    <w:rsid w:val="00E8397C"/>
     <w:rsid w:val="00E854FD"/>
     <w:rsid w:val="00E867A1"/>
     <w:rsid w:val="00E93C75"/>
     <w:rsid w:val="00E946BB"/>
     <w:rsid w:val="00EC304C"/>
     <w:rsid w:val="00EE1C3D"/>
     <w:rsid w:val="00EE1CF9"/>
     <w:rsid w:val="00EE7669"/>
     <w:rsid w:val="00EF0783"/>
     <w:rsid w:val="00F066A2"/>
     <w:rsid w:val="00F06A04"/>
     <w:rsid w:val="00F14135"/>
     <w:rsid w:val="00F166E9"/>
     <w:rsid w:val="00F22512"/>
     <w:rsid w:val="00F258B1"/>
+    <w:rsid w:val="00F3021B"/>
     <w:rsid w:val="00F31B43"/>
     <w:rsid w:val="00F3317F"/>
     <w:rsid w:val="00F34DD7"/>
     <w:rsid w:val="00F37C35"/>
     <w:rsid w:val="00F40600"/>
+    <w:rsid w:val="00F436BD"/>
     <w:rsid w:val="00F5212A"/>
+    <w:rsid w:val="00F76BF0"/>
+    <w:rsid w:val="00F778C0"/>
     <w:rsid w:val="00F86330"/>
     <w:rsid w:val="00F86C9B"/>
     <w:rsid w:val="00F90F47"/>
     <w:rsid w:val="00F9579D"/>
+    <w:rsid w:val="00FA25F5"/>
     <w:rsid w:val="00FA3B9C"/>
+    <w:rsid w:val="00FB28FB"/>
     <w:rsid w:val="00FB749B"/>
+    <w:rsid w:val="00FC17C0"/>
     <w:rsid w:val="00FC2DB4"/>
     <w:rsid w:val="00FC73A8"/>
     <w:rsid w:val="00FC769D"/>
+    <w:rsid w:val="00FC7D19"/>
     <w:rsid w:val="00FD3132"/>
     <w:rsid w:val="00FD3B0F"/>
     <w:rsid w:val="00FD5480"/>
     <w:rsid w:val="00FD638E"/>
     <w:rsid w:val="00FE587B"/>
     <w:rsid w:val="00FF4900"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4D4521A8"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10972,51 +22619,53 @@
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DF4ECD"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00335A95"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="List Paragraph (numbered (a)),Bullets,List Paragraph1,Lapis Bulleted List,Dot pt,F5 List Paragraph,No Spacing1,List Paragraph Char Char Char,Indicator Text,Numbered Para 1,Bullet 1,List Paragraph12,Bullet Points,MAIN CONTENT,List 100s,L"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00335A95"/>
     <w:pPr>
       <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
       <w:ind w:left="720" w:right="55" w:hanging="10"/>
       <w:contextualSpacing/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00415D68"/>
     <w:rPr>
@@ -11185,55 +22834,115 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="17"/>
       <w:szCs w:val="17"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00AF0CEC"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00260510"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="List Paragraph (numbered (a)) Char,Bullets Char,List Paragraph1 Char,Lapis Bulleted List Char,Dot pt Char,F5 List Paragraph Char,No Spacing1 Char,List Paragraph Char Char Char Char,Indicator Text Char,Numbered Para 1 Char,L Char"/>
+    <w:link w:val="ListParagraph"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00781711"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="009B508F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00C21ECB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="344989095">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="796992446">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11376,96 +23085,100 @@
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/fr/A/RES/70/1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/10826" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PrivatePartnerships/Home.aspx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/11661" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/global/documents/partnerships/Formalizing_Partnerships_Flowchart.xlsx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/FinancingAgreementTemplates/Partner-Specific-Agreement-Templates.aspx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/Partnership-Survey.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/global/documents/partnerships/Monitoring_Partnerships_Flowchart.xlsx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/External-Assessment.aspx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/global/documents/partnerships/Assessing_Partnerships_Flowchart.xlsx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/11671" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/taxonomy/term/106" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/FinancingAgreementTemplates/General-Information.aspx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/librarypage/poverty-reduction/mobilizing-private-finance-for-sustainable-development.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.un.org/fr/about-us/un-charter" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/10941" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/fr/financement" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/PPG-Documents/Forms/AllItems.aspx?id=%2Fteams%2FBERA%2DPortal%2FPPG%2DDocuments%2FIFIs%2FIFIs%2DInstitutionalDocuments%2FIFI%20Partnership%20Strategy%20%2D%20July%202016%2Epdf&amp;parent=%2Fteams%2FBERA%2DPortal%25" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/NonFinancialAgreements/MoUs-and-SoIs.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/pb/resmob/SitePages/External-Assessments-of-UNDP.aspx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/NonFinancialAgreements/MoUs-and-SoIs.aspx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/policy-page/pipeline-management" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/accord-des-parties-responsables-entre-le-pnud-et-une-organisation-de-la-societe-civile" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1916" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique/services-de-developpement" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:u:/r/teams/RMToolkit/SitePages/Sample-PCAPs.aspx?csf=1&amp;web=1&amp;e=Izg38J" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/global/documents/partnerships/Assessing_Partnerships_Flowchart.xlsx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/fr/A/RES/70/1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/selectionner-les-parties-responsables-et-les-beneficiaires-de-subventions" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1916" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1011" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/FinancingAgreementTemplates/Partner-Specific-Agreement-Templates.aspx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/fr/financement" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/librarypage/poverty-reduction/mobilizing-private-finance-for-sustainable-development.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique/politique-en-matiere-de-diligence-raisonnable-et-de-partenariats-avec-le-secteur" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/SACE/Resource-Mobilization-Strategy.aspx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/FinancingAgreementTemplates/Partner-Specific-Agreement-Templates.aspx?csf=1&amp;web=1&amp;e=Jx9br0&amp;ovuser=b3e5db5e-2944-4837-99f5-7488ace54319%2cjune.ban%40undp.org&amp;OR=Teams-HL&amp;CT=1756318085530&amp;clickparams=eyJBcHBOYW1lIjoiVGVhbXMtRGVza3RvcCIsIkFwcFZlcnNpb24iOiI0OS8yNTA3MzExNzQxMCIsIkhhc0ZlZGVyYXRlZFVzZXIiOmZhbHNlfQ%3d%3d&amp;CID=40eebfa1-10e5-0000-80e8-0c934a343747&amp;cidOR=SPO" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/BERA-Portal/MOUTemplatesLibrary/UNDP-Mutual-Non-DisclosureAgreement-Template.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/selectionner-le-partenaire-de-mise-en-oeuvre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/lettre-daccord-standard-entre-le-pnud-et-un-gouvernement-ou-une-organisation" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1911" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/lettre-daccord-entre-le-pnud-et-un-gouvernement-ou-une-organisation-intergouvernementale" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/FinancingAgreementTemplates/General-Information.aspx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/management-provision-services-mps" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/pb/resmob/SitePages/External-Assessments-of-UNDP.aspx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/Partnership-Survey.aspx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique/selectionner-les-parties-responsables-et-les-beneficiaires-de-subventions" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique/politique-en-matiere-de-diligence-raisonnable-et-de-partenariats-avec-le-secteur" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:f:/r/sites/UNDSReform/Shared%20Documents/UN%20Partnerships%20Database?csf=1&amp;web=1&amp;e=WzRfGi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:u:/r/teams/RMToolkit/SitePages/Sample-PCAPs.aspx?csf=1&amp;web=1&amp;e=Izg38J" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/formuler-des-programmes-et-des-projets" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/NonFinancialAgreements/Library.aspx?xsdata=MDV8MDJ8fDk5MjgwN2RlM2JhZTRjMWRkOGFkMDhkYzMyNjZiMWJkfGIzZTVkYjVlMjk0NDQ4Mzc5OWY1NzQ4OGFjZTU0MzE5fDB8MHw2Mzg0NDA2NjM4Mjk4Mjk4MDV8VW5rbm93bnxWR1ZoYlhOVFpXTjFjbWwwZVZObGNuWnBZMlY4ZXlKV0lqb2lNQzR3TGpBd01EQWlMQ0pRSWpvaVYybHVNeklpTENKQlRpSTZJazkwYUdWeUlpd2lWMVFpT2pFeGZRPT18MXxMMk5vWVhSekx6RTVPak15TXpNM05HWXlMV0k1TlRrdE5HVmlOQzFpTWpReUxXUTFPVEExT0RrME9UZzVZVjgzWkdZM05ERTRPUzFsTXpnd0xUUTVPV1F0T1dabU55MWlaakV5WkdRNU5ETTRPRFZBZFc1eExtZGliQzV6Y0dGalpYTXZiV1Z6YzJGblpYTXZNVGN3T0RRMk9UVTRNakEwTVE9PXw5ODZkNzg0ZWU5M2Y0ZDNmNzY1NDA4ZGMzMjY2YjFiYnxjMGYyY2MwY2U3MTY0YjNlYmVlZmY2NmM1OTA3MWViYg%3D%3D&amp;sdata=aEwyUWIybDJqNm9FZU91OTJUaE5xcGxna0tHU1dFT1BCbU5xcVBJUys2bz0%3D&amp;ovuser=b3e5db5e-2944-4837-99f5-7488ace54319%2Cjohn.cambiotis%40undp.org&amp;OR=Teams-HL&amp;CT=1708619611143&amp;clickparams=eyJBcHBOYW1lIjoiVGVhbXMtRGVza3RvcCIsIkFwcFZlcnNpb24iOiIyNy8yNDAxMDQxNzUwMyIsIkhhc0ZlZGVyYXRlZFVzZXIiOmZhbHNlfQ%3D%3D" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique/selectionner-les-parties-responsables-et-les-beneficiaires-de-subventions" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/lettre-daccord-standard-entre-le-pnud-et-un-gouvernement-ou-une-organisation" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1911" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/FinancingAgreementTemplates/Partner-Specific-Agreement-Templates.aspx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/global/documents/partnerships/Monitoring_Partnerships_Flowchart.xlsx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/global/documents/partnerships/Formalizing_Partnerships_Flowchart.xlsx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1831" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1666" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/funding/funding-windows" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/NonFinancialAgreements/Library.aspx?xsdata=MDV8MDJ8fDk5MjgwN2RlM2JhZTRjMWRkOGFkMDhkYzMyNjZiMWJkfGIzZTVkYjVlMjk0NDQ4Mzc5OWY1NzQ4OGFjZTU0MzE5fDB8MHw2Mzg0NDA2NjM4Mjk4Mjk4MDV8VW5rbm93bnxWR1ZoYlhOVFpXTjFjbWwwZVZObGNuWnBZMlY4ZXlKV0lqb2lNQzR3TGpBd01EQWlMQ0pRSWpvaVYybHVNeklpTENKQlRpSTZJazkwYUdWeUlpd2lWMVFpT2pFeGZRPT18MXxMMk5vWVhSekx6RTVPak15TXpNM05HWXlMV0k1TlRrdE5HVmlOQzFpTWpReUxXUTFPVEExT0RrME9UZzVZVjgzWkdZM05ERTRPUzFsTXpnd0xUUTVPV1F0T1dabU55MWlaakV5WkdRNU5ETTRPRFZBZFc1eExtZGliQzV6Y0dGalpYTXZiV1Z6YzJGblpYTXZNVGN3T0RRMk9UVTRNakEwTVE9PXw5ODZkNzg0ZWU5M2Y0ZDNmNzY1NDA4ZGMzMjY2YjFiYnxjMGYyY2MwY2U3MTY0YjNlYmVlZmY2NmM1OTA3MWViYg%3D%3D&amp;sdata=aEwyUWIybDJqNm9FZU91OTJUaE5xcGxna0tHU1dFT1BCbU5xcVBJUys2bz0%3D&amp;ovuser=b3e5db5e-2944-4837-99f5-7488ace54319%2Cjohn.cambiotis%40undp.org&amp;OR=Teams-HL&amp;CT=1708619611143&amp;clickparams=eyJBcHBOYW1lIjoiVGVhbXMtRGVza3RvcCIsIkFwcFZlcnNpb24iOiIyNy8yNDAxMDQxNzUwMyIsIkhhc0ZlZGVyYXRlZFVzZXIiOmZhbHNlfQ%3D%3D" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/taxonomy/term/106" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.un.org/fr/about-us/un-charter" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/NonFinancialAgreements/MoUs-and-SoIs.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/BERA-Portal/MOUTemplatesLibrary" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1911" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/lettre-daccord-entre-le-pnud-et-un-partenaire-de-realisation-pour-la-fourniture-de" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/FinancingAgreementTemplates/Partner-Specific-Agreement-Templates.aspx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique/selectionner-les-parties-responsables-et-les-beneficiaires-de-subventions" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1916" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/accord-de-subvention-de-faible-valeur-conclu-entre-le-programme-des-nations-unies-pour-le" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:u:/r/teams/BERA-Portal/SitePages/PublicPartnerships/FinancingAgreementTemplates/Partner-Specific-Agreement-Templates.aspx?csf=1&amp;web=1&amp;e=Jx9br0" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/11671" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/IFIs/Working-with-IFIs.aspx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/IFI-Toolkit/Home.aspx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique/gestion-du-risque-institutionnel-gri" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/SACE/Resource-Mobilization-Strategy.aspx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/RMToolkit?locale=en-us&amp;useTeamsAuth=true" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1911" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/selectionner-les-parties-responsables-et-les-beneficiaires-de-subventions" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique/paiements-bases-sur-la-performance" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/politique-du-concours-dinnovation" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/funding/funding-windows" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BPC/Repository%20of%20Agency%20Agreements/Forms/AllItems.aspx?xsdata=MDV8MDJ8ZW1pbGlhbmEuemhpdmtvdmFAdW5kcC5vcmd8MTk1NmZmYTQ0YzRiNDFhMjNmMzQwOGRkMmMzNjBlNDh8YjNlNWRiNWUyOTQ0NDgzNzk5ZjU3NDg4YWNlNTQzMTl8MHwwfDYzODcxNTMzMjg0OTIwMDMyMHxVbmtub3dufFRXRnBiR1pzYjNkOGV5SkZiWEIwZVUxaGNHa2lPblJ5ZFdVc0lsWWlPaUl3TGpBdU1EQXdNQ0lzSWxBaU9pSlhhVzR6TWlJc0lrRk9Jam9pVFdGcGJDSXNJbGRVSWpveWZRPT18MHx8fA%3d%3d&amp;sdata=a09iRUR5SWpxaGkxRTBQNEV5N2FwSitZc1BUdmo4SHFhanFBZGJPSFY2Zz0%3d" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique/selectionner-le-partenaire-de-mise-en-oeuvre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.lightning.force.com/lightning/o/Agreement__c/list?filterName=Non_Financial_Agreements" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1916" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/contrat-type-de-fourniture-de-biens-etou-services-entre-le-programme-des-nations-unies-0" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/CorporatePartnerManagement/SOPs.aspx?xsdata=MDV8MDJ8fGEzN2MwODIyNWI4NTQ2MWMxNTU3MDhkZGU1Nzk5NmYwfGIzZTVkYjVlMjk0NDQ4Mzc5OWY1NzQ4OGFjZTU0MzE5fDB8MHw2Mzg5MTkwMzI1NDI1OTg0ODd8VW5rbm93bnxWR1ZoYlhOVFpXTjFjbWwwZVZObGNuWnBZMlY4ZXlKRFFTSTZJbFJsWVcxelgwRlVVRk5sY25acFkyVmZVMUJQVEU5R0lpd2lWaUk2SWpBdU1DNHdNREF3SWl3aVVDSTZJbGRwYmpNeUlpd2lRVTRpT2lKUGRHaGxjaUlzSWxkVUlqb3hNWDA9fDF8TDJOb1lYUnpMekU1T20xbFpYUnBibWRmVFhwRk0wMUhWVEpQUjBsMFdtcE9hazFUTURCTlYxWnJURmRLYWs5RVZYUlpiVnByV2tSU2JFMVhTbXhaVjBsNVFIUm9jbVZoWkM1Mk1pOXRaWE56WVdkbGN5OHhOelUyTXpBMk5EVTBNRGd5fDNhNDMyYjQ1Yjg5YzRmNTNjYzZkMDhkZGU1Nzk5NmVkfDllNjYxZTNjZTZmMzQxZmQ5NmVlYmEyYjY0MTk2NGZh&amp;sdata=MDBSbDU3aGErbFhrZWY1VXl6QWJNOVJRRit6VUVpbDN2Rnl4UjZPaG5xZz0%3D&amp;ovuser=b3e5db5e-2944-4837-99f5-7488ace54319%2Cjune.ban%40undp.org&amp;OR=Teams-HL&amp;CT=1756318394903&amp;clickparams=eyJBcHBOYW1lIjoiVGVhbXMtRGVza3RvcCIsIkFwcFZlcnNpb24iOiI0OS8yNTA3MzExNzQxMCIsIkhhc0ZlZGVyYXRlZFVzZXIiOmZhbHNlfQ%3D%3D" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/11661" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/RMToolkit" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/politique-du-pnud-en-matiere-de-diligence-raisonnable-et-de-partenariats-avec-le-secteur" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/politique-du-pnud-en-matiere-de-diligence-raisonnable-et-de-partenariats-avec-le-secteur" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique/gestion-du-risque-institutionnel-gri" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/politique-du-pnud-en-matiere-de-diligence-raisonnable-et-de-partenariats-avec-le-secteur" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5A4837841A5140D78733BC3F8E278D29"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{35C89BAB-5CCC-4020-AFA1-F278410F5EA0}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00205E3F" w:rsidRDefault="006334B8">
           <w:r w:rsidRPr="004152D5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -11487,143 +23200,133 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MyriadPro-Regular">
-[...14 lines deleted...]
-  </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006334B8"/>
+    <w:rsid w:val="000A2964"/>
     <w:rsid w:val="001C72E5"/>
+    <w:rsid w:val="001D3CFD"/>
+    <w:rsid w:val="0020598A"/>
     <w:rsid w:val="00205E3F"/>
+    <w:rsid w:val="00342820"/>
     <w:rsid w:val="003A3C01"/>
     <w:rsid w:val="00557B10"/>
     <w:rsid w:val="00560C5A"/>
     <w:rsid w:val="006334B8"/>
+    <w:rsid w:val="006A4C99"/>
     <w:rsid w:val="00861D4C"/>
     <w:rsid w:val="009C1D50"/>
     <w:rsid w:val="00A25A50"/>
     <w:rsid w:val="00BE0BEA"/>
     <w:rsid w:val="00DD41A7"/>
+    <w:rsid w:val="00E8397C"/>
     <w:rsid w:val="00F2615E"/>
     <w:rsid w:val="00FA3AC4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12016,51 +23719,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006334B8"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -12299,377 +24002,220 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
-[...44 lines deleted...]
-</spe:Receivers>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
-[...3 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ca77dde37b6382e356156c53502b5974">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d408d25c29477507bed478e1b10736c1" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -12715,256 +24261,162 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...77 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89676F82-2D8C-4D74-983D-2A2E2A9FC881}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8218F27B-D8F3-4AE9-9C47-4FA18EDE345F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AB433D0-F7A5-4D05-B193-25946B369E99}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE501588-F545-4F45-808E-5658281BB6FE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8218F27B-D8F3-4AE9-9C47-4FA18EDE345F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03230D09-B3AF-4C43-A662-DF0BF3CC200F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE8FEAF3-2959-D04A-AAE4-C8E7EF8B6C30}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>14989</Characters>
+  <Pages>17</Pages>
+  <Words>5107</Words>
+  <Characters>40800</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>124</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>340</Lines>
+  <Paragraphs>91</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17583</CharactersWithSpaces>
+  <CharactersWithSpaces>45816</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lucy Wanjiru</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>703f0a24-d9de-404c-b120-cce72aec6814</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>352;#Partnerships|a843cfef-088c-4a81-b797-ea33f77a089e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="UNDPCountry">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="UndpDocTypeMM">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="UNDPDocumentCategory">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="UNDPFocusAreas">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="UN Languages">
     <vt:lpwstr/>
   </property>
@@ -12985,27 +24437,33 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="UNDP_POPP_DOCUMENT_TYPE">
     <vt:lpwstr>Policy</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="UNDP_POPP_VERSION_COMMENTS">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="UNDP_POPP_DOCUMENT_LANGUAGE">
     <vt:lpwstr>French</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="UNDP_POPP_FILEVERSION">
     <vt:r8>512</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="UNDP_POPP_REFITEM_VERSION">
     <vt:r8>4</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="UndpDocStatus">
     <vt:lpwstr>Draft</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="UndpClassificationLevel">
     <vt:lpwstr>Internal Use Only</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="UndpIsTemplate">
     <vt:lpwstr>No</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="GrammarlyDocumentId">
+    <vt:lpwstr>c93f3ae1-3eba-424f-bca4-d3482d4d9b75</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>