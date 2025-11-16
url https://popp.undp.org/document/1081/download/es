--- v0 (2025-10-05)
+++ v1 (2025-11-16)
@@ -1,4528 +1,11410 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/documenttasks/documenttasks1.xml" ContentType="application/vnd.ms-office.documenttasks+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2243F2CF" w14:textId="77777777" w:rsidR="00830CB2" w:rsidRPr="00627EFF" w:rsidRDefault="00830CB2" w:rsidP="00B36788">
+    <w:p w14:paraId="2243F2CF" w14:textId="77777777" w:rsidR="00830CB2" w:rsidRPr="007E24CE" w:rsidRDefault="00830CB2" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Gestión de Asociaciones  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23C6C12C" w14:textId="77777777" w:rsidR="00830CB2" w:rsidRPr="00627EFF" w:rsidRDefault="00830CB2" w:rsidP="00B36788">
+    <w:p w14:paraId="23C6C12C" w14:textId="77777777" w:rsidR="00830CB2" w:rsidRPr="007E24CE" w:rsidRDefault="00830CB2" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AED83E3" w14:textId="3BF6CCC9" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="1AED83E3" w14:textId="3BF6CCC9" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="MyriadPro-Regular"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="49C3C6"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Las asociaciones son un aspecto central de la </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="00194DE3">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>Agenda 2030 para e</w:t>
-[...11 lines deleted...]
-          <w:t xml:space="preserve"> Desarrollo Sostenible</w:t>
+          <w:t>Agenda 2030 para el Desarrollo Sostenible</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> y esenciales para lograr la visión y los resultados en el Plan Estratégico del Programa de las Naciones Unidas para el Desarrollo (PNUD).   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E95935" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="24E95935" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="27101382" w14:textId="07E770DF" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27101382" w14:textId="07E770DF" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Los recursos </w:t>
       </w:r>
-      <w:r w:rsidR="1C035703">
+      <w:r w:rsidR="1C035703" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>confiados</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> al PNUD se deben utilizar con los estándares fiduciarios más altos. Esto rige igual manera para las actividades realizadas directamente por el PNUD o las actividades realizadas por asociados en la ejecución financiadas por el PNUD. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC9201E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="0032362B">
+    <w:p w14:paraId="2EC9201E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="0032362B">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="74E1FA15" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74E1FA15" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Esta política provee el contenido, los principios y las prácticas prescriptivos para gestionar las asociaciones.  La serie de políticas corporativas aprobadas que se detalla aquí guía las asociaciones del PNUD con Gobiernos, el Sistema de las Naciones Unidas, Instituciones Financieras Internacionales (IFI), el sector privado, fundaciones y organizaciones de la sociedad civil (OSC).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C43FA02" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="00627EFF" w:rsidRDefault="0032362B" w:rsidP="00B36788">
+    <w:p w14:paraId="1C43FA02" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="007E24CE" w:rsidRDefault="0032362B" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="40" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="76DAD44C" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76DAD44C" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Las políticas de asociaciones corporativas asisten al personal del PNUD en las siguientes tareas: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440F62F1" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="0032362B">
+    <w:p w14:paraId="440F62F1" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="0032362B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Tomar decisiones bien informadas y coherentes sobre la selección de asociados;  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D5390CB" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="1D5390CB" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="43"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="29E67C09" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29E67C09" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Distinguir si se necesita una asociación formal; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A313945" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="0A313945" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1D6EB0EF" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D6EB0EF" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Identificar qué instrumento de asociación utilizar; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A868263" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="3A868263" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5544E755" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5544E755" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Seguir los procesos correctos de aprobación de asociaciones; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F6B79C6" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="4F6B79C6" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="692B8F39" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="692B8F39" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Maximizar los beneficios de la asociación y, al mismo tiempo, gestionar y minimizar riesgos; y </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="472265EF" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="472265EF" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0DAD4EB4" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DAD4EB4" w14:textId="53292A3D" w:rsidR="00DF4ECD" w:rsidRPr="00F02775" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="9" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="4CB110CD" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Fomentar y supervisar la relación de asociación</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CCEF089" w14:textId="77777777" w:rsidR="00BA005D" w:rsidRPr="007E24CE" w:rsidRDefault="00BA005D" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EE97233" w14:textId="4B3FD5FC" w:rsidR="00BA005D" w:rsidRPr="007E24CE" w:rsidRDefault="00BA005D" w:rsidP="00BA005D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="9" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="40" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Alinear los esfuerzos de movilización de recursos, incluidos los Planes de Estrategia y Acción de Alianzas y Comunicación (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>PCAP</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F02775">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02775">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02775" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02775">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y las estrategias temáticas y regionales, con las sucesivas </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00F02775">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Calibri"/>
+            <w:color w:val="000000"/>
+          </w:rPr>
+          <w:t>Estrategias Corporativas de Movilización de Recursos</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0092465B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1E83" w:rsidRPr="00DF1E83">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>conforme a la</w:t>
+      </w:r>
+      <w:r w:rsidR="0085155C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00DF1E83">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Estrategia de Movilización de Recursos Institucionales del PNUD)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0092465B" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (en inglés)</w:t>
+      </w:r>
+      <w:r w:rsidR="0085155C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB110CD" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FDE7844" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="3FDE7844" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Definición de Asociaciones con el PNUD</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54B8A2D7" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="54B8A2D7" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="20"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A4BFFA6" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="4A4BFFA6" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Una asociación con el PNUD es un compromiso voluntario y colaborativo entre el PNUD y una o más partes. Juntos, trabajan para lograr objetivos comunes en línea con los objetivos de desarrollo generales respaldados por el PNUD. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="609B7292" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="609B7292" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="46874120" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46874120" w14:textId="55026566" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="4DDA4CA7" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Las partes deben acordar respetar los valores y las políticas centrales del mandato del PNUD y maximizar el uso efectivo de los recursos, incluso mediante</w:t>
+      </w:r>
+      <w:r w:rsidR="005502CE" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cuidadosa</w:t>
+      </w:r>
+      <w:r w:rsidR="006B30C7" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B235AE" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>identificación, evaluación y gestión</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de riesgos, responsabilidades, competencias profesionales y beneficios. Pueden brindar oportunidades de innovación y logros que podrían no ser posibles si el PNUD o su asociado trabajaran solos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DDA4CA7" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ABB8F50" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="4ABB8F50" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Principios de Asociación </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1875D871" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="00627EFF" w:rsidRDefault="0032362B" w:rsidP="00B36788">
+    <w:p w14:paraId="1875D871" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="007E24CE" w:rsidRDefault="0032362B" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="21"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BFD1B7F" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="7BFD1B7F" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="21"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Todas las asociaciones se deben articular claramente y se deben desarrollar conjuntamente con base en lo siguiente:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3814DD09" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="3814DD09" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Integridad;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13706C87" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00F258B1">
+    <w:p w14:paraId="13706C87" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00F258B1">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5B002ABE" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B002ABE" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>No exclusividad ni ventaja desleal;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3074A19A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="3074A19A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="05685DFA" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05685DFA" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Funciones y responsabilidades claramente definidas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE9E8CF" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="0FE9E8CF" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1B950E64" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B950E64" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Enfoque mutuo en la entrega de resultados de desarrollo;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4055C6DA" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="4055C6DA" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="35BA7FB3" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35BA7FB3" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedicación a los resultados acordados; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EC1BC16" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="4EC1BC16" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="79596B76" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79596B76" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Buena relación costo-eficacia; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="767C750A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="767C750A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1FA3057C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FA3057C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Expectativas realistas; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C161B78" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="4C161B78" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0728B7FE" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0728B7FE" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Una perspectiva de mediano a largo plazo;  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4027463E" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="4027463E" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3DBE907D" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DBE907D" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Intereses institucionales y valores de organización subyacentes; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52B9EEB0" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="52B9EEB0" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4206C9A1" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4206C9A1" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Alineación con las prioridades y los procesos del PNUD; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1971EA5A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="1971EA5A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="42382F66" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42382F66" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Ausencia de avales; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="007F3872" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="007F3872" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2BA51F78" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BA51F78" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Imparcialidad, transparencia y rendición de cuentas;  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78B4FEF5" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="78B4FEF5" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="52A5E378" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52A5E378" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribución de beneficios; y </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41144863" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="41144863" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4229D6FB" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4229D6FB" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Beneficio de asociación. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A292CEE" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="5A292CEE" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="22"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78AD86D1" w14:textId="6B78BD7C" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="78AD86D1" w14:textId="6B78BD7C" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">El PNUD no puede formar asociaciones con organizaciones involucradas formal o informalmente en actividades incoherentes con la </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00C41EDB">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Carta de las Naciones Unidas</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="3419F065" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o más allá del mandato del PNUD. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Las discusiones con los asociados posibles deben establecer claramente este punto desde el primer momento. Además de los principios establecidos anteriormente, todas las asociaciones del PNUD deben cumplir con lo siguiente: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3419F065" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62281EE4" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="62281EE4" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Normas y estándares expresados en la Asamblea General, el Consejo Económico y Social, y </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3836069E" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00272D8F">
+    <w:p w14:paraId="3836069E" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00272D8F">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0BA8A38F" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00272D8F">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BA8A38F" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00272D8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Resoluciones o decisiones de la Junta Ejecutiva del PNUD;        </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F97555A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="5F97555A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="67D5456A" w14:textId="150A6A09" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="009008AD">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67D5456A" w14:textId="150A6A09" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="009008AD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">El Marco Regulatorio del PNUD (Reglamento Financiero y Reglamentación Financiera Detallada del PNUD y la Política de Diligencia Debida del Sector Privado);  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BD4DC8E" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="7BD4DC8E" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="301E26C1" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="301E26C1" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Especificaciones de indemnización;        </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FC174A3" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00F258B1">
+    <w:p w14:paraId="0FC174A3" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00F258B1">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0BA43F60" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BA43F60" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Derechos de propiedad intelectual, incluso aquellos relacionados con el uso del nombre y el logotipo del PNUD. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="371FF528" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="371FF528" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="600CCA9C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00B0138E" w:rsidP="00B36788">
+    <w:p w14:paraId="600CCA9C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00B0138E" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Evaluación de Asociaciones</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65C59CA9" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="65C59CA9" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="21"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6917DF00" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="593CBB89" w14:textId="01A355D2" w:rsidR="00B235AE" w:rsidRPr="007E24CE" w:rsidRDefault="00B235AE" w:rsidP="00B235AE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Al iniciar cualquier asociación, el personal debería asegurarse de que ellos y el asociado realicen un proceso de desarrollo y evaluación conjunto que construya una relación de trabajo abierta. Es importante que el personal del PNUD aclare y articule los objetivos y expectativas de desarrollo, así como que comprenda los de los socios potenciales. El personal debe asegurarse de seguir un enfoque que fomente la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>cocreación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y una relación de trabajo abierta y transparente. En este sentido, los PCAP permiten al personal del PNUD comprender mejor el ecosistema de asociaciones y las prioridades de los socios en el país y en el área temática de interés. Cada Documento de Programa de País requiere un PCAP (relacionado con el POPP </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>aquí</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) y nota de orientación disponible en la Kit de herramientas de movilización de recursos (RM </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Toolkit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>aquí</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004659FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004659FB" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(en inglés</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421D4B1D" w14:textId="77777777" w:rsidR="00B235AE" w:rsidRPr="007E24CE" w:rsidRDefault="00B235AE" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6917DF00" w14:textId="722019BA" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="53D2FA82" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El proceso de evaluación debe plantear cuestiones y preocupaciones que podrían requerir mayor revisión, para asegurar una diligencia debida exhaustiva. Debe establecer una hoja de ruta de salvaguardias adecuadas y límites definidos, al mismo tiempo que permite alcance para un compromiso innovador y abierto. Debe incluir una justificación, con base en un análisis sólido, sobre por qué el PNUD debería o no debería llevar a cabo la asociación.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D2FA82" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69149418" w14:textId="54E1CF76" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="69149418" w14:textId="54E1CF76" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Dados los costos inevitables de </w:t>
       </w:r>
-      <w:r w:rsidR="0DE98FDA" w:rsidRPr="02044E61">
-        <w:rPr>
+      <w:r w:rsidR="0DE98FDA" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">gestión y </w:t>
       </w:r>
-      <w:r w:rsidRPr="02044E61">
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">transacción involucrados en las asociaciones, todos deberían aspirar a lograr beneficios claros para el PNUD y sus integrantes. Durante la negociación de un acuerdo de asociación, el PNUD y sus asociados deben articular los diferentes tipos y niveles de beneficios que cada uno espera como resultado. Todas las asociaciones deberían ser evaluadas en función de su posibilidad de entregar estos beneficios y deberían ser revisadas regularmente para asegurar que se estén logrando los beneficios.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55824159" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="55824159" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="22"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0111CB01" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="0111CB01" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Del lado del PNUD, los beneficios deben tener las siguientes características: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A58669" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="22A58669" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Contribuir a la misión básica, el mandato y el logro de los resultados de desarrollo del PNUD; y </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43222198" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="00627EFF" w:rsidRDefault="0032362B" w:rsidP="0032362B">
+    <w:p w14:paraId="43222198" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="007E24CE" w:rsidRDefault="0032362B" w:rsidP="0032362B">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0F6F9316" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F6F9316" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Complementar la capacidad del PNUD de hacer lo siguiente: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="466A5A1B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="466A5A1B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Entregar conocimientos técnicos/generar conocimiento;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="790F909A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="790F909A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="652B5922" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="652B5922" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Acceder a recursos o movilizarlos; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B074A7D" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="4B074A7D" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="71C16EC8" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71C16EC8" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Ejecutar programas y proyectos;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C3D28A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="24C3D28A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="0770B08F" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0770B08F" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Supervisar resultados y asegurar la rendición de cuentas; y/o </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="093208D0" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="093208D0" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="5F88C324" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F88C324" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="2610"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Promover la creatividad, la innovación y el cambio.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CB32308" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="00627EFF" w:rsidRDefault="0032362B" w:rsidP="0032362B">
+    <w:p w14:paraId="1CB32308" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="007E24CE" w:rsidRDefault="0032362B" w:rsidP="0032362B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="280" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="2610" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="1F53B36A" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F53B36A" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Las asociaciones del PNUD deberían promover y/o mejorar el trabajo del PNUD en una o más de las áreas siguientes: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6916A440" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="6916A440" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Liderazgo del programa; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A814AD" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="24A814AD" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="73ED2610" w14:textId="77777777" w:rsidR="00DC4033" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00DC4033">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73ED2610" w14:textId="77777777" w:rsidR="00DC4033" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00DC4033">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Entrega de resultados del programa; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="073E620D" w14:textId="77777777" w:rsidR="00DC4033" w:rsidRPr="00627EFF" w:rsidRDefault="00DC4033" w:rsidP="00DC4033">
+    <w:p w14:paraId="073E620D" w14:textId="77777777" w:rsidR="00DC4033" w:rsidRPr="007E24CE" w:rsidRDefault="00DC4033" w:rsidP="00DC4033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="4565773A" w14:textId="615423C5" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00DC4033">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4565773A" w14:textId="615423C5" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00DC4033">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Coherencia del programa; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="609BB43A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="609BB43A" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="505E02D7" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="505E02D7" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Cooperación y acceso a la red; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="419FCFEA" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="419FCFEA" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2AF82DBC" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AF82DBC" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Influencia sobre las políticas a favor de los pobres;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DFF4417" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="0DFF4417" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="14E3E214" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14E3E214" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Logro de los Objetivos de Desarrollo Sostenible; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0564C3D4" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="0564C3D4" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="05B95617" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05B95617" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Mejora de la reputación (hacia el PNUD como un «asociado de elección»); y/o </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32285B11" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="32285B11" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="513A632E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="513A632E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Reconocimiento (marca) y visibilidad de los resultados. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47FBCAE8" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="47FBCAE8" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21A3EF0A" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="27C87E5D" w14:textId="77777777" w:rsidR="00181A0D" w:rsidRDefault="00181A0D" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F88D16C" w14:textId="77777777" w:rsidR="00181A0D" w:rsidRDefault="00181A0D" w:rsidP="00B36788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="048BEC88" w14:textId="77777777" w:rsidR="00181A0D" w:rsidRDefault="00181A0D" w:rsidP="00B36788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5168C99A" w14:textId="77777777" w:rsidR="00181A0D" w:rsidRDefault="00181A0D" w:rsidP="00B36788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BF1109C" w14:textId="77777777" w:rsidR="00181A0D" w:rsidRDefault="00181A0D" w:rsidP="00B36788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21A3EF0A" w14:textId="5487D680" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00EE4178" w:rsidP="00B36788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Revisión de riesgos </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2916146C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+        <w:lastRenderedPageBreak/>
+        <w:t>Gestión</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de riesgos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2916146C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="22"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F1A3924" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="4F1A3924" w14:textId="5C1D7424" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="3C0F05FA" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Junto con los beneficios posibles, el PNUD debe evaluar los riesgos de asociaciones potenciales y articular las formas de gestionarlos y </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4759" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>mitigarlos</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4759" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidR="008C4759" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>. Téngase en cuenta que, para las asociaciones con entidades del sector privado, incluidas las empresas estatales</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4759" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidR="008C4759" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, se requiere la aplicación de la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00EC7733">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Política de diligencia debida y asociación con el sector privado</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008C4759" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Los riesgos posibles pueden incluir lo siguiente:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C0F05FA" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="276510E1" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="276510E1" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Distracción del PNUD de su misión básica, por ejemplo: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B453F08" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="6B453F08" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Extensión más allá del mandato del PNUD;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A90180E" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="5A90180E" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:firstLine="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="64F7BE8E" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64F7BE8E" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Pérdida de enfoque programático y/o coherencia;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F5635E4" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="0F5635E4" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="795E194E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="795E194E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Duplicación de esfuerzos; y</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29FDCF5B" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="29FDCF5B" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0908A004" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0908A004" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Falta de coordinación interna y/o externa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AEF77A5" w14:textId="77777777" w:rsidR="000F12D8" w:rsidRPr="00627EFF" w:rsidRDefault="000F12D8" w:rsidP="00B36788">
+    <w:p w14:paraId="2AEF77A5" w14:textId="77777777" w:rsidR="000F12D8" w:rsidRPr="007E24CE" w:rsidRDefault="000F12D8" w:rsidP="00B36788">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="1800" w:right="55"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3FCDC5A4" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FCDC5A4" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Imposibilidad de cumplir compromisos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5423F01B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="5423F01B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Inversión de tiempo demasiado ambiciosa;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01BF1940" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="01BF1940" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="1800"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1B384CC5" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B384CC5" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Implicaciones financieras, como falta de capacidad financiera y/o costos prohibitivos;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59E5F4F6" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="59E5F4F6" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="65F37893" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65F37893" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Falta de capacidad suficiente del PNUD o el asociado; y/o</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48659F3B" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="48659F3B" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7D9A6FA0" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D9A6FA0" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Situaciones volátiles que puedan cambiar por las circunstancias políticas/de crisis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28B93B1F" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="28B93B1F" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="651DE09D" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="651DE09D" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Consecuencias externas no intencionadas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="463EC465" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="463EC465" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Falta de comprensión de la motivación real de la asociación;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71013CF7" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="71013CF7" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="1800"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="578CCD9C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="578CCD9C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Interfaz con procesos nacionales; y/o</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FB8B981" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="4FB8B981" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7CB16FEA" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CB16FEA" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Aval inadvertido del asociado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E1F4CFC" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="3E1F4CFC" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="51D92574" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51D92574" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Compromisos de reputación:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="127EBF0A" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="127EBF0A" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Neutralidad de la ONU;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2373ABB1" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="2373ABB1" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="1800"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="278E5C9A" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="278E5C9A" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Riesgos políticos incluso de relaciones con el Gobierno;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B83355F" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="00627EFF" w:rsidRDefault="00261E71" w:rsidP="00261E71">
+    <w:p w14:paraId="1B83355F" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00261E71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="13A3448C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13A3448C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Riesgos sociales y del medio ambiente.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="798969D3" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="798969D3" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="2520"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="27ADC1FC" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27ADC1FC" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:ind w:left="10" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Definición de las expectativas de los asociados del PNUD </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FF79D9D" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="4FF79D9D" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="23"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69666B4C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="69666B4C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Las asociaciones deberían ser mutuamente beneficiosas. Los asociados tienen el derecho de esperar que el PNUD:   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192F2598" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="192F2598" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="20"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A2E40D3" w14:textId="104C6CF6" w:rsidR="0032362B" w:rsidRPr="001A5FEA" w:rsidRDefault="00DF4ECD" w:rsidP="001A5FEA">
+    <w:p w14:paraId="6A2E40D3" w14:textId="104C6CF6" w:rsidR="0032362B" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="001A5FEA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Solo se comprometa en asociaciones cuando tenga la capacidad de cumplir sus obligaciones y ser responsable por ellas.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B79DA96" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="0B79DA96" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Honre sus compromisos y actúe de manera transparente y responsable. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C3A20E" w14:textId="75E0C166" w:rsidR="0032362B" w:rsidRPr="001A5FEA" w:rsidRDefault="00DF4ECD" w:rsidP="001A5FEA">
+    <w:p w14:paraId="50C3A20E" w14:textId="75E0C166" w:rsidR="0032362B" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="001A5FEA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Cumpla con todos los mandatos estipulados en la Revisión Cuadrienal Amplia de la Política; toda la legislación, las resoluciones y las decisiones de la Asamblea General, el Consejo Económico y Social y la Junta Ejecutiva del PNUD; y las decisiones inter</w:t>
       </w:r>
-      <w:r w:rsidR="5270D94D" w:rsidRPr="02044E61">
-        <w:rPr>
+      <w:r w:rsidR="5270D94D" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>-Agencias</w:t>
       </w:r>
-      <w:r w:rsidRPr="02044E61">
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, tales como aquellas del Grupo de las Naciones Unidas para el Desarrollo, el Comité de Alto Nivel sobre Programas y el Comité de Alto Nivel sobre Gestión.     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C2CD251" w14:textId="4A685699" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="4C8E750B" w:rsidP="00527A5C">
+    <w:p w14:paraId="7C2CD251" w14:textId="4A685699" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="4C8E750B" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="9" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>El PNUD h</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4ECD" w:rsidRPr="02044E61">
-        <w:rPr>
+      <w:r w:rsidR="00DF4ECD" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ará su mejor esfuerzo para maximizar los beneficios de asociación. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E8D6875" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="5E8D6875" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71ED343B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00B0138E" w:rsidP="00B36788">
+    <w:p w14:paraId="71ED343B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00B0138E" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Formalización de Asociaciones  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33F9B292" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00547257">
+    <w:p w14:paraId="33F9B292" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00547257">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D445DB0" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="0D445DB0" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Una vez que concluye la fase de evaluación, si el PNUD y su asociado potencial identifican entregables sustantivos y desean establecer una asociación para lograrlos, el personal debe identificar y utilizar el instrumento de asociación apropiado. Todos los instrumentos de evaluación deben cumplir con el reglamento, la reglamentación, las políticas y los procedimientos del PNUD. El personal también debe asegurarse de que se establezcan mecanismos de supervisión y medición.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12CAE9D4" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="00627EFF" w:rsidRDefault="0032362B" w:rsidP="0032362B">
+    <w:p w14:paraId="12CAE9D4" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="007E24CE" w:rsidRDefault="0032362B" w:rsidP="0032362B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="40" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="0D792909" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D792909" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="7C27E887" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cuando las asociaciones cumplen con los principios de asociación, el PNUD ha evaluado los riesgos y los beneficios. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F02775">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Si no hay entregables programáticos, financieros o de operaciones/servicios, la asociación no requiere un instrumento de asociación formal.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C27E887" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="21"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22106DF8" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="02E7F82D" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Registro y seguimiento de oportunidades de asociación</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="182877EB" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E1F7C0B" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7945AAD5" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="225FB54F" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4984ABE8" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E91308B" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27C68457" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E80E502" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4406EA14" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="669FA7CE" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0661A2F5" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46FCD543" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27827896" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1147BA68" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="714F563C" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67367863" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A4847B8" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="638D343C" w14:textId="465AE56D" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Todas las direcciones del PNUD que participen en negociaciones de asociaciones con o sin financiación deben registrar y dar seguimiento a sus oportunidades de asociación desde su inicio en Quantum+ UNITY, de conformidad con la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>política de Gestión de la Cartera de Proyectos (Pipeline Management Policy) del PNUD</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005A0B32">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (en inglés). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B19C5AD" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66C15C8E" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Quantum+ UNITY es la plataforma de Gestión de Relaciones con los Socios (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Partner</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Relationship</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Management) del PNUD y funciona como un repositorio digital integral para todas las negociaciones, acuerdos y asociaciones activas e históricas, tanto con financiación como sin ella, así como para las evaluaciones de riesgo del sector privado. Quantum+ UNITY proporciona acceso en tiempo real a información global sobre negociaciones de asociación en las oficinas de país, oficinas regionales y departamentos de la sede del PNUD.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2308A435" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D9038F5" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>La plataforma facilita la comunicación bidireccional y en tiempo real entre las oficinas de país y la sede, optimizando la gestión de asociaciones y reduciendo los costos de transacción. UNITY permite a las unidades gestionar las negociaciones con socios desde la identificación de la oportunidad hasta la firma, presentar acuerdos financieros al GSSC, mantener proyecciones de financiación precisas, realizar evaluaciones de riesgo del sector privado y mantener actualizadas las notas informativas, los perfiles de socios, las listas de contactos y los registros de comunicación. Asimismo, respalda los calendarios de presentación de informes a los donantes y otras tareas críticas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E5CF38" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360" w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B4B645F" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>UNITY se utiliza en todas las direcciones del PNUD para prever eficazmente la financiación mediante el uso de datos de más de 170 unidades operativas en todo el mundo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64CEF00A" w14:textId="77777777" w:rsidR="00301819" w:rsidRPr="007E24CE" w:rsidRDefault="00301819" w:rsidP="00B36788">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:ind w:left="10" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="22106DF8" w14:textId="4A0960AF" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="10" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve">Elección del instrumento de asociación correcto </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B577E5C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+    <w:p w14:paraId="6B577E5C" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="20"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16978344" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="16978344" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00301819">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El PNUD usa varios instrumentos de asociación estándar: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D937449" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D5372B" w14:textId="28206F6D" w:rsidR="00290363" w:rsidRPr="007E24CE" w:rsidRDefault="00290363" w:rsidP="00290363">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Acuerdo Marco de Asociación (AMA):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Un Acuerdo Marco de Asociación (AMA) es un documento formal de alto nivel acordado a nivel corporativo que establece los términos y condiciones generales para la colaboración estratégica a largo plazo entre dos o más organizaciones. El AMA describe los principios, prioridades y directrices comunes que rigen la asociación, garantizando la alineación de los objetivos mutuos y fomentando una relación de colaboración. Las características principales incluyen: 1) que es estratégico y global, ya que sirve como marco fundacional que define la intención estratégica de la colaboración y establece las áreas amplias de enfoque; 2) que define objetivos comunes al establecer metas compartidas y puede priorizar áreas específicas de trabajo conjunto y/o financiación; y 3) que puede servir como base para instrumentos adicionales de asociación o financiación, como los Acuerdos de Contribución (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>Cost</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>Sharing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>Agreements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>AMAs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> existentes pueden consultarse </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>aquí</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0040213C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0040213C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(en inglés).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37ADC7C2" w14:textId="77777777" w:rsidR="00290363" w:rsidRPr="007E24CE" w:rsidRDefault="00290363" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CE0F148" w14:textId="527A44C9" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Memorando de Entendimiento Corporativo  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19974D1B" w14:textId="18FC7158" w:rsidR="003542AD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Memorando de Entendimiento (</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00AC669C" w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>MdE</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0040213C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(en inglés) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">es una declaración general de intención y compromiso entre los asociados. Articula los antecedentes legislativos, los principios generales y el enfoque de la posible cooperación en busca de objetivos comunes. Sirve como el marco general para toda la cooperación a nivel mundial, regional y de país. Los acuerdos de implementación a nivel país específicos están subordinados a los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AC669C" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>MdE</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y se usan para condiciones específicas de trabajo. El PNUD tiene diferentes plantillas para Gobiernos, entidades de las Naciones Unidas, el sector privado, organizaciones no gubernamentales y de la sociedad civil, instituciones educativas y fundaciones. </w:t>
+      </w:r>
+      <w:r w:rsidR="0005562B" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las empresas de propiedad estatal se consideran asociados del sector privado. NOTA: para las asociaciones con entidades del sector privado, incluidas las </w:t>
+      </w:r>
+      <w:r w:rsidR="0005562B" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>empresas de propiedad estatal</w:t>
+      </w:r>
+      <w:r w:rsidR="0005562B" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidR="0005562B" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, se requiere la aplicación de la Política de diligencia debida. Véanse los detalles en la sección sobre Asociaciones con el Sector Privado del POPP. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AC669C" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>MdE</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no es un instrumento financiero y, por lo tanto, el PNUD no lo puede utilizar para hacer contribuciones a los asociados o recibir contribuciones </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC20B2" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en efectivo o en especie de </w:t>
+      </w:r>
+      <w:r w:rsidR="00181A0D" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>los.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3937149A" w14:textId="77777777" w:rsidR="003542AD" w:rsidRPr="007E24CE" w:rsidRDefault="003542AD" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="2161" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C952C0D" w14:textId="5D3B3BCE" w:rsidR="00FF4900" w:rsidRPr="007E24CE" w:rsidRDefault="00AC669C" w:rsidP="00527A5C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Todos los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>MdE</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> firmados deben almacenarse en el módulo Acuerdos de UNITY, que es el repositorio central de acuerdos no financieros del PNUD. Todos los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>MdE</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cargados en UNITY son accesibles para todo el personal del PNUD en el </w:t>
+      </w:r>
+      <w:r w:rsidR="0036664C" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sitio </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="0036664C" w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Sharepoint</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="0036664C" w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> de la Biblioteca de Acuerdos No Financieros de BERA</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0040213C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (en inglés).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="336610EE" w14:textId="77777777" w:rsidR="001A2DE7" w:rsidRPr="007E24CE" w:rsidRDefault="001A2DE7" w:rsidP="001A2DE7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Declaración de Intención </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA44E4E" w14:textId="127A9B30" w:rsidR="001A2DE7" w:rsidRPr="007E24CE" w:rsidRDefault="001A2DE7" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:hanging="450"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="statement-of-intent-%28soi%29" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Declaración de Intención (</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>SoI</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00170AA9" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(en inglés) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">es un instrumento informal, utilizado principalmente con fines de visibilidad. Es una expresión de intención de acordar la definición de una futura colaboración. Si las partes desean formalizar una colaboración específica que ya está definida, se debe utilizar el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>MdE</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Memorando de Entendimiento), no la DI. La DI no puede utilizarse para recibir ni transferir dinero ni para acordar actividades específicas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="535CE9FD" w14:textId="77777777" w:rsidR="001A2DE7" w:rsidRPr="007E24CE" w:rsidRDefault="001A2DE7" w:rsidP="001A2DE7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E897F3B" w14:textId="77777777" w:rsidR="001A2DE7" w:rsidRPr="007E24CE" w:rsidRDefault="001A2DE7" w:rsidP="001A2DE7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>Acuerdo de Confidencialidad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE2B89F" w14:textId="77777777" w:rsidR="001A2DE7" w:rsidRPr="007E24CE" w:rsidRDefault="001A2DE7" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160" w:hanging="450"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Acuerdos de Confidencialidad</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (en inglés) pueden utilizarse con contrapartes que los exijan como condición para iniciar conversaciones relacionadas con el desarrollo de una posible relación. Las plantillas del NDA están disponibles aquí.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E8CCCA5" w14:textId="77777777" w:rsidR="00CF2ECF" w:rsidRPr="00F02775" w:rsidRDefault="00CF2ECF" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="373DFB4E" w14:textId="0AF5B0D0" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instrumentos de Programación       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FDEBB32" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="007E24CE" w:rsidRDefault="0032362B" w:rsidP="0032362B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="593F9A36" w14:textId="77777777" w:rsidR="00E86228" w:rsidRPr="007E24CE" w:rsidRDefault="00E86228" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="630"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>Existen varios tipos de asociados programáticos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="780BE075" w14:textId="2BA4F838" w:rsidR="00E86228" w:rsidRPr="007E24CE" w:rsidRDefault="00E86228" w:rsidP="00E86228">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Asociado en la Ejecución (IP)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: responsable de implementar un proyecto asumiendo la plena responsabilidad y rendición de cuentas por el uso efectivo de los recursos del PNUD y la entrega de los productos establecidos en el documento de proyecto o de cartera. El papel del AE está definido </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="005B6B66">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>aquí</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AAED658" w14:textId="41E43189" w:rsidR="00E86228" w:rsidRPr="007E24CE" w:rsidRDefault="00E86228" w:rsidP="00E86228">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Partes Res</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>p</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>onsables (PR)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: seleccionadas por un AE para llevar a cabo actividades del proyecto o intervenciones de cartera y/o producir resultados utilizando el presupuesto del proyecto o de la cartera. Las PR son directamente responsables ante el AE. El papel de la PR está definido </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidR="00C921CD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>aquí</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2061F943" w14:textId="5BD18AF0" w:rsidR="00E86228" w:rsidRPr="007E24CE" w:rsidRDefault="00E86228" w:rsidP="00E86228">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Beneficiarios de Subvenciones</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: receptores de subvenciones a través de acuerdos de subvención de bajo valor. El papel del beneficiario está definido </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidR="00852C93">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>aquí</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00852C93" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0B2D5E" w14:textId="77777777" w:rsidR="00E86228" w:rsidRPr="007E24CE" w:rsidRDefault="00E86228" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2161" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F4429C8" w14:textId="77777777" w:rsidR="00A37661" w:rsidRPr="007E24CE" w:rsidRDefault="00A37661" w:rsidP="00527A5C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EC06186" w14:textId="753A9695" w:rsidR="0052321D" w:rsidRPr="007E24CE" w:rsidRDefault="00A37661" w:rsidP="00527A5C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F02775">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Los siguientes acuerdos se emiten para la participación del Socio Implementador</w:t>
+      </w:r>
+      <w:r w:rsidR="003B3BFE" w:rsidRPr="00F02775">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15EF77ED" w14:textId="77777777" w:rsidR="003B3BFE" w:rsidRPr="007E24CE" w:rsidRDefault="003B3BFE" w:rsidP="003B3BFE">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1801" w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid1"/>
+        <w:tblW w:w="9355" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2015"/>
+        <w:gridCol w:w="3147"/>
+        <w:gridCol w:w="4193"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008B3B32" w:rsidRPr="007E24CE" w14:paraId="38B9D5E3" w14:textId="77777777" w:rsidTr="00F02775">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B7C5428" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="007E24CE" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Categoría</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del Socio </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Implementador</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB55B66" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="007E24CE" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Documentos </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>requeridos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67801BDD" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="007E24CE" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Firmas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3B32" w:rsidRPr="007E24CE" w14:paraId="3CE37B84" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4F2ED2" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="007E24CE" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Entidad</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>gubernamental</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14C40176" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Documento de proyecto y/o documento de cartera</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E78D72C" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="007E24CE" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La autoridad gubernamental </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:footnoteReference w:id="5"/>
+            </w:r>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de coordinación del desarrollo, el socio implementador y el PNUD firman el documento de proyecto y/o el documento de cartera. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">En </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>una</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>cartera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>cada</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> socio </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>implementador</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>el</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PNUD </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>firman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>el</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Plan de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Trabajo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Plurianual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (MYWP).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3B32" w:rsidRPr="007E24CE" w14:paraId="34869577" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E064A32" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="007E24CE" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>PNUD (DIM)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="525958CC" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Documento de proyecto y/o documento de cartera</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48B07508" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="007E24CE" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La autoridad gubernamental de coordinación del desarrollo y el PNUD firman el documento de proyecto y/o el documento de cartera. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">En </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>una</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>cartera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>el</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PNUD </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>firma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>el</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MYWP.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3B32" w:rsidRPr="007E24CE" w14:paraId="33D654D7" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A20BCBD" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Otra agencia de las Naciones Unidas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44F57594" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="008B3B32">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:ind w:left="432"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Si existe un Acuerdo Básico Normalizado de Agencia Ejecutora (SBEAA), documento de proyecto y/o documento de cartera</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17AC7D38" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F4C87A3" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="007E24CE" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">O BIEN </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45FC5E31" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="007E24CE" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:ind w:left="432"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DB65FCE" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="008B3B32">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:ind w:left="432"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Si no existe un SBEAA, un Acuerdo de Cooperación de Proyecto/Cartera con el documento de proyecto y/o documento de cartera adjunto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58865227" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="008B3B32">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:ind w:left="342"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Si existe un SBEAA firmado entre el PNUD y la agencia de la ONU, la autoridad gubernamental de coordinación del desarrollo, el PNUD y la agencia de la ONU firman el documento de proyecto y/o documento de cartera. En una cartera, la otra agencia de la ONU y el PNUD firman el MYWP.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="340A86CC" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:ind w:left="342"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12E217C7" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="008B3B32">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:ind w:left="342"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>La agencia de la ONU y el PNUD firman el Acuerdo de Cooperación de Proyecto (PCA); la autoridad gubernamental de coordinación del desarrollo y el PNUD firman el documento de proyecto y/o el documento de cartera. En una cartera, la otra agencia de la ONU y el PNUD firman el MYWP.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06B6F4B4" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:ind w:left="342" w:hanging="342"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3B32" w:rsidRPr="007E24CE" w14:paraId="61BE9D37" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40817F77" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="007E24CE" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Organización </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>intergubernamental</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4303DD62" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="008B3B32">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:ind w:left="432"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Si existe un SBEAA, documento de proyecto y/o documento de cartera </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0650DAB0" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:ind w:left="432"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66E23C7F" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="007E24CE" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">O BIEN </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1037B493" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="007E24CE" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:ind w:left="432"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4417161D" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="008B3B32">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:ind w:left="432"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Si no existe un SBEAA, un Acuerdo de Cooperación de Proyecto/Cartera con el documento de proyecto y/o documento de cartera adjunto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44B81E8B" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="008B3B32">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:ind w:left="342"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Si existe un SBEAA firmado entre el PNUD y la organización, la autoridad gubernamental de coordinación del desarrollo, el PNUD y la organización intergubernamental firman el documento de proyecto y/o el </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">documento de cartera. En una cartera, la organización y el PNUD firman el MYWP. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66788353" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:ind w:left="-18"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3852F646" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="008B3B32">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:ind w:left="342"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>La organización y el PNUD firman el Acuerdo de Cooperación de Proyecto/Cartera; la autoridad gubernamental de coordinación del desarrollo y el PNUD firman el documento de proyecto y/o el documento de cartera. En una cartera, la organización y el PNUD firman el MYWP.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3B32" w:rsidRPr="007E24CE" w14:paraId="59B48CEA" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68A23340" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="007E24CE" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Organización de la </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>sociedad</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> civil / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>organización</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> no </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>gubernamental</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31950A26" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Un Acuerdo de Cooperación de Proyecto/Cartera (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://popp.undp.org/es/documento/acuerdo-de-cooperacion-de-proyectocartera-con-un-asociado-en-la-ejecucion"</w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>PCA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>) con el documento de proyecto y/o documento de cartera adjunto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DB31CDC" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La organización y el PNUD firman el Acuerdo de Cooperación de Proyecto/Cartera; el documento de proyecto y/o el documento de cartera (firmado por la autoridad gubernamental de coordinación del desarrollo y el PNUD) se adjunta al PCA. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B670196" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="00726A00">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>En una cartera, la organización y el PNUD firman el MYWP.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="17857B12" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76CF1F47" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Para que el PNUD contrate a los asociados como Parte Responsable, se debe utilizar la plantilla correspondiente según el tipo de organización. Esto incluye las siguientes:. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02EFDA69" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="469AAC1C" w14:textId="3F1B786F" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F02775">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tabla 2. Instrumentos jurídicos utilizados por el PNUD para involucrar a una Parte </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3BFE" w:rsidRPr="00F02775">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Responsible</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F954AD5" w14:textId="77777777" w:rsidR="003B3BFE" w:rsidRPr="00F02775" w:rsidRDefault="003B3BFE" w:rsidP="00C54774">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3505"/>
+        <w:gridCol w:w="5660"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C54774" w:rsidRPr="007E24CE" w14:paraId="00B1F065" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36C99055" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tipo de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>institución</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DB2D568" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:bidi="es-ES"/>
+              </w:rPr>
+              <w:t>Acuerdo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C54774" w:rsidRPr="007E24CE" w14:paraId="68AD0B31" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="455FFEAD" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Ministerio</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> o </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>institución</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>gubernamental</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB9FE3B" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidRPr="00F02775">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="it-IT"/>
+                </w:rPr>
+                <w:t>Carta de acuerdo (LOA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="105AD209" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Para Pagos basados en el desempeño:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07386A61" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r w:rsidRPr="00F02775">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="da-DK"/>
+                </w:rPr>
+                <w:t>Acuerdo de pagos basados en el desempeño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en inglés)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A55CD2E" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r w:rsidRPr="00F02775">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="da-DK"/>
+                </w:rPr>
+                <w:t>Acuerdo de pagos basados en el desempeño de bajo valor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en inglés)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C54774" w:rsidRPr="007E24CE" w14:paraId="19D0C663" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51933A74" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Organización intergubernamental (no perteneciente a la ONU)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18366450" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r w:rsidRPr="00F02775">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="it-IT"/>
+                </w:rPr>
+                <w:t>Carta de acuerdo (LOA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="79B30150" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Para Pagos basados en el desempeño:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6346595D" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r w:rsidRPr="00F02775">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="da-DK"/>
+                </w:rPr>
+                <w:t>Acuerdo de pagos basados en el desempeño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en inglés)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CDF3601" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r w:rsidRPr="00F02775">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="da-DK"/>
+                </w:rPr>
+                <w:t>Acuerdo de pagos basados en el desempeño de bajo valor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en inglés)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A278973" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C54774" w:rsidRPr="007E24CE" w14:paraId="1FCA5A04" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="795793FC" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agencia de las </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Naciones</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unidas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FD52A73" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="007E24CE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>Acuerdo</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="007E24CE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> de </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="007E24CE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>transferencia</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="007E24CE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> entre </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="007E24CE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>agencias</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="007E24CE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> de las </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="007E24CE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>Naciones</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="007E24CE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> Unidas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>inglés</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C54774" w:rsidRPr="007E24CE" w14:paraId="6588BCE7" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:trHeight w:val="1043"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30EC15EF" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Organización de la </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>sociedad</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> civil (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>incluidas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ONG, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>instituciones</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>académicas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>fundaciones</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>empresas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>estatales</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C123A6D" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Para la selección por ventaja colaborativa, competencia o presupuesto fijo basado en calidad como Parte Responsable: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r w:rsidRPr="00F02775">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="it-IT"/>
+                </w:rPr>
+                <w:t>Acuerdo de la parte responsable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="1258682D" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Para Pagos </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>basados</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>el</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>desempeño</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64A1547F" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidRPr="00F02775">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="da-DK"/>
+                </w:rPr>
+                <w:t>Acuerdo de pagos basados en el desempeño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en inglés)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C337749" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r w:rsidRPr="00F02775">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="da-DK"/>
+                </w:rPr>
+                <w:t>Acuerdo de pagos basados en el desempeño de bajo valor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en inglés)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D73FB9D" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C54774" w:rsidRPr="007E24CE" w14:paraId="5DA361C4" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49C3E852" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Private sector</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB47C09" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00F02775">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="it-IT"/>
+                </w:rPr>
+                <w:t>Contrato para el suministro de bienes y/o la prestación de servicios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="560754D6" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Para Pagos </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>basados</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>el</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>desempeño</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="724E8169" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r w:rsidRPr="00F02775">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="da-DK"/>
+                </w:rPr>
+                <w:t>Acuerdo de pagos basados en el desempeño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en inglés)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48C79A05" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r w:rsidRPr="00F02775">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="da-DK"/>
+                </w:rPr>
+                <w:t>Acuerdo de pagos basados en el desempeño de bajo valor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en inglés)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C6C9BD7" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5FEA9429" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4542E1AE" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Tabla 3. Acuerdo jurídico utilizado para contratar al PNUD para prestar servicios de apoyo a un proyecto NIM y/o al Plan de Trabajo Anual del Portafolio (MYWP)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9404" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2145"/>
+        <w:gridCol w:w="2880"/>
+        <w:gridCol w:w="4379"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C54774" w:rsidRPr="007E24CE" w14:paraId="0F2A6195" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:trHeight w:val="455"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2145" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31D8A28F" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Asociado en la ejecución</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EE11353" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Propósito del acuerdo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BAF4D03" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Acuerdo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C54774" w:rsidRPr="007E24CE" w14:paraId="1690972A" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:trHeight w:val="1084"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2145" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67EE3D69" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Ministerio o institución gubernamental</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39B6CC65" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Contratar al PNUD para que proporcione servicios de apoyo a un proyecto NIM y/o Plan de Trabajo Plurianual (MYWP)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34CC2412" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r w:rsidRPr="007E24CE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>Carta de acuerdo entre el PNUD y un gobierno u OIG para desempeñar actividades cuando el PNUD preste servicios de apoyo a un proyecto/cartera sin modalidad de implementación directa (non-DIM)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4403EAD1" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6554357B" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Tabla 4. Acuerdos jurídicos utilizados por el PNUD para contratar Partes Responsables (PR) en el marco de los COS</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2087"/>
+        <w:gridCol w:w="3117"/>
+        <w:gridCol w:w="4126"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C54774" w:rsidRPr="007E24CE" w14:paraId="5DAE2EB8" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A949C8D" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Asociado en la ejecución</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6246CA80" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Propósito del acuerdo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50D38550" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Acuerdo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C54774" w:rsidRPr="007E24CE" w14:paraId="211D61F2" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E432ED1" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Ministerio o institución gubernamental</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7268104B" w14:textId="2B448F09" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00E35568" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Para que el PNUD contrate a una Parte Responsable (gobierno, institución u organización intergubernamental) en nombre del Socio Implementador en el marco del COS.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D45FD91" w14:textId="79389352" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r w:rsidR="003E40E2">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:color w:val="0070C0"/>
+                </w:rPr>
+                <w:t>Carta de acuerdo entre el PNUD y un asociado en la ejecución para la prestación de servicios de apoyo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7F433237" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FEA55C0" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2161" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BE884A2" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Para todos los acuerdos de Parte Responsable en los que el pago se realice únicamente después de la verificación del logro de un resultado de desarrollo medible acordado, véase la política sobre </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Pago Basado en el Desempeño</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. La política de Selección de Partes Responsables y Beneficiarios de Subvenciones está disponible </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>aquí</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52352B8B" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2161" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CD45487" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Los acuerdos de subvención (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Grants</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>agreements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>) para actividades relacionadas y no relacionadas con créditos se realizan para proveer fondos de subvención a organizaciones no gubernamentales y de la sociedad civil.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58BBA17F" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="312F78E7" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Tabla 5. Instrumentos utilizados por el PNUD para otorgar subvenciones de bajo valor</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9535" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1795"/>
+        <w:gridCol w:w="2435"/>
+        <w:gridCol w:w="5305"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C54774" w:rsidRPr="007E24CE" w14:paraId="18DA8479" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="053E01C0" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36D5CF55" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Beneficiario</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="437FCCA4" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Acuerdo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C54774" w:rsidRPr="007E24CE" w14:paraId="43F48150" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1218E815" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Subvención</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de bajo valor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="608C241A" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Para el beneficiario de la subvención </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>(organización de la sociedad civil u organización no gubernamental, institución académica)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B51D54E" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r w:rsidRPr="00F02775">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="da-DK"/>
+                </w:rPr>
+                <w:t>Acuerdos de Subvención De Bajo Valor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="0D7105B4" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C54774" w:rsidRPr="007E24CE" w14:paraId="5F083A07" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1611B960" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Subvención</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>sucesiva</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (On-granting)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41014D26" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Cláusulas que deben adjuntarse a los documentos de proyecto y/o de cartera o al PCA para los acuerdos de Socios Implementadores o Partes Responsables en el marco del DIM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69F98A43" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r w:rsidRPr="00F02775">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="it-IT"/>
+                </w:rPr>
+                <w:t>Cláusulas de subvención sucesiva aplicables a socios implementadores que no sean el PNUD</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en inglés) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="253A15EA" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4067893A" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r w:rsidRPr="00F02775">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:lang w:val="it-IT"/>
+                </w:rPr>
+                <w:t>Cláusulas de subvención sucesiva aplicables a las Partes Responsables en el marco del DIM</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (en inglés)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C54774" w:rsidRPr="007E24CE" w14:paraId="486EA32C" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59A71514" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79E087BD" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A ministerio o institución gubernamental, o a organización intergubernamental </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>como entidad otorgante de la subvención</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35C457F2" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Evaluación y aplicación completa del HACT para la subvención sucesiva; las cláusulas de subvención sucesiva se incorporan a la carta de acuerdo estándar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C54774" w:rsidRPr="007E24CE" w14:paraId="6ABC80FE" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5776BB08" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00F1F8E7" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A agencia de las Naciones Unidas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>como entidad otorgante de la subvención</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DE664F9" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Evaluación para la subvención sucesiva; las cláusulas de subvención sucesiva se incorporan al acuerdo entre agencias de las Naciones Unidas.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C54774" w:rsidRPr="007E24CE" w14:paraId="35FB2681" w14:textId="77777777" w:rsidTr="00726A00">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CAD8217" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="076482D4" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A organizaciones de la sociedad civil (incluidas organizaciones no </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">gubernamentales, instituciones académicas o entidades público-privadas) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>como entidad otorgante de la subvención</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35FBA3A8" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Evaluación y aplicación completa del HACT para la subvención sucesiva; las cláusulas de subvención sucesiva se incorporan a: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11C2370E" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Acuerdo de Parte Responsable para ventaja colaborativa. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62C6D173" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Para selección competitiva: contrato modelo de servicios profesionales. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="005E1FEB" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="00F02775" w:rsidRDefault="00C54774" w:rsidP="00726A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Para fondos comunes basados en país: acuerdo estándar de Parte Responsable para los CBPF (Country-Based Pooled Funds).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7F00FC2D" w14:textId="77777777" w:rsidR="00C54774" w:rsidRPr="007E24CE" w:rsidRDefault="00C54774" w:rsidP="00C54774">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28C14E67" w14:textId="77777777" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00261E71" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="218F58E5" w14:textId="77777777" w:rsidR="001B2EA8" w:rsidRPr="007E24CE" w:rsidRDefault="001B2EA8" w:rsidP="001B2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los desafíos de innovación solicitan ideas y soluciones para abordar los desafíos del desarrollo. Los desafíos de innovación: (a) a menudo incluyen a actores que no necesariamente se ven afectados por el desafío de desarrollo, pero que están bien posicionados para desarrollar soluciones, incluidos los actores del sector privado; (b) normalmente se limitan a la generación o prueba de ideas, pero no a su implementación; y (c) pueden otorgarse directamente por el/la titular de la oficina, de conformidad con la Política de Desafíos de Innovación, disponible </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>aquí</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E55875" w14:textId="77777777" w:rsidR="0032362B" w:rsidRPr="007E24CE" w:rsidRDefault="0032362B" w:rsidP="00F02775">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="717F716B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instrumentos de Financiación </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E4DA71" w14:textId="7EC2DED4" w:rsidR="00261E71" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00A366EA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="40" w:hanging="361"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>acuerdos de participación en los gastos</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="22C41BA3" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="22C41BA3" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Cost-sharing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="22C41BA3" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="22C41BA3" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>agreements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003E40E2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="22C41BA3" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">son instrumentos de financiación de asociados donantes que estipulan condiciones para la recepción, la administración, el uso y la presentación de informes de recursos para actividades específicas del PNUD. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>El PNUD tiene</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>plantillas de acuerdos específic</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85E2E" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para Gobiernos, entidades de las Naciones Unidas, el sector </w:t>
+      </w:r>
+      <w:r w:rsidR="008167BE" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>privado</w:t>
+      </w:r>
+      <w:r w:rsidR="008167BE" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r w:rsidR="008167BE" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, instituciones financieras internacionales (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008167BE" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>IFIs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008167BE" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organizaciones no gubernamentales y de la sociedad civil, y fundaciones</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD579E" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disponibles </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:history="1">
+        <w:r w:rsidR="00AD579E" w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>aquí</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003E40E2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="003E40E2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="003E40E2" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3BF6" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> El PNUD también ha concertado </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:history="1">
+        <w:r w:rsidR="00BC3BF6" w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>plantillas</w:t>
+        </w:r>
+        <w:r w:rsidR="00C85E2E" w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00C85E2E" w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>es</w:t>
+        </w:r>
+        <w:r w:rsidR="00BC3BF6" w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>pecíficas</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BC3BF6" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00866411" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mutuamente acordadas </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3BF6" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>con los principales asociados en la financiación</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED1B25" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disponibles </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:history="1">
+        <w:r w:rsidR="00ED1B25" w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>aquí</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003E40E2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="003E40E2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="003E40E2" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3BF6" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="541C77C0" w14:textId="77777777" w:rsidR="00EA13C0" w:rsidRPr="007E24CE" w:rsidRDefault="00EA13C0" w:rsidP="00EA13C0">
+      <w:pPr>
+        <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="2162" w:right="40"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12E4129D" w14:textId="376B3B57" w:rsidR="00185E43" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00185E43">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="40" w:hanging="361"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los acuerdos de </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>fondos fiduciarios</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> establecen una entidad contable independiente mediante la cual el PNUD recibe contribuciones para financiar las actividades del programa. </w:t>
+      </w:r>
+      <w:r w:rsidR="003E6944" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los acuerdos de fondos fiduciarios se utilizan cuando el PNUD recibe financiación temática flexible específica de una agencia a través de las </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:history="1">
+        <w:r w:rsidR="003E6944" w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Ventanas de Financiación del PNUD</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003E6944" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:footnoteReference w:id="7"/>
+      </w:r>
+      <w:r w:rsidR="00276942">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00276942">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>anglais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00276942">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6944" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68AD3450" w14:textId="77777777" w:rsidR="001D1FB0" w:rsidRPr="007E24CE" w:rsidRDefault="001D1FB0" w:rsidP="001D1FB0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
-        <w:ind w:right="40"/>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F6375B0" w14:textId="77777777" w:rsidR="001D1FB0" w:rsidRPr="007E24CE" w:rsidRDefault="001D1FB0" w:rsidP="001D1FB0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="2CE0F148" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EB32CD8" w14:textId="77777777" w:rsidR="001D1FB0" w:rsidRPr="007E24CE" w:rsidRDefault="001D1FB0" w:rsidP="001D1FB0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="535F1624" w14:textId="77777777" w:rsidR="001D1FB0" w:rsidRPr="007E24CE" w:rsidRDefault="001D1FB0" w:rsidP="001D1FB0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CDBC7A6" w14:textId="77777777" w:rsidR="001D1FB0" w:rsidRPr="007E24CE" w:rsidRDefault="001D1FB0" w:rsidP="001D1FB0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="167E125E" w14:textId="77777777" w:rsidR="001D1FB0" w:rsidRPr="007E24CE" w:rsidRDefault="001D1FB0" w:rsidP="001D1FB0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...98 lines deleted...]
-    <w:p w14:paraId="373DFB4E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18FEA729" w14:textId="77777777" w:rsidR="001D1FB0" w:rsidRPr="007E24CE" w:rsidRDefault="001D1FB0" w:rsidP="001D1FB0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:u w:color="000000"/>
-[...130 lines deleted...]
-    <w:p w14:paraId="717F716B" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79170FF9" w14:textId="77777777" w:rsidR="001D1FB0" w:rsidRPr="007E24CE" w:rsidRDefault="001D1FB0" w:rsidP="001D1FB0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...260 lines deleted...]
-    <w:p w14:paraId="580C5810" w14:textId="783F2FEC" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="0044139B" w:rsidP="00527A5C">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AE32587" w14:textId="77777777" w:rsidR="001D1FB0" w:rsidRPr="007E24CE" w:rsidRDefault="001D1FB0" w:rsidP="001D1FB0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...43 lines deleted...]
-    <w:p w14:paraId="19E2CFF6" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    </w:p>
+    <w:p w14:paraId="66363EE8" w14:textId="77777777" w:rsidR="001D1FB0" w:rsidRPr="007E24CE" w:rsidRDefault="001D1FB0" w:rsidP="001D1FB0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...42 lines deleted...]
-    <w:p w14:paraId="0FEE9634" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    </w:p>
+    <w:p w14:paraId="1B4869C6" w14:textId="77777777" w:rsidR="001D1FB0" w:rsidRPr="007E24CE" w:rsidRDefault="001D1FB0" w:rsidP="001D1FB0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00684BB1" w14:textId="4A1824CB" w:rsidR="00D46244" w:rsidRPr="00F02775" w:rsidRDefault="00DF4ECD" w:rsidP="001D1FB0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acuerdo de Servicios </w:t>
+      </w:r>
+      <w:r w:rsidR="00D46244" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>de Desarrollo</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46244" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comprende la asistencia para el desarrollo proporcionada a los asociados para el desarrollo como beneficiarios de servicios por parte del PNUD en su función de socio de ejecución. La Política de Servicios de Desarrollo está disponible </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:history="1">
+        <w:r w:rsidR="00D46244" w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>aquí</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D46244" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E96E189" w14:textId="77777777" w:rsidR="00A76E1B" w:rsidRPr="00F02775" w:rsidRDefault="00A76E1B" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06A2255E" w14:textId="77777777" w:rsidR="00697548" w:rsidRPr="007E24CE" w:rsidRDefault="00697548" w:rsidP="00697548">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Memorando para la Prestación de Servicios (MPS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F870582" w14:textId="35EE8083" w:rsidR="00697548" w:rsidRPr="00F02775" w:rsidRDefault="00697548" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:u w:color="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La Política de Gestión para la Prestación de Servicios está disponible </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>aquí</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (en inglés).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D50CDA9" w14:textId="4C3DAE07" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00F02775">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:ind w:right="40"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4199CCFF" w14:textId="77777777" w:rsidR="001D1FB0" w:rsidRPr="007E24CE" w:rsidRDefault="001D1FB0" w:rsidP="001D1FB0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51580247" w14:textId="77777777" w:rsidR="001D1FB0" w:rsidRPr="007E24CE" w:rsidRDefault="001D1FB0" w:rsidP="001D1FB0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vanish/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FEE9634" w14:textId="445A255C" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="001D1FB0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
         <w:t>Servicios Administrativos y Otros Servicios de Apoyo a Entidades de la ONU</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F04F925" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="4F04F925" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="361"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Los acuerdos de prestación de servicios establecen las condiciones para la provisión por parte del PNUD de operaciones/servicios específicos y limitados a otras entidades de las Naciones Unidas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD6D962" w14:textId="77777777" w:rsidR="00FD3132" w:rsidRPr="00627EFF" w:rsidRDefault="00FD3132" w:rsidP="00FD3132">
+    <w:p w14:paraId="0CD6D962" w14:textId="77777777" w:rsidR="00FD3132" w:rsidRPr="007E24CE" w:rsidRDefault="00FD3132" w:rsidP="00FD3132">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="2162" w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="295E4F62" w14:textId="110CCE37" w:rsidR="006B28FF" w:rsidRPr="00627EFF" w:rsidRDefault="006B28FF" w:rsidP="00527A5C">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="295E4F62" w14:textId="22F62D5B" w:rsidR="006B28FF" w:rsidRPr="007E24CE" w:rsidRDefault="006B28FF" w:rsidP="00527A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40" w:hanging="361"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Para obtener información adicional, véase </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidRPr="000C5481">
+      <w:hyperlink r:id="rId60" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Gestión de Provisión de Servicios a Otros Organismos de la ONU</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="221820B8" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
+      <w:r w:rsidR="00715B45">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221820B8" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12ABFC94" w14:textId="77777777" w:rsidR="00C52592" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00527A5C">
+    <w:p w14:paraId="12ABFC94" w14:textId="77777777" w:rsidR="00C52592" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00301819">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Los acuerdos de asociación no se deben utilizar para adquisición. Para las acciones de adquisición, véase la sección de Adquisición de LAS POPP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B05630C" w14:textId="77777777" w:rsidR="00C52592" w:rsidRPr="00627EFF" w:rsidRDefault="00C52592" w:rsidP="00B36788">
+    <w:p w14:paraId="6B05630C" w14:textId="77777777" w:rsidR="00C52592" w:rsidRPr="007E24CE" w:rsidRDefault="00C52592" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="012B69C4" w14:textId="3821ED51" w:rsidR="006961E5" w:rsidRPr="001F214B" w:rsidRDefault="00230579" w:rsidP="006961E5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E051C81" w14:textId="77777777" w:rsidR="000832AD" w:rsidRPr="007E24CE" w:rsidRDefault="000832AD" w:rsidP="000832AD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Coherencia y coordinación internas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="052375FB" w14:textId="77777777" w:rsidR="000832AD" w:rsidRPr="007E24CE" w:rsidRDefault="000832AD" w:rsidP="000832AD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-    <w:p w14:paraId="6B69AF2D" w14:textId="77777777" w:rsidR="00230579" w:rsidRDefault="00230579" w:rsidP="001F214B">
+    </w:p>
+    <w:p w14:paraId="3C71CDFD" w14:textId="1376F1FD" w:rsidR="000832AD" w:rsidRPr="007E24CE" w:rsidRDefault="000832AD" w:rsidP="000832AD">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="360" w:right="40"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="590E9949" w14:textId="18AD41B4" w:rsidR="00230579" w:rsidRPr="00871FEF" w:rsidRDefault="00230579" w:rsidP="001F214B">
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se ha elaborado un </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Procedimiento Operativo Estándar (SOP) de Gestión de Asociaciones Corporativas</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00715B45">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00715B45">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00715B45" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00715B45">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>para complementar estas directrices, en el que se describen las modalidades de interacción del PNUD con los donantes del CAD, las instituciones financieras internacionales (IFI), los nuevos asociados estratégicos y las entidades filantrópicas. El POE establece los principios, las funciones, las responsabilidades y los mecanismos de gestión para el avance de las asociaciones a nivel de la sede y regional. Su propósito es garantizar que todas las actividades de asociación estén guiadas y alineadas con las estrategias de colaboración acordadas con los asociados. Cuando existan dichas estrategias, deberán servir como marco de referencia para orientar las interacciones, asegurar una secuencia adecuada, identificar los puntos de entrada clave y establecer las prioridades anuales. Las actividades planificadas —incluidas las misiones— deben reflejar este enfoque estratégico para promover la coherencia, la coordinación y una colaboración con valor añadido en todo el PNUD.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74F83867" w14:textId="77777777" w:rsidR="000832AD" w:rsidRPr="007E24CE" w:rsidRDefault="000832AD" w:rsidP="000832AD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7198AAEC" w14:textId="77777777" w:rsidR="000832AD" w:rsidRPr="007E24CE" w:rsidRDefault="000832AD" w:rsidP="000832AD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>El POE no abarca las asociaciones gestionadas directamente por las oficinas de país del PNUD. Se aplica a los Bureaux Centrales y Regionales cuando:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E201F8" w14:textId="77777777" w:rsidR="000832AD" w:rsidRPr="007E24CE" w:rsidRDefault="000832AD" w:rsidP="000832AD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="10" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61723FAA" w14:textId="77777777" w:rsidR="000832AD" w:rsidRPr="007E24CE" w:rsidRDefault="000832AD" w:rsidP="000832AD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Se inician y gestionan asociaciones o colaboraciones técnicas con asociados supervisados directamente por un Bureau con punto focal designado;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77013BEA" w14:textId="77777777" w:rsidR="000832AD" w:rsidRPr="007E24CE" w:rsidRDefault="000832AD" w:rsidP="000832AD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-1416" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05647413" w14:textId="77777777" w:rsidR="000832AD" w:rsidRPr="007E24CE" w:rsidRDefault="000832AD" w:rsidP="000832AD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Se llevan a cabo colaboraciones o misiones por parte de la alta dirección a nivel de sede, regional o de país hacia un país del CAD o hacia un nuevo asociado estratégico (país de programa).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54CC3ACA" w14:textId="77777777" w:rsidR="000832AD" w:rsidRPr="007E24CE" w:rsidRDefault="000832AD" w:rsidP="006961E5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="012B69C4" w14:textId="26598EE9" w:rsidR="006961E5" w:rsidRPr="007E24CE" w:rsidRDefault="00230579" w:rsidP="006961E5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Aprobación de Asociaciones</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="590E9949" w14:textId="39DEAE5D" w:rsidR="00230579" w:rsidRPr="007E24CE" w:rsidRDefault="00230579" w:rsidP="00301819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="781C6A83" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="001F214B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Las asociaciones se deben aprobar en línea con la Política de Delegación de Autoridades</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01F47">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01F47" w:rsidRPr="00D01F47">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>atribuida por el Administrador.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00992E2A" w:rsidRPr="00992E2A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Las autoridades de aprobación y firma son generalmente las siguientes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="781C6A83" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="007E24CE" w:rsidRDefault="00AF0CEC" w:rsidP="001F214B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3114"/>
         <w:gridCol w:w="4704"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w14:paraId="2DD53359" w14:textId="77777777" w:rsidTr="001F214B">
+      <w:tr w:rsidR="00AF0CEC" w:rsidRPr="007E24CE" w14:paraId="2DD53359" w14:textId="77777777" w:rsidTr="001F214B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D9E2C9C" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+          <w:p w14:paraId="1D9E2C9C" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00F02775" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="17"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Naturaleza de la Asociación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58221039" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+          <w:p w14:paraId="58221039" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00F02775" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="17"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Autoridad de Aprobación y de firma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w14:paraId="77039F16" w14:textId="77777777" w:rsidTr="001F214B">
+      <w:tr w:rsidR="00AF0CEC" w:rsidRPr="007E24CE" w14:paraId="77039F16" w14:textId="77777777" w:rsidTr="001F214B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="671FB299" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+          <w:p w14:paraId="671FB299" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00F02775" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="17"/>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Asociaciones Globales</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46138C8C" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+          <w:p w14:paraId="46138C8C" w14:textId="7965C2AF" w:rsidR="00AF0CEC" w:rsidRPr="00F02775" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="17"/>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Administradora</w:t>
+            </w:r>
+            <w:r w:rsidR="00B53E0D" w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>, Administrador/a Asociado, Directores de los Bureaux Centrales</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w14:paraId="0BC9C752" w14:textId="77777777" w:rsidTr="001F214B">
+      <w:tr w:rsidR="00AF0CEC" w:rsidRPr="007E24CE" w14:paraId="0BC9C752" w14:textId="77777777" w:rsidTr="001F214B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60FB1317" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+          <w:p w14:paraId="60FB1317" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00F02775" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="17"/>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Asociaciones Regionales</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B183C30" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+          <w:p w14:paraId="1B183C30" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00F02775" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="17"/>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Directores de Direcciones Regionales</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w14:paraId="46542CCC" w14:textId="77777777" w:rsidTr="001F214B">
+      <w:tr w:rsidR="00AF0CEC" w:rsidRPr="007E24CE" w14:paraId="46542CCC" w14:textId="77777777" w:rsidTr="00F02775">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56F04C03" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00F02775" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F02775">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Asociaciones Temáticas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA0E3E8" w14:textId="2ED40BC4" w:rsidR="00AF0CEC" w:rsidRPr="00F02775" w:rsidRDefault="003A09F8" w:rsidP="00AF0CEC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Directores de los Bureaux Centrales</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F31FED" w:rsidRPr="007E24CE" w14:paraId="49F8B10A" w14:textId="77777777" w:rsidTr="001F214B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56F04C03" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+          <w:p w14:paraId="2D2FD6B2" w14:textId="154635EF" w:rsidR="00F31FED" w:rsidRPr="007E24CE" w:rsidRDefault="000B5326" w:rsidP="00AF0CEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Asociaciones Temáticas</w:t>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Asociaciones a Nivel de País</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BA0E3E8" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00AF0CEC" w:rsidRDefault="00AF0CEC" w:rsidP="00AF0CEC">
+          <w:p w14:paraId="1F4C3778" w14:textId="12489147" w:rsidR="00F31FED" w:rsidRPr="007E24CE" w:rsidRDefault="000B5326" w:rsidP="00AF0CEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Director, Dirección de Políticas y de Apoyo de Programas (DPAP)</w:t>
+            <w:r w:rsidRPr="007E24CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Representantes Residentes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3DB77D91" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="00230579" w:rsidRDefault="00AF0CEC" w:rsidP="001F214B">
+    <w:p w14:paraId="3DB77D91" w14:textId="77777777" w:rsidR="00AF0CEC" w:rsidRPr="007E24CE" w:rsidRDefault="00AF0CEC" w:rsidP="001F214B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:right="40"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="1FB46400" w14:textId="77777777" w:rsidR="006961E5" w:rsidRDefault="006961E5" w:rsidP="00B36788">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FB46400" w14:textId="77777777" w:rsidR="006961E5" w:rsidRPr="007E24CE" w:rsidRDefault="006961E5" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="48B5C6C9" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00B0138E" w:rsidP="00B36788">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48B5C6C9" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00B0138E" w:rsidP="00B36788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Supervisión de Asociaciones </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0097D794" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00C52592">
+    <w:p w14:paraId="0097D794" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00C52592">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C35F1FA" w14:textId="448CF30E" w:rsidR="00DF4ECD" w:rsidRPr="00871FEF" w:rsidRDefault="00DF4ECD" w:rsidP="001F214B">
+    <w:p w14:paraId="5C35F1FA" w14:textId="448CF30E" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00301819">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">El objetivo de la supervisión de las asociaciones es aprender cómo la aplicación mejora el desempeño de cada asociado, supervisar y gestionar riesgos, y realizar las actividades de corrección para asegurar que la asociación logre los resultados esperados. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C90D9EB" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00871FEF">
+    <w:p w14:paraId="7409B794" w14:textId="77777777" w:rsidR="0043730E" w:rsidRPr="007E24CE" w:rsidRDefault="0043730E" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B3BD544" w14:textId="17D419D9" w:rsidR="0043730E" w:rsidRPr="007E24CE" w:rsidRDefault="0043730E" w:rsidP="006543CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Un </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Plan de Acción y Estrategia de Asociación y Comunicación (PCAP)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (en inglés) es una herramienta útil que puede facilitar el seguimiento periódico de las asociaciones que son esenciales para la movilización de recursos. Además de los Documentos de Programa de País, para los cuales se requiere un PCAP, cualquier unidad puede optar por utilizar un PCAP para articular su enfoque de asociación y las acciones prioritarias relacionadas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C90D9EB" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00871FEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7C04BFFE" w14:textId="0FD6E593" w:rsidR="00DF4ECD" w:rsidRPr="001F214B" w:rsidRDefault="00DF4ECD" w:rsidP="001F214B">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C04BFFE" w14:textId="295EB188" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00301819">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="5D46793E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00871FEF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Supervisar la implementación de los acuerdos de asociación es responsabilidad de la dirección/dependencia designada. La supervisión incluye la revisión periódica de la efectividad del acuerdo de asociación, la adherencia a un calendario de revisión mínimo (anual) y el comienzo de otras revisiones programadas o especiales. Todas las revisiones deben incluir aportes de oficinas en el país/centros regionales del PNUD seleccionados</w:t>
+      </w:r>
+      <w:r w:rsidR="006543CE" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, de la Red Mundial de Políticas (GPN)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y de otros asociados relevantes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D46793E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00871FEF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73A63708" w14:textId="4F56A7EA" w:rsidR="00DF4ECD" w:rsidRPr="001F214B" w:rsidRDefault="00DF4ECD" w:rsidP="001F214B">
+    <w:p w14:paraId="73A63708" w14:textId="4F56A7EA" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00301819">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>En cualquier momento, si la dirección/dependencia o el asociado identifican la necesidad de una revisión del instrumento de asociación, la Dependencia Comercial del PNUD iniciadora debe realizar las revisiones apropiadas con los mismos procedimientos que se utilizan para establecer un instrumento nuevo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A9A233E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00DF4ECD" w:rsidP="00871FEF">
+    <w:p w14:paraId="4A9A233E" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00871FEF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1646ECC0" w14:textId="77777777" w:rsidR="00C52592" w:rsidRPr="00627EFF" w:rsidRDefault="00B0138E" w:rsidP="001F214B">
+    <w:p w14:paraId="1646ECC0" w14:textId="77777777" w:rsidR="00C52592" w:rsidRPr="007E24CE" w:rsidRDefault="00B0138E" w:rsidP="001F214B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-15"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Presentación de Informes </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39F53274" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="00627EFF" w:rsidRDefault="00B0138E" w:rsidP="001F214B">
+    <w:p w14:paraId="39F53274" w14:textId="77777777" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00B0138E" w:rsidP="001F214B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-15"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E9D6888" w14:textId="4B9296FD" w:rsidR="00DF4ECD" w:rsidRPr="00871FEF" w:rsidRDefault="00DF4ECD" w:rsidP="001F214B">
+    <w:p w14:paraId="0E9D6888" w14:textId="445A731E" w:rsidR="00DF4ECD" w:rsidRPr="007E24CE" w:rsidRDefault="00DF4ECD" w:rsidP="00301819">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="40"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="47BFDB75" w14:textId="77777777" w:rsidR="00C90B62" w:rsidRPr="00627EFF" w:rsidRDefault="00C90B62" w:rsidP="001663BD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El progreso y los resultados de la asociación se deben registrar con base en los calendarios y en los períodos de presentación de informes acordados. </w:t>
+      </w:r>
+      <w:r w:rsidR="003D2A8F" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Para las asociaciones implementadas mediante instrumentos programáticos, los requisitos de presentación de informes se estipulan </w:t>
+      </w:r>
+      <w:r w:rsidR="003D2A8F" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">en el acuerdo de financiación y/o en el documento del proyecto. El PNUD es responsable de garantizar que los informes a los donantes se preparen con la calidad, frecuencia y puntualidad esperadas. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Se deben implementar el informe sobre la marcha de los proyectos disponible en el Resumen Ejecutivo de Atlas y el Espacio de Proyecto del Sistema de Planificación Corporativa.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A156E6" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Si la información contenida en el informe de progreso del proyecto o del portafolio no es suficientemente detallada o adecuada para el asociado financiero, se debe acordar un formato de informe en el momento de la firma del acuerdo de contribución. Se debe utilizar el informe estándar del PNUD para los donantes si no se requiere un formato específico.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La presentación de informes de los donantes debe seguir la misma narrativa y orientación financiera para la presentación de informes de donantes.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D32D1" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Los informes externos siempre deben cumplir con los estándares de imagen institucional del PNUD.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35BB0898" w14:textId="77777777" w:rsidR="002D32D1" w:rsidRPr="007E24CE" w:rsidRDefault="002D32D1" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E671703" w14:textId="77777777" w:rsidR="00D419E8" w:rsidRPr="007E24CE" w:rsidRDefault="00D419E8" w:rsidP="00D419E8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Es importante comunicar el contenido de los informes de los proyectos de manera eficaz a las audiencias externas, por ejemplo, a través de las redes sociales, blogs, entrevistas, fotografías o videos. Esto ayuda a demostrar que los recursos, incluidos los fondos de los contribuyentes, se utilizan adecuadamente, que la inversión en el desarrollo sostenible es efectiva y que las intervenciones del PNUD son visibles y tienen un impacto. Se debe dar el debido reconocimiento a los asociados del proyecto, incluidos los donantes y otras organizaciones de las Naciones Unidas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73528B85" w14:textId="77777777" w:rsidR="002D32D1" w:rsidRPr="007E24CE" w:rsidRDefault="002D32D1" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="40" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47BFDB75" w14:textId="77777777" w:rsidR="00C90B62" w:rsidRPr="007E24CE" w:rsidRDefault="00C90B62" w:rsidP="001663BD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="58EFF865" w14:textId="100FDDAF" w:rsidR="00851940" w:rsidRDefault="00E946BB" w:rsidP="001663BD">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58EFF865" w14:textId="100FDDAF" w:rsidR="00851940" w:rsidRPr="007E24CE" w:rsidRDefault="00E946BB" w:rsidP="001663BD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Información Adicional:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB832D4" w14:textId="77777777" w:rsidR="001663BD" w:rsidRPr="00627EFF" w:rsidRDefault="001663BD" w:rsidP="001663BD">
+    <w:p w14:paraId="4BB832D4" w14:textId="77777777" w:rsidR="001663BD" w:rsidRPr="007E24CE" w:rsidRDefault="001663BD" w:rsidP="001663BD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47AF6EA7" w14:textId="0DDF7F62" w:rsidR="00BF3942" w:rsidRDefault="00000000" w:rsidP="001F214B">
+    <w:p w14:paraId="47AF6EA7" w14:textId="3EF063C9" w:rsidR="00BF3942" w:rsidRPr="00F02775" w:rsidRDefault="00BF3942" w:rsidP="001F214B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:r w:rsidR="00BF3942" w:rsidRPr="0005451A">
+      </w:pPr>
+      <w:hyperlink r:id="rId63" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>Página de Inicio de Asociaciones de la Dirección de Promoción y Relaciones Ex</w:t>
-[...11 lines deleted...]
-          <w:t>ernas (BERA)</w:t>
+          <w:t>Página de Inicio de Asociaciones de la Dirección de Promoción y Relaciones Externas (BERA)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="005325EA">
+      <w:r w:rsidR="00715B45">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7F08DF21" w14:textId="4CE70BAF" w:rsidR="003B777D" w:rsidRDefault="00000000" w:rsidP="003B777D">
+      <w:r w:rsidR="005325EA" w:rsidRPr="00F02775">
+        <w:t>(en inglés)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F02775">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57A50DC6" w14:textId="79672F05" w:rsidR="00F873B8" w:rsidRPr="007E24CE" w:rsidRDefault="00F873B8" w:rsidP="00F873B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:r w:rsidR="00BF3942" w:rsidRPr="0005451A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId64" w:tgtFrame="_blank" w:tooltip="https://undp.sharepoint.com/teams/bera-portal/sitepages/publicpartnerships/nonfinancialagreements/library.aspx?xsdata=mdv8mdj8fdk5mjgwn2rlm2jhztrjmwrkogfkmdhkyzmynjzimwjkfgizztvkyjvlmjk0ndq4mzc5owy1nzq4ogfjztu0mze5fdb8mhw2mzg0nda2njm4mjk4mjk4mdv8vw5rbm93bnxwr1" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>Asociaciones Privadas</w:t>
-[...11 lines deleted...]
-          <w:t>del PNUD</w:t>
+          <w:t>Sitio de SharePoint de la Biblioteca de Acuerdos No Financieros</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="005325EA">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BF3942">
+      <w:r w:rsidR="00715B45">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="55DD8DA3" w14:textId="7DE175C5" w:rsidR="004C638A" w:rsidRPr="001F214B" w:rsidRDefault="00000000" w:rsidP="001F214B">
+      <w:r w:rsidR="00715B45">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00715B45">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00715B45" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18142390" w14:textId="2730FA93" w:rsidR="00F873B8" w:rsidRPr="00F02775" w:rsidRDefault="00F873B8" w:rsidP="00F873B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00B0138E" w:rsidRPr="0005451A">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId65" w:tooltip="https://undp.sharepoint.com/teams/BPC/Repository%20of%20Agency%20Agreements/Forms/AllItems.aspx" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>Compendio de Financiación del PNUD</w:t>
+          <w:t>Repositorio de Acuerdos de Servicios Corporativos de la Dirección de Gestión (BMS)</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="778C52C3" w14:textId="7B629D06" w:rsidR="004C638A" w:rsidRPr="00555E66" w:rsidRDefault="00555E66" w:rsidP="001F214B">
+      <w:r w:rsidR="00715B45">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00715B45">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00715B45">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00715B45" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA02933" w14:textId="1D09AA1A" w:rsidR="00715B45" w:rsidRPr="00B2476B" w:rsidRDefault="00BF3942" w:rsidP="00715B45">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId66" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Asociaciones Privadas del PNUD</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00715B45">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00715B45">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00715B45" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="287D2408" w14:textId="0D21F314" w:rsidR="00225318" w:rsidRPr="00F02775" w:rsidRDefault="00225318" w:rsidP="00225318">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId67" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Política de diligencia debida y asociación con el sector privado</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="29C1AAE2" w14:textId="77777777" w:rsidR="00635FC7" w:rsidRPr="00B2476B" w:rsidRDefault="00225318" w:rsidP="00635FC7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId68" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Centro de Recursos de las Instituciones Financieras Internacionales (IFI)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DD8DA3" w14:textId="01939AF4" w:rsidR="004C638A" w:rsidRPr="007E24CE" w:rsidRDefault="00B0138E" w:rsidP="001F214B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId69" w:history="1">
+        <w:r w:rsidR="00F873B8" w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Compendio de Financiación</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="778C52C3" w14:textId="16AC2AF4" w:rsidR="004C638A" w:rsidRPr="007E24CE" w:rsidRDefault="00555E66" w:rsidP="001F214B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://popp.undp.org/es/taxonomy/term/106" </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B0138E" w:rsidRPr="00555E66">
+      <w:r w:rsidR="00B0138E" w:rsidRPr="007E24CE">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-        </w:rPr>
-[...60 lines deleted...]
-    <w:p w14:paraId="0919282A" w14:textId="7494417B" w:rsidR="00851940" w:rsidRPr="001F214B" w:rsidRDefault="00000000" w:rsidP="00EA13C0">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Canales de Financiación</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21849489" w14:textId="65F8A1D7" w:rsidR="00635FC7" w:rsidRPr="00B2476B" w:rsidRDefault="00555E66" w:rsidP="00635FC7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="004C638A" w:rsidRPr="001A3404">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:history="1">
+        <w:r w:rsidR="00267C8D" w:rsidRPr="00F02775">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="da-DK" w:eastAsia="ja-JP"/>
           </w:rPr>
-          <w:t>Estrategia de Asociación de IFI (2016-20)</w:t>
+          <w:t>Ventanas de Financiación del PNUD</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="2D9E4A5A" w14:textId="72328996" w:rsidR="004C638A" w:rsidRPr="004C638A" w:rsidRDefault="00000000" w:rsidP="00EA13C0">
+      <w:r w:rsidR="00267C8D" w:rsidRPr="00F02775">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7146BBAD" w14:textId="77777777" w:rsidR="00635FC7" w:rsidRPr="00B2476B" w:rsidRDefault="00851940" w:rsidP="00635FC7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-        <w:r w:rsidR="004C638A" w:rsidRPr="001A3404">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId71" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Encuesta de Asociación del PNUD</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00635FC7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E3FDAC" w14:textId="7D651686" w:rsidR="00635FC7" w:rsidRPr="00B2476B" w:rsidRDefault="00EE50AF" w:rsidP="00635FC7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId72" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Kit de herramientas para las asociaciones con las IFI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D5E25A" w14:textId="021BB385" w:rsidR="00635FC7" w:rsidRPr="00B2476B" w:rsidRDefault="000D5A84" w:rsidP="00635FC7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId73" w:history="1">
+        <w:r w:rsidRPr="007E24CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Movilización de Finanzas Privadas para el Desarrollo Sostenible</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00477C7C">
+      <w:r w:rsidR="00635FC7">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="0A951440" w14:textId="53EE21FC" w:rsidR="00EA13C0" w:rsidRPr="00EA13C0" w:rsidRDefault="00000000" w:rsidP="00EA13C0">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="357A4F34" w14:textId="509A8221" w:rsidR="00526050" w:rsidRPr="007E24CE" w:rsidRDefault="00526050" w:rsidP="00526050">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="201F1E"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId27" w:history="1">
-        <w:r w:rsidR="00B0138E" w:rsidRPr="001A3404">
+      <w:hyperlink r:id="rId74" w:history="1">
+        <w:r w:rsidR="000030C4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t xml:space="preserve">Evaluaciones Externas </w:t>
+          <w:t>Valoraciones externas del PNUD</w:t>
         </w:r>
-        <w:r w:rsidR="00B0138E" w:rsidRPr="001A3404">
+      </w:hyperlink>
+      <w:r w:rsidR="000030C4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000030C4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000030C4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="000030C4" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E24980" w14:textId="77777777" w:rsidR="00635FC7" w:rsidRPr="00B2476B" w:rsidRDefault="000D5A84" w:rsidP="00635FC7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId75" w:history="1">
+        <w:r w:rsidRPr="00F02775">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="da-DK"/>
           </w:rPr>
-          <w:t>d</w:t>
+          <w:t>Base de datos de asociaciones de las Naciones Unidas</w:t>
         </w:r>
-        <w:r w:rsidR="00B0138E" w:rsidRPr="001A3404">
+      </w:hyperlink>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B0917F4" w14:textId="77777777" w:rsidR="000D5A84" w:rsidRPr="00F02775" w:rsidRDefault="000D5A84" w:rsidP="000D5A84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId76" w:history="1">
+        <w:r w:rsidRPr="00F02775">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="de-DE"/>
           </w:rPr>
-          <w:t>el PNUD</w:t>
+          <w:t>Gestión de los riesgos institucionales (ERM)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7290FF82" w14:textId="77777777" w:rsidR="00EA13C0" w:rsidRDefault="00EA13C0" w:rsidP="00EA13C0">
+    <w:p w14:paraId="035C7B99" w14:textId="77777777" w:rsidR="00635FC7" w:rsidRPr="00B2476B" w:rsidRDefault="000D5A84" w:rsidP="00635FC7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId77" w:history="1">
+        <w:r w:rsidRPr="00F02775">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="da-DK"/>
+          </w:rPr>
+          <w:t>Kit de herramientas de movilización de recursos</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00635FC7" w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E8C1A8" w14:textId="0DFE5528" w:rsidR="000D5A84" w:rsidRPr="00F02775" w:rsidRDefault="000D5A84" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D9E4A5A" w14:textId="43575B94" w:rsidR="004C638A" w:rsidRPr="007E24CE" w:rsidRDefault="004C638A" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="710" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7290FF82" w14:textId="77777777" w:rsidR="00EA13C0" w:rsidRPr="007E24CE" w:rsidRDefault="00EA13C0" w:rsidP="00EA13C0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="201F1E"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42CA9E89" w14:textId="0E2DA705" w:rsidR="00EA13C0" w:rsidRDefault="00EA13C0" w:rsidP="00EA13C0">
+    <w:p w14:paraId="42CA9E89" w14:textId="0E2DA705" w:rsidR="00EA13C0" w:rsidRPr="007E24CE" w:rsidRDefault="00EA13C0" w:rsidP="00EA13C0">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="201F1E"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00F02775">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Disclaimer:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Disclaimer: This document was translated from English into Spanish. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7230BCF7" w14:textId="6F038719" w:rsidR="00EA13C0" w:rsidRDefault="00EA13C0" w:rsidP="00EA13C0">
+        <w:t xml:space="preserve"> This document was translated from English into Spanish. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7230BCF7" w14:textId="6F038719" w:rsidR="00EA13C0" w:rsidRPr="007E24CE" w:rsidRDefault="00EA13C0" w:rsidP="00EA13C0">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="201F1E"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52CE4FB5" w14:textId="77777777" w:rsidR="00EA13C0" w:rsidRPr="00555E66" w:rsidRDefault="00EA13C0" w:rsidP="00EA13C0">
+    <w:p w14:paraId="52CE4FB5" w14:textId="77777777" w:rsidR="00EA13C0" w:rsidRPr="007E24CE" w:rsidRDefault="00EA13C0" w:rsidP="00EA13C0">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="201F1E"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00F02775">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Descargo de responsabilidad:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Descargo de responsabilidad: esta es una traducción de un documento original en inglés. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve"> esta es una traducción de un documento original en inglés. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E24CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t>En caso de discrepancias entre esta traducción y el documento original en inglés, prevalecerá el documento original en inglés.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00EA13C0" w:rsidRPr="00555E66">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId29"/>
+    <w:sectPr w:rsidR="00EA13C0" w:rsidRPr="007E24CE">
+      <w:headerReference w:type="default" r:id="rId78"/>
+      <w:footerReference w:type="default" r:id="rId79"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3CD0ADDD" w14:textId="77777777" w:rsidR="00442C7A" w:rsidRDefault="00442C7A" w:rsidP="00104339">
+    <w:p w14:paraId="30FCEAF8" w14:textId="77777777" w:rsidR="00192A8E" w:rsidRDefault="00192A8E" w:rsidP="00104339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="309E44DE" w14:textId="77777777" w:rsidR="00442C7A" w:rsidRDefault="00442C7A" w:rsidP="00104339">
+    <w:p w14:paraId="2A6EDE2D" w14:textId="77777777" w:rsidR="00192A8E" w:rsidRDefault="00192A8E" w:rsidP="00104339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="10C979BF" w14:textId="77777777" w:rsidR="00442C7A" w:rsidRDefault="00442C7A">
+    <w:p w14:paraId="2378AE5B" w14:textId="77777777" w:rsidR="00192A8E" w:rsidRDefault="00192A8E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4544,311 +11426,458 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MyriadPro-Regular">
-[...14 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="259732D6" w14:textId="3D004E59" w:rsidR="00627EFF" w:rsidRDefault="00627EFF">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="259732D6" w14:textId="2D87D995" w:rsidR="00627EFF" w:rsidRPr="007E24CE" w:rsidRDefault="00627EFF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="007E24CE">
       <w:t xml:space="preserve">Página </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00F02775">
       <w:rPr>
         <w:b/>
-        <w:color w:val="2B579A"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="001240D2">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00F02775">
       <w:rPr>
         <w:b/>
-        <w:color w:val="2B579A"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B0138E">
+    <w:r w:rsidR="00B0138E" w:rsidRPr="001240D2">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00F02775">
       <w:rPr>
         <w:b/>
-        <w:color w:val="2B579A"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
-      <w:t xml:space="preserve"> de </w:t>
+    <w:r w:rsidRPr="001240D2">
+      <w:t xml:space="preserve"> de</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="007E24CE">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F02775">
       <w:rPr>
         <w:b/>
-        <w:color w:val="2B579A"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="001240D2">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00F02775">
       <w:rPr>
         <w:b/>
-        <w:color w:val="2B579A"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B0138E">
+    <w:r w:rsidR="00B0138E" w:rsidRPr="001240D2">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00F02775">
       <w:rPr>
         <w:b/>
-        <w:color w:val="2B579A"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="007E24CE">
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="007E24CE">
       <w:t xml:space="preserve">Fecha de entrada en vigor: </w:t>
     </w:r>
-    <w:r w:rsidR="00AC669C">
-      <w:t>22/12/2017</w:t>
+    <w:r w:rsidR="00066661" w:rsidRPr="007E24CE">
+      <w:t>05</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00AC669C" w:rsidRPr="007E24CE">
+      <w:t>/1</w:t>
+    </w:r>
+    <w:r w:rsidR="00066661" w:rsidRPr="007E24CE">
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00AC669C" w:rsidRPr="007E24CE">
+      <w:t>/20</w:t>
+    </w:r>
+    <w:r w:rsidR="00066661" w:rsidRPr="007E24CE">
+      <w:t>25</w:t>
+    </w:r>
+    <w:r w:rsidRPr="007E24CE">
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="007E24CE">
       <w:t xml:space="preserve">Versión n.°: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="1307821146"/>
         <w:placeholder>
           <w:docPart w:val="5A4837841A5140D78733BC3F8E278D29"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{03230D09-B3AF-4C43-A662-DF0BF3CC200F}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:color w:val="auto"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:r w:rsidR="00AC669C">
+        <w:r w:rsidR="00066661" w:rsidRPr="007E24CE">
           <w:rPr>
-            <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01D478CB" w14:textId="77777777" w:rsidR="00442C7A" w:rsidRDefault="00442C7A" w:rsidP="00104339">
+    <w:p w14:paraId="4D751EBA" w14:textId="77777777" w:rsidR="00192A8E" w:rsidRDefault="00192A8E" w:rsidP="00104339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32F7EC13" w14:textId="77777777" w:rsidR="00442C7A" w:rsidRDefault="00442C7A" w:rsidP="00104339">
+    <w:p w14:paraId="2EBD4DB7" w14:textId="77777777" w:rsidR="00192A8E" w:rsidRDefault="00192A8E" w:rsidP="00104339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="64E2AF91" w14:textId="77777777" w:rsidR="00442C7A" w:rsidRDefault="00442C7A">
+    <w:p w14:paraId="5734E584" w14:textId="77777777" w:rsidR="00192A8E" w:rsidRDefault="00192A8E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="1F6D1DA6" w14:textId="77777777" w:rsidR="008C4759" w:rsidRPr="00F02775" w:rsidRDefault="008C4759" w:rsidP="008C4759">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007934B7">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="007934B7">
+        <w:t xml:space="preserve"> Consulte la Política de </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId1" w:history="1">
+        <w:r w:rsidRPr="007934B7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Gestión de los riesgos institucionales (ERM)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007934B7">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A44E6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="381727DF" w14:textId="77777777" w:rsidR="008C4759" w:rsidRPr="00F02775" w:rsidRDefault="008C4759" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007934B7">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="007934B7">
+        <w:t xml:space="preserve"> Para la definición del sector privado del PNUD y los procesos de evaluación de riesgos requeridos, consulte la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId2" w:history="1">
+        <w:r w:rsidRPr="007934B7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Política de diligencia debida y asociación con el sector privado</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="1C17D8D7" w14:textId="77777777" w:rsidR="0005562B" w:rsidRPr="00F02775" w:rsidRDefault="0005562B" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007934B7">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="007934B7">
+        <w:t xml:space="preserve"> Para la definición del sector privado del PNUD y los procesos de evaluación de riesgos requeridos, consulte la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId3" w:history="1">
+        <w:r w:rsidRPr="007934B7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Política de diligencia debida y asociación con el sector privado</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p w14:paraId="7E8EDA66" w14:textId="77777777" w:rsidR="008B3B32" w:rsidRPr="00F02775" w:rsidRDefault="008B3B32" w:rsidP="008B3B32">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6DE4">
+        <w:t>Se podrá aceptar otra evidencia del acuerdo del gobierno en lugar de una firma, a menos que el gobierno del país del programa requiera una firma.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="6">
+    <w:p w14:paraId="12297C2B" w14:textId="77777777" w:rsidR="008167BE" w:rsidRPr="00F02775" w:rsidRDefault="008167BE" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007934B7">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="007934B7">
+        <w:t xml:space="preserve"> Para la definición del sector privado del PNUD y los procesos de evaluación de riesgos requeridos, consulte la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r w:rsidRPr="007934B7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Política de diligencia debida y asociación con el sector privado</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="7">
+    <w:p w14:paraId="6A4D338F" w14:textId="77777777" w:rsidR="003E6944" w:rsidRPr="00F02775" w:rsidRDefault="003E6944" w:rsidP="00F02775">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6DE4">
+        <w:t xml:space="preserve">Las Ventanas de Financiación del PNUD son un mecanismo de financiación flexible y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA6DE4">
+        <w:t>multidonante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA6DE4">
+        <w:t xml:space="preserve"> que ofrece una oportunidad estratégica para que los asociados contribuyan al logro de la Agenda 2030 para el Desarrollo Sostenible mediante la implementación del Plan Estratégico del PNUD.</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1809333F" w14:textId="50C705D8" w:rsidR="00627EFF" w:rsidRDefault="02044E61" w:rsidP="00627EFF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="299B7252" w14:textId="3E73A7F1" w:rsidR="00627EFF" w:rsidRDefault="00066661" w:rsidP="00066661">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00D402CF">
       <w:rPr>
         <w:noProof/>
-        <w:color w:val="2B579A"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E381FA2" wp14:editId="6E7A41DC">
-[...2 lines deleted...]
-          <wp:docPr id="24" name="Picture 24"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5BDA4596" wp14:editId="571013E0">
+          <wp:extent cx="647700" cy="985261"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="104493393" name="Picture 3" descr="A blue and white logo with white text&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 24"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="104493393" name="Picture 3" descr="A blue and white logo with white text&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
+                <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect r="-18" b="16531"/>
-                  <a:stretch/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="304855" cy="586846"/>
+                    <a:ext cx="666229" cy="1013447"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
-                  <a:extLst>
-[...3 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="299B7252" w14:textId="77777777" w:rsidR="00627EFF" w:rsidRDefault="00627EFF" w:rsidP="00627EFF">
-[...4 lines deleted...]
-  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04097E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D978590C"/>
     <w:lvl w:ilvl="0" w:tplc="9058155C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -5020,81 +12049,84 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6855"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="043E6FB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="837C9C90"/>
+    <w:tmpl w:val="AED48104"/>
     <w:lvl w:ilvl="0" w:tplc="5252AE56">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+    <w:lvl w:ilvl="2" w:tplc="C8EA4484">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
@@ -5108,50 +12140,145 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E310FB2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BBE01C3E"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CEE6D26C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="100D07B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D978590C"/>
     <w:lvl w:ilvl="0" w:tplc="9058155C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -5319,51 +12446,230 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="039252A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6855"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="167E14D1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="229AF6E6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A475C6E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9594F940"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C8EA4484">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B1D4B4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D9C37DC"/>
     <w:lvl w:ilvl="0" w:tplc="97703DD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5432,51 +12738,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C314876"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C05043CE"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2161" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2881" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5518,51 +12824,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6481" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7201" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7921" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E5010CE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8DD48050"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="201B5636"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="837C9C90"/>
     <w:lvl w:ilvl="0" w:tplc="5252AE56">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5608,51 +13000,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="218A5A8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F464521C"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2162"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -5820,51 +13212,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BFD605B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7921"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24353773"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DFEC6E6"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5906,51 +13298,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26471D7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BFB4EC2A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5992,51 +13384,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28062102"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F464521C"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2162"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -6204,51 +13596,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BFD605B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7921"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29D171E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E902B07A"/>
     <w:lvl w:ilvl="0" w:tplc="ABCAE530">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6318,51 +13710,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32547EF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F464521C"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2162"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -6530,51 +13922,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BFD605B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7921"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E033B30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DFEC6E6"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6616,51 +14008,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48E35E13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D978590C"/>
     <w:lvl w:ilvl="0" w:tplc="9058155C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -6828,51 +14220,137 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="039252A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6855"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49755BA1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F55EA65A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F7466BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D978590C"/>
     <w:lvl w:ilvl="0" w:tplc="9058155C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -7040,51 +14518,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="039252A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6855"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53BE59BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C05043CE"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2161" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2881" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7126,51 +14604,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6481" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7201" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7921" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5AD60FF4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D578ED0E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C305608"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E30E3622"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7239,51 +14803,143 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62B15CF2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2A681F76"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2146" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1425" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2145" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2865" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3585" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4305" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5025" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5745" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6465" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6464275F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F464521C"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2162"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -7451,51 +15107,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BFD605B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7921"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69E54E68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DFEC6E6"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7537,51 +15193,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B5621CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DFEC6E6"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7623,51 +15279,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B7F409D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="365493FC"/>
     <w:lvl w:ilvl="0" w:tplc="97703DD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7736,51 +15392,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C1B14E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99A86FF2"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7822,51 +15478,146 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="703F72B7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B538D70C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74D55483"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D978590C"/>
     <w:lvl w:ilvl="0" w:tplc="9058155C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -8034,51 +15785,143 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="039252A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6855"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="797E1F3F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="889EAB78"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2161" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2881" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3601" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4321" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5041" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5761" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6481" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7201" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7921" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CFE78EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7980748"/>
     <w:lvl w:ilvl="0" w:tplc="359877E0">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -8247,532 +16090,771 @@
     <w:lvl w:ilvl="8" w:tplc="C0343AC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6571"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="230967889">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="797337501">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1823351112">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="389772674">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="442577636">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1447702142">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="317341463">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="49619895">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1799369506">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1634823884">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1257246542">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="298535141">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="808018467">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1939824518">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="315228504">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="390739502">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1459301260">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="621377512">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1535390557">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="8458902">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1038118751">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="567423838">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="497892893">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1533418518">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1257246542">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="25" w16cid:durableId="1008631402">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="298535141">
-[...17 lines deleted...]
-  <w:num w:numId="18" w16cid:durableId="621377512">
+  <w:num w:numId="26" w16cid:durableId="1375469626">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1535390557">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="27" w16cid:durableId="1469979983">
+    <w:abstractNumId w:val="21"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="8458902">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="28" w16cid:durableId="1942762334">
+    <w:abstractNumId w:val="18"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1038118751">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="29" w16cid:durableId="631592604">
+    <w:abstractNumId w:val="8"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="567423838">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="30" w16cid:durableId="1206330152">
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="497892893">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="31" w16cid:durableId="379091624">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1533418518">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="32" w16cid:durableId="1512450413">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1867909026">
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="18"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY0NDEwMzU3M7c0NzAyNDNQ0lEKTi0uzszPAykwrAUAbtYKmCwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00DF4ECD"/>
+    <w:rsid w:val="000030C4"/>
     <w:rsid w:val="0000693A"/>
     <w:rsid w:val="00025289"/>
     <w:rsid w:val="00027E8D"/>
     <w:rsid w:val="0003379F"/>
     <w:rsid w:val="00040DDA"/>
     <w:rsid w:val="0005451A"/>
+    <w:rsid w:val="0005562B"/>
     <w:rsid w:val="00060354"/>
     <w:rsid w:val="00060CF4"/>
+    <w:rsid w:val="00066661"/>
+    <w:rsid w:val="00070A2D"/>
     <w:rsid w:val="000732A8"/>
     <w:rsid w:val="00075E13"/>
+    <w:rsid w:val="000832AD"/>
     <w:rsid w:val="00083B7C"/>
     <w:rsid w:val="00086684"/>
     <w:rsid w:val="00093337"/>
     <w:rsid w:val="0009380C"/>
     <w:rsid w:val="000A0011"/>
     <w:rsid w:val="000A2B9C"/>
     <w:rsid w:val="000B3ACF"/>
+    <w:rsid w:val="000B5326"/>
     <w:rsid w:val="000B5498"/>
     <w:rsid w:val="000B5C83"/>
     <w:rsid w:val="000C5481"/>
     <w:rsid w:val="000D0C9D"/>
     <w:rsid w:val="000D29AB"/>
+    <w:rsid w:val="000D5A84"/>
     <w:rsid w:val="000E3611"/>
     <w:rsid w:val="000E5ADF"/>
     <w:rsid w:val="000E71CE"/>
     <w:rsid w:val="000F12D8"/>
     <w:rsid w:val="0010157E"/>
     <w:rsid w:val="00104339"/>
     <w:rsid w:val="00104D37"/>
     <w:rsid w:val="00106F39"/>
     <w:rsid w:val="001166D2"/>
     <w:rsid w:val="00117A4A"/>
+    <w:rsid w:val="001240D2"/>
+    <w:rsid w:val="00130211"/>
     <w:rsid w:val="001364E9"/>
     <w:rsid w:val="00140162"/>
     <w:rsid w:val="00146727"/>
     <w:rsid w:val="0015142E"/>
     <w:rsid w:val="001546CA"/>
     <w:rsid w:val="001663BD"/>
+    <w:rsid w:val="00170AA9"/>
     <w:rsid w:val="00173521"/>
     <w:rsid w:val="00181884"/>
+    <w:rsid w:val="00181A0D"/>
     <w:rsid w:val="00181F9B"/>
     <w:rsid w:val="00185E43"/>
     <w:rsid w:val="00190E85"/>
+    <w:rsid w:val="00192A8E"/>
     <w:rsid w:val="00194DE3"/>
+    <w:rsid w:val="001A2DE7"/>
     <w:rsid w:val="001A3404"/>
     <w:rsid w:val="001A5FEA"/>
     <w:rsid w:val="001A73A6"/>
+    <w:rsid w:val="001B2EA8"/>
+    <w:rsid w:val="001D1FB0"/>
     <w:rsid w:val="001D5CCF"/>
     <w:rsid w:val="001E0D32"/>
     <w:rsid w:val="001E1485"/>
     <w:rsid w:val="001F103D"/>
     <w:rsid w:val="001F214B"/>
     <w:rsid w:val="001F487B"/>
     <w:rsid w:val="001F66BB"/>
     <w:rsid w:val="00201276"/>
     <w:rsid w:val="00203558"/>
+    <w:rsid w:val="0020598A"/>
     <w:rsid w:val="00210526"/>
     <w:rsid w:val="0022392C"/>
     <w:rsid w:val="00223C70"/>
     <w:rsid w:val="00224BB9"/>
+    <w:rsid w:val="00225318"/>
     <w:rsid w:val="00225726"/>
     <w:rsid w:val="00230579"/>
+    <w:rsid w:val="002305C4"/>
     <w:rsid w:val="00230F49"/>
     <w:rsid w:val="0024301B"/>
     <w:rsid w:val="00243155"/>
     <w:rsid w:val="00251E8A"/>
     <w:rsid w:val="00253D11"/>
     <w:rsid w:val="00256157"/>
     <w:rsid w:val="00261E71"/>
     <w:rsid w:val="00262F7B"/>
+    <w:rsid w:val="00267C8D"/>
+    <w:rsid w:val="002717F6"/>
     <w:rsid w:val="00272D8F"/>
     <w:rsid w:val="002734C0"/>
+    <w:rsid w:val="00276942"/>
     <w:rsid w:val="00284206"/>
+    <w:rsid w:val="00290363"/>
     <w:rsid w:val="002940E7"/>
     <w:rsid w:val="002A10A3"/>
     <w:rsid w:val="002A3DF5"/>
     <w:rsid w:val="002B358A"/>
     <w:rsid w:val="002B3F4F"/>
+    <w:rsid w:val="002B4572"/>
     <w:rsid w:val="002D00FB"/>
     <w:rsid w:val="002D0DC3"/>
+    <w:rsid w:val="002D32D1"/>
     <w:rsid w:val="002E011F"/>
+    <w:rsid w:val="00301819"/>
     <w:rsid w:val="00312A49"/>
     <w:rsid w:val="00313C52"/>
+    <w:rsid w:val="00314868"/>
     <w:rsid w:val="0032362B"/>
     <w:rsid w:val="003265A4"/>
     <w:rsid w:val="00327E5C"/>
     <w:rsid w:val="00332AE0"/>
     <w:rsid w:val="00335A95"/>
+    <w:rsid w:val="00342820"/>
     <w:rsid w:val="003428C9"/>
     <w:rsid w:val="00351DC8"/>
+    <w:rsid w:val="003542AD"/>
+    <w:rsid w:val="0036664C"/>
     <w:rsid w:val="00372185"/>
     <w:rsid w:val="0037512C"/>
     <w:rsid w:val="00380E80"/>
     <w:rsid w:val="003859C4"/>
+    <w:rsid w:val="003A09F8"/>
     <w:rsid w:val="003A19BB"/>
     <w:rsid w:val="003A282C"/>
     <w:rsid w:val="003A4AB2"/>
     <w:rsid w:val="003A6F76"/>
+    <w:rsid w:val="003B3BFE"/>
     <w:rsid w:val="003B449E"/>
     <w:rsid w:val="003B777D"/>
     <w:rsid w:val="003C3E46"/>
+    <w:rsid w:val="003D2A8F"/>
     <w:rsid w:val="003D776A"/>
     <w:rsid w:val="003E198B"/>
+    <w:rsid w:val="003E40E2"/>
+    <w:rsid w:val="003E6944"/>
+    <w:rsid w:val="003F02B5"/>
     <w:rsid w:val="003F2A0C"/>
     <w:rsid w:val="003F5EA2"/>
     <w:rsid w:val="00401678"/>
+    <w:rsid w:val="0040213C"/>
+    <w:rsid w:val="00410100"/>
     <w:rsid w:val="00410F76"/>
     <w:rsid w:val="00414353"/>
     <w:rsid w:val="00415D68"/>
     <w:rsid w:val="00431262"/>
+    <w:rsid w:val="004343B4"/>
+    <w:rsid w:val="0043730E"/>
     <w:rsid w:val="00440D07"/>
     <w:rsid w:val="0044139B"/>
     <w:rsid w:val="00442C7A"/>
     <w:rsid w:val="00444C00"/>
     <w:rsid w:val="0044774D"/>
     <w:rsid w:val="0046528C"/>
+    <w:rsid w:val="004659FB"/>
     <w:rsid w:val="004709EE"/>
     <w:rsid w:val="00477C7C"/>
     <w:rsid w:val="00483864"/>
     <w:rsid w:val="00493107"/>
     <w:rsid w:val="004B5AB8"/>
     <w:rsid w:val="004B5FF0"/>
     <w:rsid w:val="004C40E3"/>
     <w:rsid w:val="004C638A"/>
     <w:rsid w:val="004E5EA2"/>
     <w:rsid w:val="005011D0"/>
     <w:rsid w:val="00514D88"/>
     <w:rsid w:val="00521DA0"/>
     <w:rsid w:val="0052321D"/>
+    <w:rsid w:val="00526050"/>
     <w:rsid w:val="00527A5C"/>
     <w:rsid w:val="005325EA"/>
+    <w:rsid w:val="00532C99"/>
     <w:rsid w:val="005436ED"/>
     <w:rsid w:val="0054451B"/>
     <w:rsid w:val="00547257"/>
+    <w:rsid w:val="005502CE"/>
+    <w:rsid w:val="005509D8"/>
     <w:rsid w:val="00551F87"/>
     <w:rsid w:val="00555E66"/>
     <w:rsid w:val="00560963"/>
     <w:rsid w:val="005640F0"/>
     <w:rsid w:val="0056519E"/>
+    <w:rsid w:val="00566734"/>
     <w:rsid w:val="005672F9"/>
     <w:rsid w:val="00574681"/>
     <w:rsid w:val="00575A78"/>
     <w:rsid w:val="00575C83"/>
     <w:rsid w:val="00575FA2"/>
     <w:rsid w:val="00582698"/>
     <w:rsid w:val="00587BB2"/>
     <w:rsid w:val="005913D7"/>
     <w:rsid w:val="0059404C"/>
+    <w:rsid w:val="005A0B32"/>
     <w:rsid w:val="005B402C"/>
+    <w:rsid w:val="005B6B66"/>
     <w:rsid w:val="005F12B7"/>
     <w:rsid w:val="00604F0B"/>
     <w:rsid w:val="0060543B"/>
     <w:rsid w:val="006074D0"/>
     <w:rsid w:val="00614AA3"/>
     <w:rsid w:val="006244E7"/>
     <w:rsid w:val="00627EFF"/>
     <w:rsid w:val="006334B8"/>
+    <w:rsid w:val="00635FC7"/>
     <w:rsid w:val="00636253"/>
     <w:rsid w:val="0063659E"/>
     <w:rsid w:val="006371BC"/>
     <w:rsid w:val="006429D3"/>
+    <w:rsid w:val="006543CE"/>
     <w:rsid w:val="006568CE"/>
     <w:rsid w:val="006678BD"/>
+    <w:rsid w:val="006723A4"/>
     <w:rsid w:val="00674CCC"/>
     <w:rsid w:val="006779F6"/>
     <w:rsid w:val="00680CA1"/>
+    <w:rsid w:val="006814DC"/>
     <w:rsid w:val="006864D8"/>
+    <w:rsid w:val="0068753E"/>
     <w:rsid w:val="006954E6"/>
     <w:rsid w:val="006961E5"/>
+    <w:rsid w:val="00697548"/>
     <w:rsid w:val="006A77D8"/>
     <w:rsid w:val="006B28FF"/>
+    <w:rsid w:val="006B30C7"/>
     <w:rsid w:val="006C75FA"/>
     <w:rsid w:val="006D04CF"/>
     <w:rsid w:val="006D6039"/>
     <w:rsid w:val="006D6EFF"/>
     <w:rsid w:val="006E7E62"/>
     <w:rsid w:val="006F717C"/>
     <w:rsid w:val="00703213"/>
     <w:rsid w:val="00704BD7"/>
     <w:rsid w:val="00710280"/>
     <w:rsid w:val="00712AB6"/>
+    <w:rsid w:val="00715B45"/>
     <w:rsid w:val="00722083"/>
     <w:rsid w:val="00732F17"/>
+    <w:rsid w:val="00733A84"/>
     <w:rsid w:val="00743937"/>
     <w:rsid w:val="0074528A"/>
     <w:rsid w:val="007468D9"/>
     <w:rsid w:val="00757DF3"/>
     <w:rsid w:val="0076154C"/>
     <w:rsid w:val="0076610D"/>
     <w:rsid w:val="00766FBB"/>
     <w:rsid w:val="007678B9"/>
     <w:rsid w:val="007821EC"/>
+    <w:rsid w:val="007934B7"/>
     <w:rsid w:val="00793FC4"/>
     <w:rsid w:val="007A580F"/>
     <w:rsid w:val="007A6037"/>
     <w:rsid w:val="007B027E"/>
     <w:rsid w:val="007B0358"/>
     <w:rsid w:val="007B0769"/>
     <w:rsid w:val="007B4278"/>
     <w:rsid w:val="007C082D"/>
     <w:rsid w:val="007D317C"/>
     <w:rsid w:val="007E0E17"/>
+    <w:rsid w:val="007E24CE"/>
     <w:rsid w:val="007F46B1"/>
     <w:rsid w:val="008005D8"/>
     <w:rsid w:val="00804FB8"/>
     <w:rsid w:val="0081001F"/>
     <w:rsid w:val="00810188"/>
+    <w:rsid w:val="008167BE"/>
     <w:rsid w:val="00817401"/>
     <w:rsid w:val="00824394"/>
     <w:rsid w:val="008278F7"/>
     <w:rsid w:val="00830CB2"/>
     <w:rsid w:val="008337E7"/>
+    <w:rsid w:val="00836698"/>
     <w:rsid w:val="008410D5"/>
     <w:rsid w:val="00843550"/>
+    <w:rsid w:val="0085155C"/>
     <w:rsid w:val="00851940"/>
+    <w:rsid w:val="00852C93"/>
     <w:rsid w:val="00863F0B"/>
+    <w:rsid w:val="00866411"/>
     <w:rsid w:val="0086672E"/>
     <w:rsid w:val="0087029D"/>
     <w:rsid w:val="00871FEF"/>
     <w:rsid w:val="00883925"/>
     <w:rsid w:val="008856DB"/>
     <w:rsid w:val="008942DA"/>
     <w:rsid w:val="0089573F"/>
     <w:rsid w:val="008B124D"/>
     <w:rsid w:val="008B1FEC"/>
+    <w:rsid w:val="008B3B32"/>
     <w:rsid w:val="008B40D7"/>
+    <w:rsid w:val="008C4759"/>
     <w:rsid w:val="008C7273"/>
     <w:rsid w:val="008D313F"/>
     <w:rsid w:val="008D421A"/>
     <w:rsid w:val="008D43AE"/>
     <w:rsid w:val="008E0A8E"/>
     <w:rsid w:val="008F1CF2"/>
     <w:rsid w:val="008F77B3"/>
     <w:rsid w:val="009008AD"/>
     <w:rsid w:val="00901EB2"/>
     <w:rsid w:val="00911D1A"/>
     <w:rsid w:val="009241AC"/>
+    <w:rsid w:val="0092465B"/>
     <w:rsid w:val="0094408F"/>
     <w:rsid w:val="009466CC"/>
     <w:rsid w:val="009533A3"/>
     <w:rsid w:val="00953964"/>
     <w:rsid w:val="00962265"/>
     <w:rsid w:val="00963194"/>
     <w:rsid w:val="00970C8C"/>
     <w:rsid w:val="0099120A"/>
+    <w:rsid w:val="00992E2A"/>
     <w:rsid w:val="009A5145"/>
     <w:rsid w:val="009B2A32"/>
     <w:rsid w:val="009B3F77"/>
     <w:rsid w:val="009B48FC"/>
     <w:rsid w:val="009B6B8D"/>
     <w:rsid w:val="009C1114"/>
     <w:rsid w:val="009D35F8"/>
     <w:rsid w:val="009E561E"/>
     <w:rsid w:val="009E59B9"/>
     <w:rsid w:val="009E5FD4"/>
     <w:rsid w:val="00A0368C"/>
     <w:rsid w:val="00A03DE2"/>
     <w:rsid w:val="00A04D01"/>
+    <w:rsid w:val="00A079EC"/>
     <w:rsid w:val="00A14E04"/>
+    <w:rsid w:val="00A156E6"/>
     <w:rsid w:val="00A1785B"/>
     <w:rsid w:val="00A23016"/>
     <w:rsid w:val="00A242D4"/>
     <w:rsid w:val="00A362B3"/>
+    <w:rsid w:val="00A36F1C"/>
     <w:rsid w:val="00A36F1E"/>
     <w:rsid w:val="00A371DE"/>
+    <w:rsid w:val="00A37661"/>
     <w:rsid w:val="00A42B07"/>
+    <w:rsid w:val="00A5497F"/>
     <w:rsid w:val="00A60128"/>
     <w:rsid w:val="00A638CF"/>
     <w:rsid w:val="00A64729"/>
     <w:rsid w:val="00A6563D"/>
     <w:rsid w:val="00A730C6"/>
     <w:rsid w:val="00A76A7B"/>
+    <w:rsid w:val="00A76E1B"/>
     <w:rsid w:val="00A779C0"/>
     <w:rsid w:val="00A77DCE"/>
     <w:rsid w:val="00A9147E"/>
     <w:rsid w:val="00A93816"/>
     <w:rsid w:val="00A94C1A"/>
     <w:rsid w:val="00A965A8"/>
     <w:rsid w:val="00AA6506"/>
     <w:rsid w:val="00AA7F0A"/>
     <w:rsid w:val="00AB347F"/>
     <w:rsid w:val="00AC254D"/>
     <w:rsid w:val="00AC669C"/>
+    <w:rsid w:val="00AD579E"/>
+    <w:rsid w:val="00AD6F9B"/>
     <w:rsid w:val="00AF0CEC"/>
     <w:rsid w:val="00B0138E"/>
     <w:rsid w:val="00B0195A"/>
     <w:rsid w:val="00B0554C"/>
     <w:rsid w:val="00B1310C"/>
     <w:rsid w:val="00B15331"/>
+    <w:rsid w:val="00B235AE"/>
     <w:rsid w:val="00B247CA"/>
     <w:rsid w:val="00B36788"/>
     <w:rsid w:val="00B36941"/>
     <w:rsid w:val="00B5328E"/>
+    <w:rsid w:val="00B53E0D"/>
     <w:rsid w:val="00B70DBC"/>
     <w:rsid w:val="00B7160A"/>
     <w:rsid w:val="00B75673"/>
     <w:rsid w:val="00B82F6A"/>
     <w:rsid w:val="00B83C3D"/>
     <w:rsid w:val="00B9083D"/>
+    <w:rsid w:val="00B93D80"/>
+    <w:rsid w:val="00BA005D"/>
     <w:rsid w:val="00BA2754"/>
     <w:rsid w:val="00BA40B2"/>
     <w:rsid w:val="00BA52BE"/>
+    <w:rsid w:val="00BA53F3"/>
+    <w:rsid w:val="00BC20B2"/>
     <w:rsid w:val="00BC3BF6"/>
     <w:rsid w:val="00BD4472"/>
     <w:rsid w:val="00BD496B"/>
+    <w:rsid w:val="00BE32AF"/>
     <w:rsid w:val="00BE5A31"/>
     <w:rsid w:val="00BF173C"/>
     <w:rsid w:val="00BF3942"/>
     <w:rsid w:val="00BF6C91"/>
     <w:rsid w:val="00C03B39"/>
     <w:rsid w:val="00C03E99"/>
     <w:rsid w:val="00C04D69"/>
     <w:rsid w:val="00C11E1D"/>
     <w:rsid w:val="00C30D5C"/>
     <w:rsid w:val="00C3413C"/>
     <w:rsid w:val="00C41EDB"/>
     <w:rsid w:val="00C513C9"/>
     <w:rsid w:val="00C52592"/>
+    <w:rsid w:val="00C54774"/>
     <w:rsid w:val="00C548FB"/>
+    <w:rsid w:val="00C66004"/>
     <w:rsid w:val="00C66997"/>
     <w:rsid w:val="00C70F9B"/>
     <w:rsid w:val="00C805F1"/>
     <w:rsid w:val="00C85E2E"/>
     <w:rsid w:val="00C90B62"/>
+    <w:rsid w:val="00C921CD"/>
     <w:rsid w:val="00CB2326"/>
     <w:rsid w:val="00CB2AD1"/>
     <w:rsid w:val="00CC3012"/>
+    <w:rsid w:val="00CF2ECF"/>
     <w:rsid w:val="00CF5A1C"/>
     <w:rsid w:val="00D00A00"/>
+    <w:rsid w:val="00D01F47"/>
     <w:rsid w:val="00D04E4C"/>
     <w:rsid w:val="00D20D24"/>
     <w:rsid w:val="00D256F1"/>
     <w:rsid w:val="00D27E36"/>
+    <w:rsid w:val="00D419E8"/>
+    <w:rsid w:val="00D46244"/>
     <w:rsid w:val="00D62A32"/>
+    <w:rsid w:val="00D63458"/>
+    <w:rsid w:val="00D750D0"/>
     <w:rsid w:val="00D824DF"/>
     <w:rsid w:val="00D92703"/>
     <w:rsid w:val="00D95476"/>
     <w:rsid w:val="00DA2AB2"/>
     <w:rsid w:val="00DC1356"/>
     <w:rsid w:val="00DC4033"/>
     <w:rsid w:val="00DD25BD"/>
     <w:rsid w:val="00DD4D40"/>
     <w:rsid w:val="00DE2CB5"/>
     <w:rsid w:val="00DE5443"/>
+    <w:rsid w:val="00DF1E83"/>
     <w:rsid w:val="00DF4ECD"/>
     <w:rsid w:val="00DF5198"/>
     <w:rsid w:val="00E145DB"/>
     <w:rsid w:val="00E33F43"/>
+    <w:rsid w:val="00E35568"/>
     <w:rsid w:val="00E37CE8"/>
     <w:rsid w:val="00E5349D"/>
     <w:rsid w:val="00E536B6"/>
     <w:rsid w:val="00E72ABE"/>
+    <w:rsid w:val="00E8397C"/>
     <w:rsid w:val="00E854FD"/>
+    <w:rsid w:val="00E86228"/>
     <w:rsid w:val="00E867A1"/>
     <w:rsid w:val="00E93C75"/>
     <w:rsid w:val="00E946BB"/>
     <w:rsid w:val="00EA13C0"/>
+    <w:rsid w:val="00EC7733"/>
+    <w:rsid w:val="00ED1B25"/>
     <w:rsid w:val="00ED42B6"/>
     <w:rsid w:val="00EE1C3D"/>
     <w:rsid w:val="00EE1CF9"/>
+    <w:rsid w:val="00EE4178"/>
+    <w:rsid w:val="00EE50AF"/>
     <w:rsid w:val="00EE7669"/>
     <w:rsid w:val="00EF0783"/>
+    <w:rsid w:val="00F02775"/>
     <w:rsid w:val="00F066A2"/>
     <w:rsid w:val="00F06A04"/>
     <w:rsid w:val="00F14135"/>
     <w:rsid w:val="00F166E9"/>
+    <w:rsid w:val="00F16C0E"/>
     <w:rsid w:val="00F22512"/>
     <w:rsid w:val="00F258B1"/>
     <w:rsid w:val="00F31B43"/>
+    <w:rsid w:val="00F31FED"/>
     <w:rsid w:val="00F3317F"/>
     <w:rsid w:val="00F40600"/>
+    <w:rsid w:val="00F4460F"/>
     <w:rsid w:val="00F86330"/>
     <w:rsid w:val="00F86C9B"/>
+    <w:rsid w:val="00F873B8"/>
     <w:rsid w:val="00F90F47"/>
     <w:rsid w:val="00F9579D"/>
     <w:rsid w:val="00FA3B9C"/>
     <w:rsid w:val="00FB749B"/>
     <w:rsid w:val="00FC2DB4"/>
     <w:rsid w:val="00FC3279"/>
     <w:rsid w:val="00FC73A8"/>
     <w:rsid w:val="00FC769D"/>
     <w:rsid w:val="00FD3132"/>
     <w:rsid w:val="00FD5480"/>
     <w:rsid w:val="00FD638E"/>
     <w:rsid w:val="00FE587B"/>
     <w:rsid w:val="00FF4900"/>
     <w:rsid w:val="02044E61"/>
     <w:rsid w:val="0A4B08E9"/>
     <w:rsid w:val="0DE98FDA"/>
     <w:rsid w:val="153E8D3F"/>
     <w:rsid w:val="1C035703"/>
     <w:rsid w:val="2131BF49"/>
     <w:rsid w:val="22C41BA3"/>
     <w:rsid w:val="2BE0E7A4"/>
     <w:rsid w:val="2E55D0B8"/>
     <w:rsid w:val="3397B27B"/>
     <w:rsid w:val="33BE4E0A"/>
     <w:rsid w:val="36F5EECC"/>
@@ -8781,65 +16863,66 @@
     <w:rsid w:val="402A4529"/>
     <w:rsid w:val="41C6158A"/>
     <w:rsid w:val="4C8E750B"/>
     <w:rsid w:val="50011B83"/>
     <w:rsid w:val="5270D94D"/>
     <w:rsid w:val="53F28324"/>
     <w:rsid w:val="6B528308"/>
     <w:rsid w:val="7C434168"/>
     <w:rsid w:val="7EEA5F96"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5B0CA30B"/>
   <w15:docId w15:val="{5AE4ACAA-42E6-4310-899E-AC184922D712}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9344,51 +17427,53 @@
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DF4ECD"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00335A95"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="List Paragraph (numbered (a)),Bullets,List Paragraph1,Lapis Bulleted List,Dot pt,F5 List Paragraph,No Spacing1,List Paragraph Char Char Char,Indicator Text,Numbered Para 1,Bullet 1,List Paragraph12,Bullet Points,MAIN CONTENT,List 100s,L"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00335A95"/>
     <w:pPr>
       <w:spacing w:after="32" w:line="249" w:lineRule="auto"/>
       <w:ind w:left="720" w:right="55" w:hanging="10"/>
       <w:contextualSpacing/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00415D68"/>
     <w:rPr>
       <w:b/>
@@ -9584,55 +17669,114 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC3BF6"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BF173C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="List Paragraph (numbered (a)) Char,Bullets Char,List Paragraph1 Char,Lapis Bulleted List Char,Dot pt Char,F5 List Paragraph Char,No Spacing1 Char,List Paragraph Char Char Char Char,Indicator Text Char,Numbered Para 1 Char,L Char"/>
+    <w:link w:val="ListParagraph"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00B235AE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="008B3B32"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00C54774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="113641216">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="344989095">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9788,129 +17932,133 @@
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/sp/A/RES/70/1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11661" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/librarypage/poverty-reduction/mobilizing-private-finance-for-sustainable-development.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/Home.aspx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/FinancingAgreementTemplates/Partner-Specific-Agreement-Templates.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/PPG-Documents/Forms/AllItems.aspx?id=%2Fteams%2FBERA%2DPortal%2FPPG%2DDocuments%2FIFIs%2FIFIs%2DInstitutionalDocuments%2FIFI%20Partnership%20Strategy%20%2D%20July%202016%2Epdf&amp;parent=%2Fteams%2FBERA%2DPortal%25" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/FinancingAgreementTemplates/General-Information.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11671" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/Partnership-Survey.aspx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/NonFinancialAgreements/MoUs-and-SoIs.aspx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/es/financiacion" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/10941" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.un.org/es/about-us/un-charter" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PrivatePartnerships/Home.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/External-Assessment.aspx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/seleccionar-asociados-en-la-ejecucion" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/NonFinancialAgreements/MoUs-and-SoIs.aspx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1911" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/seleccionar-partes-responsables-y-beneficiarios" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/Home.aspx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/IFIs/Working-with-IFIs.aspx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/formular-programas-y-proyectos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/sp/A/RES/70/1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1911" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1831" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/FinancingAgreementTemplates/Partner-Specific-Agreement-Templates.aspx?csf=1&amp;web=1&amp;e=Jx9br0&amp;CID=d5f53e52-8b7d-4663-91c8-91453c7d56ad" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/servicios-de-desarrollo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/External-Assessment.aspx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/CorporatePartnerManagement/SOPs.aspx?xsdata=MDV8MDJ8fGEzN2MwODIyNWI4NTQ2MWMxNTU3MDhkZGU1Nzk5NmYwfGIzZTVkYjVlMjk0NDQ4Mzc5OWY1NzQ4OGFjZTU0MzE5fDB8MHw2Mzg5MTkwMzI1NDI1OTg0ODd8VW5rbm93bnxWR1ZoYlhOVFpXTjFjbWwwZVZObGNuWnBZMlY4ZXlKRFFTSTZJbFJsWVcxelgwRlVVRk5sY25acFkyVmZVMUJQVEU5R0lpd2lWaUk2SWpBdU1DNHdNREF3SWl3aVVDSTZJbGRwYmpNeUlpd2lRVTRpT2lKUGRHaGxjaUlzSWxkVUlqb3hNWDA9fDF8TDJOb1lYUnpMekU1T20xbFpYUnBibWRmVFhwRk0wMUhWVEpQUjBsMFdtcE9hazFUTURCTlYxWnJURmRLYWs5RVZYUlpiVnByV2tSU2JFMVhTbXhaVjBsNVFIUm9jbVZoWkM1Mk1pOXRaWE56WVdkbGN5OHhOelUyTXpBMk5EVTBNRGd5fDNhNDMyYjQ1Yjg5YzRmNTNjYzZkMDhkZGU1Nzk5NmVkfDllNjYxZTNjZTZmMzQxZmQ5NmVlYmEyYjY0MTk2NGZh&amp;sdata=MDBSbDU3aGErbFhrZWY1VXl6QWJNOVJRRit6VUVpbDN2Rnl4UjZPaG5xZz0%3D&amp;ovuser=b3e5db5e-2944-4837-99f5-7488ace54319%2Cjune.ban%40undp.org&amp;OR=Teams-HL&amp;CT=1756318394903&amp;clickparams=eyJBcHBOYW1lIjoiVGVhbXMtRGVza3RvcCIsIkFwcFZlcnNpb24iOiI0OS8yNTA3MzExNzQxMCIsIkhhc0ZlZGVyYXRlZFVzZXIiOmZhbHNlfQ%3D%3D" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/policy-page/pipeline-management" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/SACE/Resource-Mobilization-Strategy.aspx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/NonFinancialAgreements/Library.aspx?xsdata=MDV8MDJ8fDk5MjgwN2RlM2JhZTRjMWRkOGFkMDhkYzMyNjZiMWJkfGIzZTVkYjVlMjk0NDQ4Mzc5OWY1NzQ4OGFjZTU0MzE5fDB8MHw2Mzg0NDA2NjM4Mjk4Mjk4MDV8VW5rbm93bnxWR1ZoYlhOVFpXTjFjbWwwZVZObGNuWnBZMlY4ZXlKV0lqb2lNQzR3TGpBd01EQWlMQ0pRSWpvaVYybHVNeklpTENKQlRpSTZJazkwYUdWeUlpd2lWMVFpT2pFeGZRPT18MXxMMk5vWVhSekx6RTVPak15TXpNM05HWXlMV0k1TlRrdE5HVmlOQzFpTWpReUxXUTFPVEExT0RrME9UZzVZVjgzWkdZM05ERTRPUzFsTXpnd0xUUTVPV1F0T1dabU55MWlaakV5WkdRNU5ETTRPRFZBZFc1eExtZGliQzV6Y0dGalpYTXZiV1Z6YzJGblpYTXZNVGN3T0RRMk9UVTRNakEwTVE9PXw5ODZkNzg0ZWU5M2Y0ZDNmNzY1NDA4ZGMzMjY2YjFiYnxjMGYyY2MwY2U3MTY0YjNlYmVlZmY2NmM1OTA3MWViYg%3D%3D&amp;sdata=aEwyUWIybDJqNm9FZU91OTJUaE5xcGxna0tHU1dFT1BCbU5xcVBJUys2bz0%3D&amp;ovuser=b3e5db5e-2944-4837-99f5-7488ace54319%2Cjohn.cambiotis%40undp.org&amp;OR=Teams-HL&amp;CT=1708619611143&amp;clickparams=eyJBcHBOYW1lIjoiVGVhbXMtRGVza3RvcCIsIkFwcFZlcnNpb24iOiIyNy8yNDAxMDQxNzUwMyIsIkhhc0ZlZGVyYXRlZFVzZXIiOmZhbHNlfQ%3D%3D" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/seleccionar-partes-responsables-y-beneficiarios" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/seleccionar-partes-responsables-y-beneficiarios" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1911" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1916" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/acuerdos-de-subvencion-de-bajo-valor-entre-el-programa-de-naciones-unidas-para-el" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11661" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/NonFinancialAgreements/Library.aspx?xsdata=MDV8MDJ8fDk5MjgwN2RlM2JhZTRjMWRkOGFkMDhkYzMyNjZiMWJkfGIzZTVkYjVlMjk0NDQ4Mzc5OWY1NzQ4OGFjZTU0MzE5fDB8MHw2Mzg0NDA2NjM4Mjk4Mjk4MDV8VW5rbm93bnxWR1ZoYlhOVFpXTjFjbWwwZVZObGNuWnBZMlY4ZXlKV0lqb2lNQzR3TGpBd01EQWlMQ0pRSWpvaVYybHVNeklpTENKQlRpSTZJazkwYUdWeUlpd2lWMVFpT2pFeGZRPT18MXxMMk5vWVhSekx6RTVPak15TXpNM05HWXlMV0k1TlRrdE5HVmlOQzFpTWpReUxXUTFPVEExT0RrME9UZzVZVjgzWkdZM05ERTRPUzFsTXpnd0xUUTVPV1F0T1dabU55MWlaakV5WkdRNU5ETTRPRFZBZFc1eExtZGliQzV6Y0dGalpYTXZiV1Z6YzJGblpYTXZNVGN3T0RRMk9UVTRNakEwTVE9PXw5ODZkNzg0ZWU5M2Y0ZDNmNzY1NDA4ZGMzMjY2YjFiYnxjMGYyY2MwY2U3MTY0YjNlYmVlZmY2NmM1OTA3MWViYg%3D%3D&amp;sdata=aEwyUWIybDJqNm9FZU91OTJUaE5xcGxna0tHU1dFT1BCbU5xcVBJUys2bz0%3D&amp;ovuser=b3e5db5e-2944-4837-99f5-7488ace54319%2Cjohn.cambiotis%40undp.org&amp;OR=Teams-HL&amp;CT=1708619611143&amp;clickparams=eyJBcHBOYW1lIjoiVGVhbXMtRGVza3RvcCIsIkFwcFZlcnNpb24iOiIyNy8yNDAxMDQxNzUwMyIsIkhhc0ZlZGVyYXRlZFVzZXIiOmZhbHNlfQ%3D%3D" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/es/financiacion" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/RMToolkit" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/desafios-de-innovacion" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/IFI-Toolkit/Home.aspx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:u:/r/teams/RMToolkit/SitePages/Sample-PCAPs.aspx?csf=1&amp;web=1&amp;e=Izg38J" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/RMToolkit?locale=en-us&amp;useTeamsAuth=true" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/seleccionar-asociados-en-la-ejecucion" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1916" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/acuerdo-de-la-parte-responsable-entre-el-pnud-y-una-organizacion-de-la-sociedad-civil" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/pagos-basados-en-el-desempeno" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/management-provision-services-mps" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/politica-de-diligencia-debida-y-asociacion-con-el-sector-privado" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/FinancingAgreementTemplates/Partner-Specific-Agreement-Templates.aspx?csf=1&amp;web=1&amp;e=Jx9br0&amp;ovuser=b3e5db5e-2944-4837-99f5-7488ace54319%2cjune.ban%40undp.org&amp;OR=Teams-HL&amp;CT=1756318085530&amp;clickparams=eyJBcHBOYW1lIjoiVGVhbXMtRGVza3RvcCIsIkFwcFZlcnNpb24iOiI0OS8yNTA3MzExNzQxMCIsIkhhc0ZlZGVyYXRlZFVzZXIiOmZhbHNlfQ%3d%3d&amp;CID=40eebfa1-10e5-0000-80e8-0c934a343747&amp;cidOR=SPO" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/modelo-de-contrato-para-el-suministro-de-bienes-yo-la-prestacion-de-servicios-entre-el-0" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/FinancingAgreementTemplates/Partner-Specific-Agreement-Templates.aspx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:u:/r/teams/RMToolkit/SitePages/Sample-PCAPs.aspx?csf=1&amp;web=1&amp;e=Izg38J" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/funding/funding-windows" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:f:/r/sites/UNDSReform/Shared%20Documents/UN%20Partnerships%20Database?csf=1&amp;web=1&amp;e=WzRfGi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.un.org/es/about-us/un-charter" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/NonFinancialAgreements/MoUs-and-SoIs.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/seleccionar-partes-responsables-y-beneficiarios" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1916" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/granting-provisions-applicable-non-undp-implementing-partner" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/funding/funding-windows" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/carta-de-acuerdo-entre-el-pnud-y-un-gobierno-u-oig-para-la-ejecucion-de-un" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/carta-de-acuerdo-entre-el-pnud-y-un-gobierno-u-oig-para-desempenar-actividades-cuando-el" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/FinancingAgreementTemplates/General-Information.aspx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11671" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BPC/Repository%20of%20Agency%20Agreements/Forms/AllItems.aspx?xsdata=MDV8MDJ8ZW1pbGlhbmEuemhpdmtvdmFAdW5kcC5vcmd8MTk1NmZmYTQ0YzRiNDFhMjNmMzQwOGRkMmMzNjBlNDh8YjNlNWRiNWUyOTQ0NDgzNzk5ZjU3NDg4YWNlNTQzMTl8MHwwfDYzODcxNTMzMjg0OTIwMDMyMHxVbmtub3dufFRXRnBiR1pzYjNkOGV5SkZiWEIwZVUxaGNHa2lPblJ5ZFdVc0lsWWlPaUl3TGpBdU1EQXdNQ0lzSWxBaU9pSlhhVzR6TWlJc0lrRk9Jam9pVFdGcGJDSXNJbGRVSWpveWZRPT18MHx8fA%3d%3d&amp;sdata=a09iRUR5SWpxaGkxRTBQNEV5N2FwSitZc1BUdmo4SHFhanFBZGJPSFY2Zz0%3d" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/librarypage/poverty-reduction/mobilizing-private-finance-for-sustainable-development.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/SACE/Resource-Mobilization-Strategy.aspx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/politica-de-diligencia-debida-y-asociacion-con-el-sector-privado" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1911" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/carta-de-acuerdo-entre-el-pnud-y-un-gobierno-u-oig-para-la-ejecucion-de-un" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1666" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/FinancingAgreementTemplates/Partner-Specific-Agreement-Templates.aspx?csf=1&amp;web=1&amp;e=Jx9br0&amp;CID=c63f79ee-0770-4013-9b9a-dbc0fa7f8e81" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/gestion-de-los-riesgos-institucionales-erm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PublicPartnerships/Partnership-Survey.aspx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/seleccionar-partes-responsables-y-beneficiarios" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/BERA-Portal/MOUTemplatesLibrary/UNDP-Mutual-Non-DisclosureAgreement-Template.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1916" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/carta-de-acuerdo-entre-el-pnud-y-un-asociado-en-la-ejecucion-para-la-prestacion-de" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/BERA-Portal/SitePages/PrivatePartnerships/Home.aspx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/politica-de-diligencia-debida-y-asociacion-con-el-sector-privado" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/politica-de-diligencia-debida-y-asociacion-con-el-sector-privado" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/gestion-de-los-riesgos-institucionales-erm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/politica-de-diligencia-debida-y-asociacion-con-el-sector-privado" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/documenttasks/documenttasks1.xml><?xml version="1.0" encoding="utf-8"?>
 <t:Tasks xmlns:t="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <t:Task id="{7DDD7967-A0B4-4E23-8710-59A02A8D688C}">
     <t:Anchor>
       <t:Comment id="1404696215"/>
     </t:Anchor>
     <t:History>
       <t:Event id="{191F9BA8-34AE-457D-8408-1B712D3801AC}" time="2020-12-30T15:17:39.92Z">
         <t:Attribution userId="S::ignacio.etcheverry@undp.org::7f504304-2929-43db-b936-457b47544d48" userProvider="AD" userName="Ignacio Etcheverry"/>
         <t:Anchor>
           <t:Comment id="1404696215"/>
         </t:Anchor>
         <t:Create/>
       </t:Event>
       <t:Event id="{F702DD6B-8F0A-46F0-B825-CE4E7E226F33}" time="2020-12-30T15:17:39.92Z">
         <t:Attribution userId="S::ignacio.etcheverry@undp.org::7f504304-2929-43db-b936-457b47544d48" userProvider="AD" userName="Ignacio Etcheverry"/>
         <t:Anchor>
           <t:Comment id="1404696215"/>
         </t:Anchor>
         <t:Assign userId="S::jane.gagne@undp.org::a6790fa8-a065-43a9-9dd0-5334e75fcf10" userProvider="AD" userName="Jane Ashley Gagne"/>
       </t:Event>
       <t:Event id="{A66F1BEB-77D4-4FF9-B688-177A8BAE639F}" time="2020-12-30T15:17:39.92Z">
         <t:Attribution userId="S::ignacio.etcheverry@undp.org::7f504304-2929-43db-b936-457b47544d48" userProvider="AD" userName="Ignacio Etcheverry"/>
         <t:Anchor>
           <t:Comment id="1404696215"/>
         </t:Anchor>
         <t:SetTitle title="@Jane Ashley Gagne Important. Last sentence on I missing, II is missing links and III is not included!"/>
       </t:Event>
     </t:History>
   </t:Task>
 </t:Tasks>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5A4837841A5140D78733BC3F8E278D29"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{35C89BAB-5CCC-4020-AFA1-F278410F5EA0}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00205E3F" w:rsidRDefault="006334B8">
           <w:r w:rsidRPr="004152D5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -9932,146 +18080,136 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MyriadPro-Regular">
-[...14 lines deleted...]
-  </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006334B8"/>
+    <w:rsid w:val="0020598A"/>
     <w:rsid w:val="00205E3F"/>
+    <w:rsid w:val="00342820"/>
     <w:rsid w:val="003A3C01"/>
     <w:rsid w:val="00423B15"/>
     <w:rsid w:val="00560C5A"/>
     <w:rsid w:val="006334B8"/>
+    <w:rsid w:val="006877F1"/>
     <w:rsid w:val="00855596"/>
+    <w:rsid w:val="00882893"/>
     <w:rsid w:val="00992972"/>
     <w:rsid w:val="00A25A50"/>
     <w:rsid w:val="00BE0BEA"/>
     <w:rsid w:val="00D45BB9"/>
+    <w:rsid w:val="00D66EB5"/>
+    <w:rsid w:val="00E8397C"/>
     <w:rsid w:val="00F2615E"/>
     <w:rsid w:val="00FA3AC4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="234B3CAC"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10462,69 +18600,55 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D45BB9"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E38E1C4DFA864A0FA7B5721AECFE3E50">
-[...12 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -10763,408 +18887,215 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...45 lines deleted...]
-</spe:Receivers>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...34 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ca77dde37b6382e356156c53502b5974">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d408d25c29477507bed478e1b10736c1" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -11209,228 +19140,170 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
-[...41 lines deleted...]
-    <UNDP_POPP_BUSINESSUNITID_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89676F82-2D8C-4D74-983D-2A2E2A9FC881}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35B5F713-53B1-46F4-BC06-A3A24EBF29C0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7292F25-BCF9-41CD-9B7F-4EF4AA9D4CED}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB0704CA-34F5-40FE-806E-0C2586247CB1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8218F27B-D8F3-4AE9-9C47-4FA18EDE345F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03230D09-B3AF-4C43-A662-DF0BF3CC200F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>14979</Characters>
+  <Pages>17</Pages>
+  <Words>5028</Words>
+  <Characters>38858</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>124</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>323</Lines>
+  <Paragraphs>87</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17571</CharactersWithSpaces>
+  <CharactersWithSpaces>43799</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lucy Wanjiru</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>c74d0642-fe45-4ccd-9cb6-5e23ab9de0f1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>352;#Partnerships|a843cfef-088c-4a81-b797-ea33f77a089e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="UNDPCountry">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="UndpDocTypeMM">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="UNDPDocumentCategory">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="UNDPFocusAreas">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="UN Languages">
     <vt:lpwstr/>
   </property>
@@ -11451,27 +19324,33 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="UNDP_POPP_DOCUMENT_TYPE">
     <vt:lpwstr>Policy</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="UNDP_POPP_VERSION_COMMENTS">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="UNDP_POPP_DOCUMENT_LANGUAGE">
     <vt:lpwstr>Spanish</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="UNDP_POPP_FILEVERSION">
     <vt:r8>1024</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="UNDP_POPP_REFITEM_VERSION">
     <vt:r8>2</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="UndpDocStatus">
     <vt:lpwstr>Draft</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="UndpClassificationLevel">
     <vt:lpwstr>Internal Use Only</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="UndpIsTemplate">
     <vt:lpwstr>No</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="GrammarlyDocumentId">
+    <vt:lpwstr>61f03c94-cd7f-4fa1-9c77-5c9470278a64</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>